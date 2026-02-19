--- v0 (2025-10-08)
+++ v1 (2026-02-19)
@@ -449,51 +449,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>