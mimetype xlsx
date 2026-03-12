--- v1 (2026-02-19)
+++ v2 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TRV000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
@@ -71,95 +71,95 @@
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>America</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
+    <t>Absent, pest no longer present</t>
+  </si>
+  <si>
+    <t>Minas Gerais</t>
+  </si>
+  <si>
+    <t>mg</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>sp</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
-    <t>Minas Gerais</t>
-[...16 lines deleted...]
-  <si>
     <t>Alberta</t>
   </si>
   <si>
     <t>ab</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>British Columbia</t>
   </si>
   <si>
     <t>bc</t>
   </si>
   <si>
     <t>Newfoundland</t>
   </si>
   <si>
     <t>nf</t>
   </si>
   <si>
-    <t>Absent, pest no longer present</t>
-[...1 lines deleted...]
-  <si>
     <t>Saskatchewan</t>
   </si>
   <si>
     <t>sk</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>ak</t>
@@ -326,50 +326,62 @@
   <si>
     <t>Himachal Pradesh</t>
   </si>
   <si>
     <t>hp</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Honshu</t>
   </si>
   <si>
     <t>hs</t>
   </si>
   <si>
+    <t>Korea, Republic of</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>PK</t>
+  </si>
+  <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
@@ -471,50 +483,56 @@
     <t>PL</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
@@ -857,51 +875,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F76"/>
+  <dimension ref="A1:F79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -990,167 +1008,167 @@
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>35</v>
       </c>
       <c r="F13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
@@ -1566,51 +1584,51 @@
       <c r="B36" t="s">
         <v>82</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>83</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>81</v>
       </c>
       <c r="B37" t="s">
         <v>84</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>85</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>84</v>
       </c>
       <c r="C38" t="s">
         <v>86</v>
       </c>
       <c r="D38" t="s">
         <v>85</v>
       </c>
       <c r="E38" t="s">
         <v>87</v>
       </c>
       <c r="F38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>81</v>
@@ -1662,87 +1680,87 @@
         <v>92</v>
       </c>
       <c r="D41" t="s">
         <v>85</v>
       </c>
       <c r="E41" t="s">
         <v>93</v>
       </c>
       <c r="F41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>81</v>
       </c>
       <c r="B42" t="s">
         <v>94</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>95</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>81</v>
       </c>
       <c r="B43" t="s">
         <v>94</v>
       </c>
       <c r="C43" t="s">
         <v>96</v>
       </c>
       <c r="D43" t="s">
         <v>95</v>
       </c>
       <c r="E43" t="s">
         <v>97</v>
       </c>
       <c r="F43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>81</v>
       </c>
       <c r="B44" t="s">
         <v>98</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>99</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>100</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>101</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>81</v>
       </c>
       <c r="B46" t="s">
         <v>100</v>
       </c>
@@ -1755,521 +1773,569 @@
       <c r="E46" t="s">
         <v>103</v>
       </c>
       <c r="F46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>81</v>
       </c>
       <c r="B47" t="s">
         <v>104</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
         <v>105</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>81</v>
+      </c>
+      <c r="B48" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="B49" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B50" t="s">
         <v>111</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>112</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B51" t="s">
         <v>113</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>114</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B52" t="s">
         <v>115</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>116</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>117</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>118</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>119</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>120</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>121</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>122</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B56" t="s">
         <v>123</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>124</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B57" t="s">
         <v>125</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>126</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B58" t="s">
         <v>127</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>128</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B59" t="s">
         <v>129</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>130</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B60" t="s">
         <v>131</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
         <v>132</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B61" t="s">
         <v>133</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
         <v>134</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B62" t="s">
         <v>135</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>136</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B63" t="s">
         <v>137</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>138</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B64" t="s">
         <v>139</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
         <v>140</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B65" t="s">
         <v>141</v>
       </c>
       <c r="C65"/>
       <c r="D65" t="s">
         <v>142</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B66" t="s">
         <v>143</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
         <v>144</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B67" t="s">
         <v>145</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
         <v>146</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B68" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="C68" t="s">
         <v>147</v>
       </c>
+      <c r="C68"/>
       <c r="D68" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="E68" t="s">
         <v>148</v>
       </c>
+      <c r="E68"/>
       <c r="F68" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B69" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="C69" t="s">
         <v>149</v>
       </c>
+      <c r="C69"/>
       <c r="D69" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="E69" t="s">
         <v>150</v>
       </c>
+      <c r="E69"/>
       <c r="F69" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B70" t="s">
+        <v>149</v>
+      </c>
+      <c r="C70" t="s">
         <v>151</v>
       </c>
-      <c r="C70"/>
       <c r="D70" t="s">
+        <v>150</v>
+      </c>
+      <c r="E70" t="s">
         <v>152</v>
       </c>
-      <c r="E70"/>
       <c r="F70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B71" t="s">
+        <v>149</v>
+      </c>
+      <c r="C71" t="s">
         <v>153</v>
       </c>
-      <c r="C71"/>
       <c r="D71" t="s">
+        <v>150</v>
+      </c>
+      <c r="E71" t="s">
         <v>154</v>
       </c>
-      <c r="E71"/>
       <c r="F71" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B72" t="s">
         <v>155</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>156</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B73" t="s">
         <v>157</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>158</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
+        <v>110</v>
+      </c>
+      <c r="B74" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>159</v>
+        <v>110</v>
       </c>
       <c r="B75" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="C75" t="s">
+        <v>161</v>
+      </c>
+      <c r="C75"/>
+      <c r="D75" t="s">
         <v>162</v>
       </c>
-      <c r="D75" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E75"/>
       <c r="F75" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>159</v>
+        <v>110</v>
       </c>
       <c r="B76" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>165</v>
+      </c>
+      <c r="B77" t="s">
+        <v>166</v>
+      </c>
+      <c r="C77"/>
+      <c r="D77" t="s">
+        <v>167</v>
+      </c>
+      <c r="E77"/>
+      <c r="F77" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>165</v>
+      </c>
+      <c r="B78" t="s">
+        <v>166</v>
+      </c>
+      <c r="C78" t="s">
+        <v>168</v>
+      </c>
+      <c r="D78" t="s">
+        <v>167</v>
+      </c>
+      <c r="E78" t="s">
+        <v>169</v>
+      </c>
+      <c r="F78" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>165</v>
+      </c>
+      <c r="B79" t="s">
+        <v>170</v>
+      </c>
+      <c r="C79"/>
+      <c r="D79" t="s">
+        <v>171</v>
+      </c>
+      <c r="E79"/>
+      <c r="F79" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>