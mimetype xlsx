--- v0 (2025-10-08)
+++ v1 (2026-02-27)
@@ -570,51 +570,51 @@
   <si>
     <t>Elymus repens</t>
   </si>
   <si>
     <t>ERIAN</t>
   </si>
   <si>
     <t>Erigeron annuus</t>
   </si>
   <si>
     <t>ERICA</t>
   </si>
   <si>
     <t>Erigeron canadensis</t>
   </si>
   <si>
     <t>EUPCP</t>
   </si>
   <si>
     <t>Eupatorium capillifolium</t>
   </si>
   <si>
     <t>EUPPU</t>
   </si>
   <si>
-    <t>Eupatorium purpureum</t>
+    <t>Eutrochium purpureum</t>
   </si>
   <si>
     <t>* Sabanadzovic S, Ingram DM, Lawrence AM (2010) First report of Tobacco ringspot virus in Joe-pye weed (Eupatorium purpureum) in Mississippi. Plant Disease 94(1), p 126.</t>
   </si>
   <si>
     <t>FOSOV</t>
   </si>
   <si>
     <t>Forsythia ovata</t>
   </si>
   <si>
     <t>FRXAM</t>
   </si>
   <si>
     <t>Fraxinus americana</t>
   </si>
   <si>
     <t>* Castello JD, Amico LA, O'Shea MT (1984) Detection of tobacco mosaic and tobacco ringspot viruses in white ash trees by enzyme-linked immunosorbent assay. Plant Disease 68, 787-790.</t>
   </si>
   <si>
     <t>GASPA</t>
   </si>
   <si>
     <t>Galinsoga parviflora</t>
   </si>