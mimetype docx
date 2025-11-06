--- v0 (2025-10-07)
+++ v1 (2025-11-06)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud blight of soybean, necrosis of anemone, necrotic ring spot of blueberry, pemberton disease of blueberry, ring spot of soybean, ring spot of tobacco</w:t>
             </w:r>
-            <w:hyperlink r:id="rId931168e52bc44e8aa" w:history="1">
+            <w:hyperlink r:id="rId8050690cff5b061f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId893868e52bc44e912" w:history="1">
+            <w:hyperlink r:id="rId3993690cff5b0625d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78294621" name="name298368e52bc44f056" descr="1654.jpg"/>
+                  <wp:docPr id="12660263" name="name4562690cff5b06adc" descr="1654.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1654.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId409968e52bc44f054" cstate="print"/>
+                          <a:blip r:embed="rId6192690cff5b06ada" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId602768e52bc44f15b" w:history="1">
+            <w:hyperlink r:id="rId4743690cff5b06c0a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLH, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33064100" name="name969968e52bc4514b0" descr="TRSV00_distribution_map.jpg"/>
+            <wp:docPr id="50746738" name="name7211690cff5b090c2" descr="TRSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId242368e52bc4514ad" cstate="print"/>
+                    <a:blip r:embed="rId9195690cff5b090be" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7237,51 +7237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155068e52bc452bc8" w:history="1">
+      <w:hyperlink r:id="rId7124690cff5b0a786" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7374,51 +7374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477068e52bc452ca9" w:history="1">
+      <w:hyperlink r:id="rId4107690cff5b0a866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8925,51 +8925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus nicotianae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId241068e52bc45369a" w:history="1">
+      <w:hyperlink r:id="rId8150690cff5b0b24b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54550401" name="name942368e52bc4537f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="80461076" name="name4196690cff5b0b35d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId243668e52bc4537f7" cstate="print"/>
+                    <a:blip r:embed="rId3040690cff5b0b35c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53024224">
+  <w:abstractNum w:abstractNumId="36931311">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85621612">
+    <w:lvl w:ilvl="0" w:tplc="83824922">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85621612" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83824922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85621612" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83824922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85621612" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83824922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85621612" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83824922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85621612" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83824922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85621612" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83824922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85621612" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83824922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85621612" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83824922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53024223">
+  <w:abstractNum w:abstractNumId="36931310">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46725919">
+    <w:lvl w:ilvl="0" w:tplc="92004436">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53024223">
-    <w:abstractNumId w:val="53024223"/>
+  <w:num w:numId="36931310">
+    <w:abstractNumId w:val="36931310"/>
   </w:num>
-  <w:num w:numId="53024224">
-    <w:abstractNumId w:val="53024224"/>
+  <w:num w:numId="36931311">
+    <w:abstractNumId w:val="36931311"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId441085742" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId424397395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId931168e52bc44e8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId893868e52bc44e912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId602768e52bc44f15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId155068e52bc452bc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId477068e52bc452ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId241068e52bc45369a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId409968e52bc44f054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId409968e52bc44f054.jpg"/><Relationship Id="rId242368e52bc4514ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId242368e52bc4514ad.jpg"/><Relationship Id="rId243668e52bc4537f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243668e52bc4537f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId717055142" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523183910" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8050690cff5b061f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId3993690cff5b0625d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId4743690cff5b06c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId7124690cff5b0a786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId4107690cff5b0a866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId8150690cff5b0b24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6192690cff5b06ada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6192690cff5b06ada.jpg"/><Relationship Id="rId9195690cff5b090be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9195690cff5b090be.jpg"/><Relationship Id="rId3040690cff5b0b35c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3040690cff5b0b35c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>