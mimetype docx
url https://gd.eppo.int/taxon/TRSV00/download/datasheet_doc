--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud blight of soybean, necrosis of anemone, necrotic ring spot of blueberry, pemberton disease of blueberry, ring spot of soybean, ring spot of tobacco</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8050690cff5b061f1" w:history="1">
+            <w:hyperlink r:id="rId22206928c5ab163f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3993690cff5b0625d" w:history="1">
+            <w:hyperlink r:id="rId35386928c5ab16487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12660263" name="name4562690cff5b06adc" descr="1654.jpg"/>
+                  <wp:docPr id="36015676" name="name11376928c5ab16e1e" descr="1654.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1654.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6192690cff5b06ada" cstate="print"/>
+                          <a:blip r:embed="rId40846928c5ab16e1d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4743690cff5b06c0a" w:history="1">
+            <w:hyperlink r:id="rId57186928c5ab16f50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLH, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50746738" name="name7211690cff5b090c2" descr="TRSV00_distribution_map.jpg"/>
+            <wp:docPr id="24331217" name="name93546928c5ab19bfd" descr="TRSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9195690cff5b090be" cstate="print"/>
+                    <a:blip r:embed="rId38226928c5ab19bfa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7237,51 +7237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7124690cff5b0a786" w:history="1">
+      <w:hyperlink r:id="rId78556928c5ab1b3bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7374,51 +7374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4107690cff5b0a866" w:history="1">
+      <w:hyperlink r:id="rId39626928c5ab1b49f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8925,51 +8925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus nicotianae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8150690cff5b0b24b" w:history="1">
+      <w:hyperlink r:id="rId95516928c5ab1beae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80461076" name="name4196690cff5b0b35d" descr="eu_funding_250.png"/>
+            <wp:docPr id="64577058" name="name28026928c5ab1c325" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3040690cff5b0b35c" cstate="print"/>
+                    <a:blip r:embed="rId24256928c5ab1c323" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36931311">
+  <w:abstractNum w:abstractNumId="55450654">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83824922">
+    <w:lvl w:ilvl="0" w:tplc="19817036">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83824922" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19817036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83824922" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19817036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83824922" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19817036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83824922" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19817036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83824922" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19817036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83824922" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19817036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83824922" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19817036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83824922" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19817036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36931310">
+  <w:abstractNum w:abstractNumId="55450653">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92004436">
+    <w:lvl w:ilvl="0" w:tplc="91474246">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36931310">
-    <w:abstractNumId w:val="36931310"/>
+  <w:num w:numId="55450653">
+    <w:abstractNumId w:val="55450653"/>
   </w:num>
-  <w:num w:numId="36931311">
-    <w:abstractNumId w:val="36931311"/>
+  <w:num w:numId="55450654">
+    <w:abstractNumId w:val="55450654"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId717055142" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523183910" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8050690cff5b061f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId3993690cff5b0625d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId4743690cff5b06c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId7124690cff5b0a786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId4107690cff5b0a866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId8150690cff5b0b24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6192690cff5b06ada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6192690cff5b06ada.jpg"/><Relationship Id="rId9195690cff5b090be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9195690cff5b090be.jpg"/><Relationship Id="rId3040690cff5b0b35c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3040690cff5b0b35c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId961104435" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId609576706" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22206928c5ab163f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId35386928c5ab16487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId57186928c5ab16f50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId78556928c5ab1b3bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId39626928c5ab1b49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId95516928c5ab1beae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40846928c5ab16e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40846928c5ab16e1d.jpg"/><Relationship Id="rId38226928c5ab19bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38226928c5ab19bfa.jpg"/><Relationship Id="rId24256928c5ab1c323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24256928c5ab1c323.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>