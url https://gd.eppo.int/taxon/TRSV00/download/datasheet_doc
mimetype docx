--- v2 (2025-11-27)
+++ v3 (2025-12-18)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud blight of soybean, necrosis of anemone, necrotic ring spot of blueberry, pemberton disease of blueberry, ring spot of soybean, ring spot of tobacco</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22206928c5ab163f9" w:history="1">
+            <w:hyperlink r:id="rId17266943f352ee8b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35386928c5ab16487" w:history="1">
+            <w:hyperlink r:id="rId39766943f352ee91b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36015676" name="name11376928c5ab16e1e" descr="1654.jpg"/>
+                  <wp:docPr id="54995163" name="name81086943f352ef15b" descr="1654.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1654.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId40846928c5ab16e1d" cstate="print"/>
+                          <a:blip r:embed="rId26406943f352ef159" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId57186928c5ab16f50" w:history="1">
+            <w:hyperlink r:id="rId83396943f352ef29d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLH, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24331217" name="name93546928c5ab19bfd" descr="TRSV00_distribution_map.jpg"/>
+            <wp:docPr id="48030870" name="name38076943f352f1653" descr="TRSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38226928c5ab19bfa" cstate="print"/>
+                    <a:blip r:embed="rId86286943f352f1650" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7237,51 +7237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78556928c5ab1b3bb" w:history="1">
+      <w:hyperlink r:id="rId12176943f352f2dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7374,51 +7374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39626928c5ab1b49f" w:history="1">
+      <w:hyperlink r:id="rId27126943f352f2ed9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8925,51 +8925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus nicotianae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95516928c5ab1beae" w:history="1">
+      <w:hyperlink r:id="rId46676943f352f38d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64577058" name="name28026928c5ab1c325" descr="eu_funding_250.png"/>
+            <wp:docPr id="93165760" name="name88016943f352f3d3e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24256928c5ab1c323" cstate="print"/>
+                    <a:blip r:embed="rId27986943f352f3d3d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55450654">
+  <w:abstractNum w:abstractNumId="53151799">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19817036">
+    <w:lvl w:ilvl="0" w:tplc="35550424">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19817036" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35550424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19817036" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35550424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19817036" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35550424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19817036" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35550424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19817036" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35550424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19817036" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35550424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19817036" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35550424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19817036" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35550424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55450653">
+  <w:abstractNum w:abstractNumId="53151798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91474246">
+    <w:lvl w:ilvl="0" w:tplc="56597310">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55450653">
-    <w:abstractNumId w:val="55450653"/>
+  <w:num w:numId="53151798">
+    <w:abstractNumId w:val="53151798"/>
   </w:num>
-  <w:num w:numId="55450654">
-    <w:abstractNumId w:val="55450654"/>
+  <w:num w:numId="53151799">
+    <w:abstractNumId w:val="53151799"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId961104435" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId609576706" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22206928c5ab163f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId35386928c5ab16487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId57186928c5ab16f50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId78556928c5ab1b3bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId39626928c5ab1b49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId95516928c5ab1beae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40846928c5ab16e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40846928c5ab16e1d.jpg"/><Relationship Id="rId38226928c5ab19bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38226928c5ab19bfa.jpg"/><Relationship Id="rId24256928c5ab1c323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24256928c5ab1c323.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId355275105" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId430418043" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17266943f352ee8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId39766943f352ee91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId83396943f352ef29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId12176943f352f2dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId27126943f352f2ed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId46676943f352f38d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26406943f352ef159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26406943f352ef159.jpg"/><Relationship Id="rId86286943f352f1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86286943f352f1650.jpg"/><Relationship Id="rId27986943f352f3d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27986943f352f3d3d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>