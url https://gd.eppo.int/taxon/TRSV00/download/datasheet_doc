--- v3 (2025-12-18)
+++ v4 (2026-01-08)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud blight of soybean, necrosis of anemone, necrotic ring spot of blueberry, pemberton disease of blueberry, ring spot of soybean, ring spot of tobacco</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17266943f352ee8b3" w:history="1">
+            <w:hyperlink r:id="rId9562695f5c64903cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39766943f352ee91b" w:history="1">
+            <w:hyperlink r:id="rId8256695f5c649043a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54995163" name="name81086943f352ef15b" descr="1654.jpg"/>
+                  <wp:docPr id="53692635" name="name7358695f5c6490501" descr="1654.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1654.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26406943f352ef159" cstate="print"/>
+                          <a:blip r:embed="rId3045695f5c6490500" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId83396943f352ef29d" w:history="1">
+            <w:hyperlink r:id="rId6183695f5c649061a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLH, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48030870" name="name38076943f352f1653" descr="TRSV00_distribution_map.jpg"/>
+            <wp:docPr id="78629539" name="name1586695f5c6492c32" descr="TRSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86286943f352f1650" cstate="print"/>
+                    <a:blip r:embed="rId5034695f5c6492c2e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7237,51 +7237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12176943f352f2dfa" w:history="1">
+      <w:hyperlink r:id="rId6165695f5c64943c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7374,51 +7374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27126943f352f2ed9" w:history="1">
+      <w:hyperlink r:id="rId9074695f5c64944f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8903,73 +8903,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus nicotianae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46676943f352f38d7" w:history="1">
+      <w:hyperlink r:id="rId9764695f5c6494fc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93165760" name="name88016943f352f3d3e" descr="eu_funding_250.png"/>
+            <wp:docPr id="28843982" name="name7473695f5c6495181" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27986943f352f3d3d" cstate="print"/>
+                    <a:blip r:embed="rId4738695f5c649517f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53151799">
+  <w:abstractNum w:abstractNumId="73566953">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35550424">
+    <w:lvl w:ilvl="0" w:tplc="53683698">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35550424" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53683698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35550424" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53683698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35550424" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53683698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35550424" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53683698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35550424" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53683698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35550424" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53683698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35550424" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53683698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35550424" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53683698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53151798">
+  <w:abstractNum w:abstractNumId="73566952">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56597310">
+    <w:lvl w:ilvl="0" w:tplc="61782071">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53151798">
-    <w:abstractNumId w:val="53151798"/>
+  <w:num w:numId="73566952">
+    <w:abstractNumId w:val="73566952"/>
   </w:num>
-  <w:num w:numId="53151799">
-    <w:abstractNumId w:val="53151799"/>
+  <w:num w:numId="73566953">
+    <w:abstractNumId w:val="73566953"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId355275105" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId430418043" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17266943f352ee8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId39766943f352ee91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId83396943f352ef29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId12176943f352f2dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId27126943f352f2ed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId46676943f352f38d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26406943f352ef159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26406943f352ef159.jpg"/><Relationship Id="rId86286943f352f1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86286943f352f1650.jpg"/><Relationship Id="rId27986943f352f3d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27986943f352f3d3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412476210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870197738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9562695f5c64903cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId8256695f5c649043a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId6183695f5c649061a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId6165695f5c64943c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9074695f5c64944f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId9764695f5c6494fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3045695f5c6490500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3045695f5c6490500.jpg"/><Relationship Id="rId5034695f5c6492c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5034695f5c6492c2e.jpg"/><Relationship Id="rId4738695f5c649517f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4738695f5c649517f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>