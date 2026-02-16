--- v4 (2026-01-08)
+++ v5 (2026-02-16)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud blight of soybean, necrosis of anemone, necrotic ring spot of blueberry, pemberton disease of blueberry, ring spot of soybean, ring spot of tobacco</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9562695f5c64903cd" w:history="1">
+            <w:hyperlink r:id="rId98836993618d87a08" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -361,53 +361,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8256695f5c649043a" w:history="1">
+            <w:hyperlink r:id="rId98206993618d87a71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53692635" name="name7358695f5c6490501" descr="1654.jpg"/>
+                  <wp:docPr id="99313070" name="name40546993618d87e2b" descr="1654.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1654.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3045695f5c6490500" cstate="print"/>
+                          <a:blip r:embed="rId87186993618d87e29" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6183695f5c649061a" w:history="1">
+            <w:hyperlink r:id="rId47266993618d87f60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3997,105 +3997,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLH, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78629539" name="name1586695f5c6492c32" descr="TRSV00_distribution_map.jpg"/>
+            <wp:docPr id="81175266" name="name28246993618d8a140" descr="TRSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5034695f5c6492c2e" cstate="print"/>
+                    <a:blip r:embed="rId23996993618d8a13b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Georgia, Hungary, Italy (mainland), Kyrgyzstan, Lithuania, Morocco, Netherlands, Poland, Russian Federation (the) (Far East, Southern Russia), Ukraine, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Belgium, Georgia, Hungary, Italy (mainland), Kyrgyzstan, Lithuania, Morocco, Netherlands, Poland, Russian Federation (Far East, Southern Russia), United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Congo, The Democratic Republic of the, Egypt, Malawi, Morocco, Nigeria, Zambia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7237,51 +7237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6165695f5c64943c3" w:history="1">
+      <w:hyperlink r:id="rId66046993618d8bbfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7374,51 +7374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9074695f5c64944f6" w:history="1">
+      <w:hyperlink r:id="rId71796993618d8bd06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8925,51 +8925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus nicotianae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9764695f5c6494fc2" w:history="1">
+      <w:hyperlink r:id="rId82526993618d8c732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28843982" name="name7473695f5c6495181" descr="eu_funding_250.png"/>
+            <wp:docPr id="17001074" name="name74196993618d8c99e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4738695f5c649517f" cstate="print"/>
+                    <a:blip r:embed="rId20316993618d8c99c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73566953">
+  <w:abstractNum w:abstractNumId="20233464">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53683698">
+    <w:lvl w:ilvl="0" w:tplc="30813664">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53683698" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30813664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53683698" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30813664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53683698" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30813664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53683698" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30813664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53683698" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30813664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53683698" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30813664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53683698" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30813664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53683698" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30813664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73566952">
+  <w:abstractNum w:abstractNumId="20233463">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61782071">
+    <w:lvl w:ilvl="0" w:tplc="86130420">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73566952">
-    <w:abstractNumId w:val="73566952"/>
+  <w:num w:numId="20233463">
+    <w:abstractNumId w:val="20233463"/>
   </w:num>
-  <w:num w:numId="73566953">
-    <w:abstractNumId w:val="73566953"/>
+  <w:num w:numId="20233464">
+    <w:abstractNumId w:val="20233464"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412476210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870197738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9562695f5c64903cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId8256695f5c649043a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId6183695f5c649061a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId6165695f5c64943c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9074695f5c64944f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId9764695f5c6494fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3045695f5c6490500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3045695f5c6490500.jpg"/><Relationship Id="rId5034695f5c6492c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5034695f5c6492c2e.jpg"/><Relationship Id="rId4738695f5c649517f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4738695f5c649517f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId489544762" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427689870" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98836993618d87a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId98206993618d87a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId47266993618d87f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId66046993618d8bbfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId71796993618d8bd06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId82526993618d8c732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87186993618d87e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87186993618d87e29.jpg"/><Relationship Id="rId23996993618d8a13b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23996993618d8a13b.jpg"/><Relationship Id="rId20316993618d8c99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20316993618d8c99c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>