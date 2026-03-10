--- v5 (2026-02-16)
+++ v6 (2026-03-10)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud blight of soybean, necrosis of anemone, necrotic ring spot of blueberry, pemberton disease of blueberry, ring spot of soybean, ring spot of tobacco</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98836993618d87a08" w:history="1">
+            <w:hyperlink r:id="rId120669af95b98500b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98206993618d87a71" w:history="1">
+            <w:hyperlink r:id="rId205469af95b985074" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99313070" name="name40546993618d87e2b" descr="1654.jpg"/>
+                  <wp:docPr id="9326394" name="name184369af95b985701" descr="1654.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1654.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId87186993618d87e29" cstate="print"/>
+                          <a:blip r:embed="rId911469af95b9856ff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId47266993618d87f60" w:history="1">
+            <w:hyperlink r:id="rId692869af95b985820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2010,51 +2010,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eupatorium capillifolium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eupatorium purpureum</w:t>
+        <w:t xml:space="preserve">Eutrochium purpureum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forsythia ovata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLH, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81175266" name="name28246993618d8a140" descr="TRSV00_distribution_map.jpg"/>
+            <wp:docPr id="66288686" name="name874669af95b987e3e" descr="TRSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23996993618d8a13b" cstate="print"/>
+                    <a:blip r:embed="rId366769af95b987e3a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4093,51 +4093,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Congo, The Democratic Republic of the, Egypt, Malawi, Morocco, Nigeria, Zambia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Hebei, Heilongjiang, Henan, Hunan, Jilin, Liaoning, Shandong, Sichuan, Yunnan, Zhejiang), India (Andhra Pradesh, Karnataka, Tamil Nadu), Indonesia (Java, Sumatra), Iran, Islamic Republic of, Japan, Kyrgyzstan, Nepal, Saudi Arabia, Sri Lanka, Taiwan</w:t>
+        <w:t xml:space="preserve"> China (Hebei, Heilongjiang, Henan, Hunan, Jilin, Liaoning, Shandong, Sichuan, Yunnan, Zhejiang), India (Andhra Pradesh, Karnataka, Tamil Nadu), Indonesia (Java, Sumatra), Iran, Islamic Republic of, Japan, Korea, Republic of, Kyrgyzstan, Nepal, Saudi Arabia, Sri Lanka, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (British Columbia, New Brunswick, Ontario, Québec), Mexico, United States of America (Alabama, Arkansas, Connecticut, Delaware, Georgia, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maryland, Massachusetts, Michigan, Minnesota, Mississippi, Missouri, Nebraska, New Jersey, New York, North Carolina, Ohio, Oklahoma, Oregon, Pennsylvania, Rhode Island, South Carolina, South Dakota, Tennessee, Texas, Vermont, Virginia, Washington, West Virginia, Wisconsin, Wyoming)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4156,51 +4156,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cuba, Dominican Republic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brazil (Parana, Sao Paulo), Chile, Uruguay, Venezuela</w:t>
+        <w:t xml:space="preserve"> Chile, Uruguay, Venezuela</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Australia (Queensland, South Australia, Western Australia), New Zealand, Papua New Guinea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7237,51 +7237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66046993618d8bbfc" w:history="1">
+      <w:hyperlink r:id="rId737469af95b9895bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7374,51 +7374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71796993618d8bd06" w:history="1">
+      <w:hyperlink r:id="rId758169af95b9896a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8925,51 +8925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus nicotianae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82526993618d8c732" w:history="1">
+      <w:hyperlink r:id="rId187469af95b98a276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17001074" name="name74196993618d8c99e" descr="eu_funding_250.png"/>
+            <wp:docPr id="7926964" name="name296869af95b98a727" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20316993618d8c99c" cstate="print"/>
+                    <a:blip r:embed="rId137669af95b98a725" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20233464">
+  <w:abstractNum w:abstractNumId="30282849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30813664">
+    <w:lvl w:ilvl="0" w:tplc="37140526">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30813664" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37140526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30813664" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37140526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30813664" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37140526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30813664" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37140526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30813664" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37140526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30813664" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37140526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30813664" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37140526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30813664" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37140526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20233463">
+  <w:abstractNum w:abstractNumId="30282848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86130420">
+    <w:lvl w:ilvl="0" w:tplc="67451629">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20233463">
-    <w:abstractNumId w:val="20233463"/>
+  <w:num w:numId="30282848">
+    <w:abstractNumId w:val="30282848"/>
   </w:num>
-  <w:num w:numId="20233464">
-    <w:abstractNumId w:val="20233464"/>
+  <w:num w:numId="30282849">
+    <w:abstractNumId w:val="30282849"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId489544762" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427689870" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98836993618d87a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId98206993618d87a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId47266993618d87f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId66046993618d8bbfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId71796993618d8bd06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId82526993618d8c732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87186993618d87e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87186993618d87e29.jpg"/><Relationship Id="rId23996993618d8a13b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23996993618d8a13b.jpg"/><Relationship Id="rId20316993618d8c99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20316993618d8c99c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId619411947" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId533989037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId120669af95b98500b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/" TargetMode="External"/><Relationship Id="rId205469af95b985074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/categorization" TargetMode="External"/><Relationship Id="rId692869af95b985820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRSV00/photos" TargetMode="External"/><Relationship Id="rId737469af95b9895bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId758169af95b9896a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId187469af95b98a276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId911469af95b9856ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911469af95b9856ff.jpg"/><Relationship Id="rId366769af95b987e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId366769af95b987e3a.jpg"/><Relationship Id="rId137669af95b98a725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId137669af95b98a725.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>