--- v0 (2025-10-09)
+++ v1 (2026-02-15)
@@ -284,51 +284,51 @@
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>NZ</t>
   </si>