--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Pettey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African citrus psyllid, citrus psylla, citrus psyllid, two-spotted citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311368e771febcf96" w:history="1">
+            <w:hyperlink r:id="rId3660690230fb78149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234068e771febd015" w:history="1">
+            <w:hyperlink r:id="rId9772690230fb7a12b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRIZER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99913700" name="name646768e771febd0df" descr="2473.jpg"/>
+                  <wp:docPr id="7527707" name="name7047690230fb7a22f" descr="2473.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2473.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId997568e771febd0dd" cstate="print"/>
+                          <a:blip r:embed="rId8704690230fb7a22e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId808968e771febd1e7" w:history="1">
+            <w:hyperlink r:id="rId4534690230fb7a353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1507,63 +1507,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter africanus’ has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20747997" name="name171068e771febe388" descr="TRIZER_distribution_map.jpg"/>
+            <wp:docPr id="6807998" name="name7692690230fb7baa2" descr="TRIZER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRIZER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId218668e771febe386" cstate="print"/>
+                    <a:blip r:embed="rId4480690230fb7ba9d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3276,51 +3276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767568e771febf0f7" w:history="1">
+      <w:hyperlink r:id="rId1604690230fb7c909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3366,51 +3366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8893. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933568e771febf18b" w:history="1">
+      <w:hyperlink r:id="rId5128690230fb7c9a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-65880-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3610,51 +3610,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464868e771febf316" w:history="1">
+      <w:hyperlink r:id="rId7118690230fb7cb59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4386,51 +4386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Del Guercio) (Hemiptera: Psyllidae) in mainland Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356068e771febf823" w:history="1">
+      <w:hyperlink r:id="rId4305690230fb7d0a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12771</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5151,51 +5151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303468e771febfd0b" w:history="1">
+      <w:hyperlink r:id="rId5354690230fb7d59a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5392,63 +5392,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14846076" name="name572068e771febfee0" descr="eu_funding_250.png"/>
+            <wp:docPr id="17790055" name="name7264690230fb7ef4a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId560968e771febfedf" cstate="print"/>
+                    <a:blip r:embed="rId9674690230fb7ef47" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5546,137 +5546,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62174514">
+  <w:abstractNum w:abstractNumId="17639257">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87491463">
+    <w:lvl w:ilvl="0" w:tplc="90260126">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87491463" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90260126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87491463" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90260126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87491463" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90260126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87491463" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90260126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87491463" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90260126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87491463" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90260126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87491463" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90260126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87491463" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90260126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62174513">
+  <w:abstractNum w:abstractNumId="17639256">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12397054">
+    <w:lvl w:ilvl="0" w:tplc="61712362">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6428,55 +6428,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62174513">
-    <w:abstractNumId w:val="62174513"/>
+  <w:num w:numId="17639256">
+    <w:abstractNumId w:val="17639256"/>
   </w:num>
-  <w:num w:numId="62174514">
-    <w:abstractNumId w:val="62174514"/>
+  <w:num w:numId="17639257">
+    <w:abstractNumId w:val="17639257"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18026,51 +18026,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId372356550" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId770175527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId311368e771febcf96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId234068e771febd015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId808968e771febd1e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId767568e771febf0f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId933568e771febf18b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId464868e771febf316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId356068e771febf823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId303468e771febfd0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId997568e771febd0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId997568e771febd0dd.jpg"/><Relationship Id="rId218668e771febe386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId218668e771febe386.jpg"/><Relationship Id="rId560968e771febfedf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId560968e771febfedf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId507217322" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId615856362" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3660690230fb78149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId9772690230fb7a12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId4534690230fb7a353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId1604690230fb7c909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId5128690230fb7c9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId7118690230fb7cb59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId4305690230fb7d0a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId5354690230fb7d59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8704690230fb7a22e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8704690230fb7a22e.jpg"/><Relationship Id="rId4480690230fb7ba9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4480690230fb7ba9d.jpg"/><Relationship Id="rId9674690230fb7ef47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9674690230fb7ef47.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>