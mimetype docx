--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Pettey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African citrus psyllid, citrus psylla, citrus psyllid, two-spotted citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3660690230fb78149" w:history="1">
+            <w:hyperlink r:id="rId8766691d3e53c8d03" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9772690230fb7a12b" w:history="1">
+            <w:hyperlink r:id="rId2796691d3e53c8d6c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRIZER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7527707" name="name7047690230fb7a22f" descr="2473.jpg"/>
+                  <wp:docPr id="13990312" name="name8428691d3e53c982f" descr="2473.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2473.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8704690230fb7a22e" cstate="print"/>
+                          <a:blip r:embed="rId5858691d3e53c9825" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4534690230fb7a353" w:history="1">
+            <w:hyperlink r:id="rId8636691d3e53c9abb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1507,63 +1507,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter africanus’ has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6807998" name="name7692690230fb7baa2" descr="TRIZER_distribution_map.jpg"/>
+            <wp:docPr id="5183859" name="name2878691d3e53cbace" descr="TRIZER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRIZER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4480690230fb7ba9d" cstate="print"/>
+                    <a:blip r:embed="rId9359691d3e53cbac9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3276,51 +3276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1604690230fb7c909" w:history="1">
+      <w:hyperlink r:id="rId3771691d3e53ccbc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3366,51 +3366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8893. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5128690230fb7c9a3" w:history="1">
+      <w:hyperlink r:id="rId6477691d3e53ccc5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-65880-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3610,51 +3610,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7118690230fb7cb59" w:history="1">
+      <w:hyperlink r:id="rId2188691d3e53ccdea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4386,51 +4386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Del Guercio) (Hemiptera: Psyllidae) in mainland Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4305690230fb7d0a5" w:history="1">
+      <w:hyperlink r:id="rId6852691d3e53cd2f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12771</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5151,51 +5151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5354690230fb7d59a" w:history="1">
+      <w:hyperlink r:id="rId7711691d3e53cd7d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5392,63 +5392,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17790055" name="name7264690230fb7ef4a" descr="eu_funding_250.png"/>
+            <wp:docPr id="61892347" name="name7729691d3e53cd9a4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9674690230fb7ef47" cstate="print"/>
+                    <a:blip r:embed="rId2904691d3e53cd9a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5546,137 +5546,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17639257">
+  <w:abstractNum w:abstractNumId="38875072">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90260126">
+    <w:lvl w:ilvl="0" w:tplc="50876966">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90260126" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50876966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90260126" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50876966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90260126" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50876966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90260126" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50876966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90260126" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50876966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90260126" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50876966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90260126" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50876966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90260126" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50876966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17639256">
+  <w:abstractNum w:abstractNumId="38875071">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61712362">
+    <w:lvl w:ilvl="0" w:tplc="62616648">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6428,55 +6428,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17639256">
-    <w:abstractNumId w:val="17639256"/>
+  <w:num w:numId="38875071">
+    <w:abstractNumId w:val="38875071"/>
   </w:num>
-  <w:num w:numId="17639257">
-    <w:abstractNumId w:val="17639257"/>
+  <w:num w:numId="38875072">
+    <w:abstractNumId w:val="38875072"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18026,51 +18026,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId507217322" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId615856362" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3660690230fb78149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId9772690230fb7a12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId4534690230fb7a353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId1604690230fb7c909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId5128690230fb7c9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId7118690230fb7cb59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId4305690230fb7d0a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId5354690230fb7d59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8704690230fb7a22e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8704690230fb7a22e.jpg"/><Relationship Id="rId4480690230fb7ba9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4480690230fb7ba9d.jpg"/><Relationship Id="rId9674690230fb7ef47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9674690230fb7ef47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567668252" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475502427" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8766691d3e53c8d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId2796691d3e53c8d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId8636691d3e53c9abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId3771691d3e53ccbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId6477691d3e53ccc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId2188691d3e53ccdea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId6852691d3e53cd2f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId7711691d3e53cd7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5858691d3e53c9825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5858691d3e53c9825.jpg"/><Relationship Id="rId9359691d3e53cbac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9359691d3e53cbac9.jpg"/><Relationship Id="rId2904691d3e53cd9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2904691d3e53cd9a3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>