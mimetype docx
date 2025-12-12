--- v2 (2025-11-19)
+++ v3 (2025-12-12)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Pettey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African citrus psyllid, citrus psylla, citrus psyllid, two-spotted citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8766691d3e53c8d03" w:history="1">
+            <w:hyperlink r:id="rId2980693c9532dfe80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2796691d3e53c8d6c" w:history="1">
+            <w:hyperlink r:id="rId9833693c9532dfeea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRIZER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13990312" name="name8428691d3e53c982f" descr="2473.jpg"/>
+                  <wp:docPr id="40469692" name="name9935693c9532e07e3" descr="2473.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2473.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5858691d3e53c9825" cstate="print"/>
+                          <a:blip r:embed="rId1273693c9532e07e1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8636691d3e53c9abb" w:history="1">
+            <w:hyperlink r:id="rId5564693c9532e091d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1507,63 +1507,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter africanus’ has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5183859" name="name2878691d3e53cbace" descr="TRIZER_distribution_map.jpg"/>
+            <wp:docPr id="1509396" name="name6319693c9532e1e69" descr="TRIZER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRIZER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9359691d3e53cbac9" cstate="print"/>
+                    <a:blip r:embed="rId6136693c9532e1e67" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3276,51 +3276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3771691d3e53ccbc7" w:history="1">
+      <w:hyperlink r:id="rId1270693c9532e2bd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3366,51 +3366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8893. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6477691d3e53ccc5f" w:history="1">
+      <w:hyperlink r:id="rId2455693c9532e2c69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-65880-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3610,51 +3610,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2188691d3e53ccdea" w:history="1">
+      <w:hyperlink r:id="rId8345693c9532e2df7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4386,51 +4386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Del Guercio) (Hemiptera: Psyllidae) in mainland Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6852691d3e53cd2f5" w:history="1">
+      <w:hyperlink r:id="rId4113693c9532e32fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12771</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5151,51 +5151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7711691d3e53cd7d5" w:history="1">
+      <w:hyperlink r:id="rId2319693c9532e37c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5392,63 +5392,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61892347" name="name7729691d3e53cd9a4" descr="eu_funding_250.png"/>
+            <wp:docPr id="75469350" name="name9166693c9532e3d56" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2904691d3e53cd9a3" cstate="print"/>
+                    <a:blip r:embed="rId6765693c9532e3d54" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5546,137 +5546,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38875072">
+  <w:abstractNum w:abstractNumId="71822438">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50876966">
+    <w:lvl w:ilvl="0" w:tplc="36686836">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50876966" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36686836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50876966" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36686836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50876966" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36686836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50876966" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36686836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50876966" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36686836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50876966" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36686836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50876966" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36686836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50876966" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36686836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38875071">
+  <w:abstractNum w:abstractNumId="71822437">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62616648">
+    <w:lvl w:ilvl="0" w:tplc="67585817">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6428,55 +6428,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38875071">
-    <w:abstractNumId w:val="38875071"/>
+  <w:num w:numId="71822437">
+    <w:abstractNumId w:val="71822437"/>
   </w:num>
-  <w:num w:numId="38875072">
-    <w:abstractNumId w:val="38875072"/>
+  <w:num w:numId="71822438">
+    <w:abstractNumId w:val="71822438"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18026,51 +18026,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567668252" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475502427" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8766691d3e53c8d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId2796691d3e53c8d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId8636691d3e53c9abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId3771691d3e53ccbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId6477691d3e53ccc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId2188691d3e53ccdea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId6852691d3e53cd2f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId7711691d3e53cd7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5858691d3e53c9825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5858691d3e53c9825.jpg"/><Relationship Id="rId9359691d3e53cbac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9359691d3e53cbac9.jpg"/><Relationship Id="rId2904691d3e53cd9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2904691d3e53cd9a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId441925160" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId414999246" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2980693c9532dfe80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId9833693c9532dfeea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId5564693c9532e091d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId1270693c9532e2bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId2455693c9532e2c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId8345693c9532e2df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId4113693c9532e32fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId2319693c9532e37c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1273693c9532e07e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1273693c9532e07e1.jpg"/><Relationship Id="rId6136693c9532e1e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6136693c9532e1e67.jpg"/><Relationship Id="rId6765693c9532e3d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6765693c9532e3d54.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>