--- v3 (2025-12-12)
+++ v4 (2026-01-21)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Pettey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African citrus psyllid, citrus psylla, citrus psyllid, two-spotted citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2980693c9532dfe80" w:history="1">
+            <w:hyperlink r:id="rId859169708b7647de2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9833693c9532dfeea" w:history="1">
+            <w:hyperlink r:id="rId502969708b7647e4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRIZER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40469692" name="name9935693c9532e07e3" descr="2473.jpg"/>
+                  <wp:docPr id="44244160" name="name721069708b76483b1" descr="2473.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2473.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1273693c9532e07e1" cstate="print"/>
+                          <a:blip r:embed="rId540069708b76483af" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5564693c9532e091d" w:history="1">
+            <w:hyperlink r:id="rId506069708b76484eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1507,63 +1507,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter africanus’ has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1509396" name="name6319693c9532e1e69" descr="TRIZER_distribution_map.jpg"/>
+            <wp:docPr id="95276714" name="name679869708b76495f8" descr="TRIZER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRIZER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6136693c9532e1e67" cstate="print"/>
+                    <a:blip r:embed="rId907069708b76495f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3276,51 +3276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1270693c9532e2bd3" w:history="1">
+      <w:hyperlink r:id="rId411169708b764a2d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3366,51 +3366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8893. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2455693c9532e2c69" w:history="1">
+      <w:hyperlink r:id="rId168669708b764a380" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-65880-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3610,51 +3610,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8345693c9532e2df7" w:history="1">
+      <w:hyperlink r:id="rId432069708b764a514" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4386,51 +4386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Del Guercio) (Hemiptera: Psyllidae) in mainland Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4113693c9532e32fe" w:history="1">
+      <w:hyperlink r:id="rId987969708b764a9f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12771</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5129,73 +5129,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2319693c9532e37c8" w:history="1">
+      <w:hyperlink r:id="rId701869708b764aedb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5392,63 +5392,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75469350" name="name9166693c9532e3d56" descr="eu_funding_250.png"/>
+            <wp:docPr id="84925949" name="name380269708b764b29f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6765693c9532e3d54" cstate="print"/>
+                    <a:blip r:embed="rId871769708b764b29d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5546,137 +5546,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71822438">
+  <w:abstractNum w:abstractNumId="44253714">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36686836">
+    <w:lvl w:ilvl="0" w:tplc="67890624">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36686836" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67890624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36686836" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67890624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36686836" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67890624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36686836" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67890624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36686836" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67890624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36686836" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67890624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36686836" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67890624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36686836" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67890624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71822437">
+  <w:abstractNum w:abstractNumId="44253713">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67585817">
+    <w:lvl w:ilvl="0" w:tplc="36933697">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6428,55 +6428,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71822437">
-    <w:abstractNumId w:val="71822437"/>
+  <w:num w:numId="44253713">
+    <w:abstractNumId w:val="44253713"/>
   </w:num>
-  <w:num w:numId="71822438">
-    <w:abstractNumId w:val="71822438"/>
+  <w:num w:numId="44253714">
+    <w:abstractNumId w:val="44253714"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18026,51 +18026,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId441925160" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId414999246" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2980693c9532dfe80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId9833693c9532dfeea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId5564693c9532e091d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId1270693c9532e2bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId2455693c9532e2c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId8345693c9532e2df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId4113693c9532e32fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId2319693c9532e37c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1273693c9532e07e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1273693c9532e07e1.jpg"/><Relationship Id="rId6136693c9532e1e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6136693c9532e1e67.jpg"/><Relationship Id="rId6765693c9532e3d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6765693c9532e3d54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId483908559" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId170411447" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId859169708b7647de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId502969708b7647e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId506069708b76484eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId411169708b764a2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId168669708b764a380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId432069708b764a514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId987969708b764a9f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId701869708b764aedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId540069708b76483af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId540069708b76483af.jpg"/><Relationship Id="rId907069708b76495f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId907069708b76495f5.jpg"/><Relationship Id="rId871769708b764b29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId871769708b764b29d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>