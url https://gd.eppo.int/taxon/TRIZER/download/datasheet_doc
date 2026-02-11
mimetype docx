--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Pettey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African citrus psyllid, citrus psylla, citrus psyllid, two-spotted citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId859169708b7647de2" w:history="1">
+            <w:hyperlink r:id="rId3265698bef4489ab8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502969708b7647e4c" w:history="1">
+            <w:hyperlink r:id="rId9661698bef4489b45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRIZER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44244160" name="name721069708b76483b1" descr="2473.jpg"/>
+                  <wp:docPr id="2110266" name="name6517698bef448a0a0" descr="2473.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2473.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId540069708b76483af" cstate="print"/>
+                          <a:blip r:embed="rId4047698bef448a09e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId506069708b76484eb" w:history="1">
+            <w:hyperlink r:id="rId3514698bef448a1a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1507,63 +1507,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter africanus’ has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95276714" name="name679869708b76495f8" descr="TRIZER_distribution_map.jpg"/>
+            <wp:docPr id="39202650" name="name7370698bef448b784" descr="TRIZER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRIZER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId907069708b76495f5" cstate="print"/>
+                    <a:blip r:embed="rId6140698bef448b781" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3276,51 +3276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411169708b764a2d2" w:history="1">
+      <w:hyperlink r:id="rId1011698bef448c4a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3366,51 +3366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8893. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168669708b764a380" w:history="1">
+      <w:hyperlink r:id="rId2787698bef448c53a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-65880-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3610,51 +3610,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432069708b764a514" w:history="1">
+      <w:hyperlink r:id="rId8836698bef448c6c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4386,51 +4386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Del Guercio) (Hemiptera: Psyllidae) in mainland Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987969708b764a9f7" w:history="1">
+      <w:hyperlink r:id="rId6275698bef448cbf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12771</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5151,51 +5151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId701869708b764aedb" w:history="1">
+      <w:hyperlink r:id="rId3888698bef448d182" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5392,63 +5392,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84925949" name="name380269708b764b29f" descr="eu_funding_250.png"/>
+            <wp:docPr id="28220314" name="name3745698bef448d6c5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId871769708b764b29d" cstate="print"/>
+                    <a:blip r:embed="rId2529698bef448d6c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5546,137 +5546,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44253714">
+  <w:abstractNum w:abstractNumId="16001604">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67890624">
+    <w:lvl w:ilvl="0" w:tplc="40300502">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67890624" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40300502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67890624" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40300502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67890624" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40300502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67890624" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40300502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67890624" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40300502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67890624" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40300502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67890624" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40300502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67890624" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40300502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44253713">
+  <w:abstractNum w:abstractNumId="16001603">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36933697">
+    <w:lvl w:ilvl="0" w:tplc="51550572">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6428,55 +6428,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44253713">
-    <w:abstractNumId w:val="44253713"/>
+  <w:num w:numId="16001603">
+    <w:abstractNumId w:val="16001603"/>
   </w:num>
-  <w:num w:numId="44253714">
-    <w:abstractNumId w:val="44253714"/>
+  <w:num w:numId="16001604">
+    <w:abstractNumId w:val="16001604"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18026,51 +18026,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId483908559" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId170411447" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId859169708b7647de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId502969708b7647e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId506069708b76484eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId411169708b764a2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId168669708b764a380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId432069708b764a514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId987969708b764a9f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId701869708b764aedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId540069708b76483af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId540069708b76483af.jpg"/><Relationship Id="rId907069708b76495f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId907069708b76495f5.jpg"/><Relationship Id="rId871769708b764b29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId871769708b764b29d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789611627" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId119500506" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3265698bef4489ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId9661698bef4489b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId3514698bef448a1a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId1011698bef448c4a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId2787698bef448c53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId8836698bef448c6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId6275698bef448cbf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId3888698bef448d182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4047698bef448a09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4047698bef448a09e.jpg"/><Relationship Id="rId6140698bef448b781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6140698bef448b781.jpg"/><Relationship Id="rId2529698bef448d6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2529698bef448d6c4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>