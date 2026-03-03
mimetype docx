--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Pettey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African citrus psyllid, citrus psylla, citrus psyllid, two-spotted citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3265698bef4489ab8" w:history="1">
+            <w:hyperlink r:id="rId526169a685124ce2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9661698bef4489b45" w:history="1">
+            <w:hyperlink r:id="rId765969a685124ce98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRIZER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2110266" name="name6517698bef448a0a0" descr="2473.jpg"/>
+                  <wp:docPr id="61161963" name="name274369a685124cf6c" descr="2473.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2473.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4047698bef448a09e" cstate="print"/>
+                          <a:blip r:embed="rId233769a685124cf6b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3514698bef448a1a9" w:history="1">
+            <w:hyperlink r:id="rId647269a685124d0ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1507,63 +1507,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter africanus’ has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39202650" name="name7370698bef448b784" descr="TRIZER_distribution_map.jpg"/>
+            <wp:docPr id="63017290" name="name937769a685124d858" descr="TRIZER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRIZER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6140698bef448b781" cstate="print"/>
+                    <a:blip r:embed="rId792369a685124d856" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3276,51 +3276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1011698bef448c4a6" w:history="1">
+      <w:hyperlink r:id="rId894269a685124e53d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3366,51 +3366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8893. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2787698bef448c53a" w:history="1">
+      <w:hyperlink r:id="rId280269a685124e5d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-65880-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3610,51 +3610,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8836698bef448c6c2" w:history="1">
+      <w:hyperlink r:id="rId689769a685124e75c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4386,51 +4386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Del Guercio) (Hemiptera: Psyllidae) in mainland Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6275698bef448cbf4" w:history="1">
+      <w:hyperlink r:id="rId290369a685124ec36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12771</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5151,51 +5151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3888698bef448d182" w:history="1">
+      <w:hyperlink r:id="rId313369a685124f11c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5392,63 +5392,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28220314" name="name3745698bef448d6c5" descr="eu_funding_250.png"/>
+            <wp:docPr id="32515401" name="name878969a685124f2f7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2529698bef448d6c4" cstate="print"/>
+                    <a:blip r:embed="rId630269a685124f2f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5546,137 +5546,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16001604">
+  <w:abstractNum w:abstractNumId="45735449">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40300502">
+    <w:lvl w:ilvl="0" w:tplc="19021639">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40300502" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19021639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40300502" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19021639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40300502" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19021639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40300502" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19021639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40300502" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19021639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40300502" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19021639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40300502" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19021639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40300502" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19021639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16001603">
+  <w:abstractNum w:abstractNumId="45735448">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51550572">
+    <w:lvl w:ilvl="0" w:tplc="17160479">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6428,55 +6428,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16001603">
-    <w:abstractNumId w:val="16001603"/>
+  <w:num w:numId="45735448">
+    <w:abstractNumId w:val="45735448"/>
   </w:num>
-  <w:num w:numId="16001604">
-    <w:abstractNumId w:val="16001604"/>
+  <w:num w:numId="45735449">
+    <w:abstractNumId w:val="45735449"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18026,51 +18026,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789611627" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId119500506" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3265698bef4489ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId9661698bef4489b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId3514698bef448a1a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId1011698bef448c4a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId2787698bef448c53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId8836698bef448c6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId6275698bef448cbf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId3888698bef448d182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4047698bef448a09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4047698bef448a09e.jpg"/><Relationship Id="rId6140698bef448b781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6140698bef448b781.jpg"/><Relationship Id="rId2529698bef448d6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2529698bef448d6c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529085784" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId863417502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId526169a685124ce2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId765969a685124ce98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId647269a685124d0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId894269a685124e53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId280269a685124e5d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId689769a685124e75c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId290369a685124ec36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId313369a685124f11c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId233769a685124cf6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId233769a685124cf6b.jpg"/><Relationship Id="rId792369a685124d856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId792369a685124d856.jpg"/><Relationship Id="rId630269a685124f2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630269a685124f2f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>