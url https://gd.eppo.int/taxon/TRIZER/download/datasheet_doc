--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Pettey</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African citrus psyllid, citrus psylla, citrus psyllid, two-spotted citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526169a685124ce2b" w:history="1">
+            <w:hyperlink r:id="rId780369c148953743a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId765969a685124ce98" w:history="1">
+            <w:hyperlink r:id="rId481669c14895374a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TRIZER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61161963" name="name274369a685124cf6c" descr="2473.jpg"/>
+                  <wp:docPr id="82037929" name="name916369c1489537ab7" descr="2473.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2473.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId233769a685124cf6b" cstate="print"/>
+                          <a:blip r:embed="rId672169c1489537ab5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId647269a685124d0ad" w:history="1">
+            <w:hyperlink r:id="rId318269c1489537bf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1507,63 +1507,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liberibacter africanus’ has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63017290" name="name937769a685124d858" descr="TRIZER_distribution_map.jpg"/>
+            <wp:docPr id="50132852" name="name917569c148953925d" descr="TRIZER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TRIZER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId792369a685124d856" cstate="print"/>
+                    <a:blip r:embed="rId369869c148953925a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3276,51 +3276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId894269a685124e53d" w:history="1">
+      <w:hyperlink r:id="rId870269c1489539fe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3366,51 +3366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8893. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280269a685124e5d2" w:history="1">
+      <w:hyperlink r:id="rId245869c148953a078" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-65880-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3610,51 +3610,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689769a685124e75c" w:history="1">
+      <w:hyperlink r:id="rId388969c148953a205" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4386,51 +4386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Del Guercio) (Hemiptera: Psyllidae) in mainland Europe. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290369a685124ec36" w:history="1">
+      <w:hyperlink r:id="rId437169c148953a6ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12771</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5151,51 +5151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trioza erytreae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313369a685124f11c" w:history="1">
+      <w:hyperlink r:id="rId384669c148953abe0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5392,63 +5392,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32515401" name="name878969a685124f2f7" descr="eu_funding_250.png"/>
+            <wp:docPr id="45585516" name="name334869c148953adc5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId630269a685124f2f6" cstate="print"/>
+                    <a:blip r:embed="rId197669c148953adc4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5546,137 +5546,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45735449">
+  <w:abstractNum w:abstractNumId="91334503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19021639">
+    <w:lvl w:ilvl="0" w:tplc="31036025">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19021639" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31036025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19021639" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31036025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19021639" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31036025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19021639" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31036025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19021639" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31036025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19021639" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31036025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19021639" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31036025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19021639" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31036025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45735448">
+  <w:abstractNum w:abstractNumId="91334502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17160479">
+    <w:lvl w:ilvl="0" w:tplc="22760416">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6428,55 +6428,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45735448">
-    <w:abstractNumId w:val="45735448"/>
+  <w:num w:numId="91334502">
+    <w:abstractNumId w:val="91334502"/>
   </w:num>
-  <w:num w:numId="45735449">
-    <w:abstractNumId w:val="45735449"/>
+  <w:num w:numId="91334503">
+    <w:abstractNumId w:val="91334503"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18026,51 +18026,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529085784" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId863417502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId526169a685124ce2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId765969a685124ce98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId647269a685124d0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId894269a685124e53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId280269a685124e5d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId689769a685124e75c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId290369a685124ec36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId313369a685124f11c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId233769a685124cf6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId233769a685124cf6b.jpg"/><Relationship Id="rId792369a685124d856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId792369a685124d856.jpg"/><Relationship Id="rId630269a685124f2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630269a685124f2f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695700148" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId832891029" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId780369c148953743a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/" TargetMode="External"/><Relationship Id="rId481669c14895374a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/categorization" TargetMode="External"/><Relationship Id="rId318269c1489537bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TRIZER/photos" TargetMode="External"/><Relationship Id="rId870269c1489539fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId245869c148953a078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-65880-7" TargetMode="External"/><Relationship Id="rId388969c148953a205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId437169c148953a6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12771" TargetMode="External"/><Relationship Id="rId384669c148953abe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId672169c1489537ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId672169c1489537ab5.jpg"/><Relationship Id="rId369869c148953925a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId369869c148953925a.jpg"/><Relationship Id="rId197669c148953adc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197669c148953adc4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>