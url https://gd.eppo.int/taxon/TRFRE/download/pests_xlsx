--- v0 (2025-10-15)
+++ v1 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TRFRE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYP64</t>
   </si>
   <si>
     <t>Grapevine flavescence dorée phytoplasma</t>
   </si>
   <si>
     <t>* Caudwell A, Kuszala C, Larrue J (1973) Techniques utilisables pour l’étude de la Flavescence dorée de la vigne. In : Rivista di Patologia Vegetale, Serie IV, Vol. 9, No. 3 (Luglio-Settembre 1973), pp. 269-276 Published by: Società Italiana di Patologia Vegetale (SIPaV). Available at https://p302.zlibcdn.com/dtoken/0fe5524be6eaa7f43744c55b1c6adac3/42556606.pdf
 ------- Transmission to Trifolium repens using Cuscuta was reported by Caudwell et al. 1963 but mentioned later on as questionable by Caudwell himself (Caudwell et al., 1973).</t>
   </si>
@@ -345,50 +345,59 @@
   </si>
   <si>
     <t>Clover yellow edge phytoplasma</t>
   </si>
   <si>
     <t>* Chiykowski LN (1981) Association of mycoplasma-like organisms with clover yellow edge disease. Canadian Journal of Plant Pathology 3(3), 139-144.
 * Staniulis JB, Davis RE, Jomantiene R, Kalvelyte A, Dally EL (2000) Single and mixed phytoplasma infections in phyllody- and dwarf-diseased clover plants in Lithuania. Plant Disease 84, 1061-1066.</t>
   </si>
   <si>
     <t>MELGFA</t>
   </si>
   <si>
     <t>Meloidogyne fallax</t>
   </si>
   <si>
     <t>* Rohan TC, Aalders LT, Bell NL &amp; Shah FA (2016) First report of Meloidogyne fallax hosted by Trifolium repens (white clover): implications for pasture and crop rotations in New Zealand. Australasian Plant Disease Notes 11, 14.</t>
   </si>
   <si>
     <t>MELGNA</t>
   </si>
   <si>
     <t>Meloidogyne naasi</t>
   </si>
   <si>
     <t>Wild/Weed</t>
+  </si>
+  <si>
+    <t>PYDV00</t>
+  </si>
+  <si>
+    <t>Alphanucleorhabdovirus tuberosum</t>
+  </si>
+  <si>
+    <t>* Black LM (1937) A study of Potato yellow dwarf in New York. Cornell Agricultural Experiment Station, Vol. 209, 23 pp.</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Pant RP, Anuj B and Murari L (2018) Role of alternate host plants in the transmission of apical leaf curl disease of potato caused by tomato leaf curl New Delhi virus - potato (ToLCNDV-pot.) in Northern India. Indian Journal of Agricultural Sciences, 88, 1258–1262
 ------- confirmed host.</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Quaglino F, Passera A, Faccincani M, Moussa A, Pozzebon A, Sanna F, Casati P, Bianco PA, Mori N (2021) Molecular and spatial analyses reveal new insights on Bois noir epidemiology in Franciacorta vineyards. Annals of Applied Biology (early view). https://doi.org/10.1111/aab.12717</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi (as Trifolium)</t>
@@ -726,51 +735,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D40"/>
+  <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1268,64 +1277,78 @@
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>104</v>
       </c>
       <c r="B38" t="s">
         <v>108</v>
       </c>
       <c r="C38" t="s">
         <v>109</v>
       </c>
       <c r="D38" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>104</v>
       </c>
       <c r="B39" t="s">
         <v>111</v>
       </c>
       <c r="C39" t="s">
         <v>112</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>104</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C40" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>115</v>
+      </c>
+      <c r="D40"/>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>104</v>
+      </c>
+      <c r="B41" t="s">
+        <v>116</v>
+      </c>
+      <c r="C41" t="s">
+        <v>117</v>
+      </c>
+      <c r="D41" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">