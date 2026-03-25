--- v0 (2025-10-14)
+++ v1 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TRFPR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHYPFR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fraxini'</t>
   </si>
   <si>
     <t>* Sinclair WA, Griffiths HM, Davis RE (1996) Ash yellows and lilac witches'-broom: phytoplasmal diseases of concern in forestry and horticulture. Plant Disease 80, 468-475.</t>
   </si>
   <si>
@@ -309,50 +309,60 @@
     <t>Spodoptera praefica (as Trifolium)</t>
   </si>
   <si>
     <t>* Berry RE (1998) Western yellowstriped armyworm. Spodoptera praefica. Insects and Mites or Economic Importance in the Northwest. Oregon State University Bookstore, p 221 (online modified version). http://uspest.org/potato/wystriparmyworm.pdf</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHYP19</t>
   </si>
   <si>
     <t>Clover yellow edge phytoplasma</t>
   </si>
   <si>
     <t>* Chiykowski LN (1981) Association of mycoplasma-like organisms with clover yellow edge disease. Canadian Journal of Plant Pathology 3(3), 139-144.</t>
   </si>
   <si>
     <t>RCMV00</t>
   </si>
   <si>
     <t>Comovirus trifolii</t>
   </si>
   <si>
     <t>Wild/Weed</t>
+  </si>
+  <si>
+    <t>PYDV00</t>
+  </si>
+  <si>
+    <t>Alphanucleorhabdovirus tuberosum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Black LM (1937) A study of Potato yellow dwarf in New York. Cornell Agricultural Experiment Station, Vol. 209, 23 pp.
+* Younkin SG (1942) Weed suscepts of the Potato yellow dwarf virus. American Potato Journal 19( 1), 6-11 </t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Quaglino F, Passera A, Faccincani M, Moussa A, Pozzebon A, Sanna F, Casati P, Bianco PA, Mori N (2021) Molecular and spatial analyses reveal new insights on Bois noir epidemiology in Franciacorta vineyards. Annals of Applied Biology (early view). https://doi.org/10.1111/aab.12716
 * Quaglino F, Zhao Y, Casati P, Bulgari D, Bianco PA, Wei W, Davis RE (2013) ‘Candidatus Phytoplasma solani’, a novel taxon associated with stolbur- and bois noir-related diseases of plants. International Journal of Systematic and Evolutionary Microbiology 63, 2879-2894.</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi (as Trifolium)</t>
   </si>
   <si>
     <t>Helicoverpa zea</t>
   </si>
   <si>
     <t>* Sudbrink Jr DL, Grant JF (1995) Wild host plants of Helicoverpa zea and Heliothis virescens (Lepidoptera: Noctuidae) in eastern Tennessee. Environmental Entomology 24(5), 1080-1085.</t>
   </si>
 </sst>
 </file>
@@ -678,51 +688,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1162,64 +1172,78 @@
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>94</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" t="s">
         <v>96</v>
       </c>
       <c r="D34" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>94</v>
       </c>
       <c r="B35" t="s">
         <v>98</v>
       </c>
       <c r="C35" t="s">
         <v>99</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>94</v>
       </c>
       <c r="B36" t="s">
+        <v>101</v>
+      </c>
+      <c r="C36" t="s">
+        <v>102</v>
+      </c>
+      <c r="D36"/>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>94</v>
+      </c>
+      <c r="B37" t="s">
         <v>42</v>
       </c>
-      <c r="C36" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="C37" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">