--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TRFAL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Trifolium)</t>
   </si>
   <si>
     <t xml:space="preserve">* Hiruki C, Wang K (2004) Clover proliferation phytoplasma: 'Candidatus Phytoplasma trifolii'. International Journal of Systematic and Evolutionary Microbiology 54, 1349-1353.
 </t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Trifolium)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
@@ -509,289 +522,303 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="378.622" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>