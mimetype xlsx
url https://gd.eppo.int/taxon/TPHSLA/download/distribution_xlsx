--- v0 (2025-10-07)
+++ v1 (2026-02-15)
@@ -68,51 +68,51 @@
   <si>
     <t>Heilongjiang</t>
   </si>
   <si>
     <t>hl</t>
   </si>
   <si>
     <t>Present, no details</t>
   </si>
   <si>
     <t>Jilin</t>
   </si>
   <si>
     <t>jl</t>
   </si>
   <si>
     <t>Liaoning</t>
   </si>
   <si>
     <t>ln</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -434,51 +434,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>