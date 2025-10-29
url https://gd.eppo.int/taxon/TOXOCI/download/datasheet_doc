--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Del Guercio)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown citrus aphid, oriental black citrus aphid, tropical citrus aphid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId790068e707cb673eb" w:history="1">
+            <w:hyperlink r:id="rId893869020a47f13f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454368e707cb67453" w:history="1">
+            <w:hyperlink r:id="rId807769020a47f1471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOXOCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94474714" name="name706168e707cb67c23" descr="1647.jpg"/>
+                  <wp:docPr id="14921714" name="name218469020a47f1c8a" descr="1647.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1647.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId600868e707cb67c21" cstate="print"/>
+                          <a:blip r:embed="rId361569020a47f1c88" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId723868e707cb67d56" w:history="1">
+            <w:hyperlink r:id="rId208969020a47f1d94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3262,63 +3262,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87698319" name="name582268e707cb69aa8" descr="TOXOCI_distribution_map.jpg"/>
+            <wp:docPr id="52475489" name="name557469020a47f3cbc" descr="TOXOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOXOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId611568e707cb69aa5" cstate="print"/>
+                    <a:blip r:embed="rId508469020a47f3cb9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4916,51 +4916,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Blackman RL &amp; Eastop VF (2021) Aphids on the World’s plants. An online identification and information guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141368e707cb6a7a1" w:history="1">
+      <w:hyperlink r:id="rId738569020a4800768" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphidsonworldsplants.info/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5122,51 +5122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5103, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584968e707cb6a8f5" w:history="1">
+      <w:hyperlink r:id="rId266069020a48008d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5504,51 +5504,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 374–391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720268e707cb6ab57" w:history="1">
+      <w:hyperlink r:id="rId891269020a4800b68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5770,51 +5770,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32099. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720968e707cb6acfe" w:history="1">
+      <w:hyperlink r:id="rId270169020a4800d32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep32099</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphis citricidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231168e707cb6aecc" w:history="1">
+      <w:hyperlink r:id="rId800869020a4800f10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6271,81 +6271,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821768e707cb6b01f" w:history="1">
+      <w:hyperlink r:id="rId145569020a4801078" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02699.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11554348" name="name689068e707cb6b0b1" descr="eu_funding_250.png"/>
+            <wp:docPr id="88130815" name="name943769020a48010da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId731668e707cb6b0b0" cstate="print"/>
+                    <a:blip r:embed="rId897369020a48010d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6443,137 +6443,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28122330">
+  <w:abstractNum w:abstractNumId="18047799">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75097270">
+    <w:lvl w:ilvl="0" w:tplc="79502937">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75097270" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79502937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75097270" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79502937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75097270" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79502937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75097270" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79502937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75097270" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79502937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75097270" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79502937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75097270" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79502937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75097270" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79502937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28122329">
+  <w:abstractNum w:abstractNumId="18047798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95639396">
+    <w:lvl w:ilvl="0" w:tplc="88376641">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7325,55 +7325,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28122329">
-    <w:abstractNumId w:val="28122329"/>
+  <w:num w:numId="18047798">
+    <w:abstractNumId w:val="18047798"/>
   </w:num>
-  <w:num w:numId="28122330">
-    <w:abstractNumId w:val="28122330"/>
+  <w:num w:numId="18047799">
+    <w:abstractNumId w:val="18047799"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18923,51 +18923,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId853659382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582065446" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId790068e707cb673eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId454368e707cb67453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId723868e707cb67d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId141368e707cb6a7a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId584968e707cb6a8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId720268e707cb6ab57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId720968e707cb6acfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId231168e707cb6aecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId821768e707cb6b01f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId600868e707cb67c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId600868e707cb67c21.jpg"/><Relationship Id="rId611568e707cb69aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611568e707cb69aa5.jpg"/><Relationship Id="rId731668e707cb6b0b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731668e707cb6b0b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId523950661" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979991066" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId893869020a47f13f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId807769020a47f1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId208969020a47f1d94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId738569020a4800768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId266069020a48008d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId891269020a4800b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId270169020a4800d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId800869020a4800f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId145569020a4801078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId361569020a47f1c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId361569020a47f1c88.jpg"/><Relationship Id="rId508469020a47f3cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId508469020a47f3cb9.jpg"/><Relationship Id="rId897369020a48010d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897369020a48010d9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>