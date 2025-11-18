--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Del Guercio)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown citrus aphid, oriental black citrus aphid, tropical citrus aphid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId893869020a47f13f9" w:history="1">
+            <w:hyperlink r:id="rId1321691c96da35f80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId807769020a47f1471" w:history="1">
+            <w:hyperlink r:id="rId1109691c96da35fe7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOXOCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14921714" name="name218469020a47f1c8a" descr="1647.jpg"/>
+                  <wp:docPr id="9220021" name="name3807691c96da36099" descr="1647.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1647.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId361569020a47f1c88" cstate="print"/>
+                          <a:blip r:embed="rId1625691c96da36098" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId208969020a47f1d94" w:history="1">
+            <w:hyperlink r:id="rId8743691c96da36176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3262,63 +3262,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52475489" name="name557469020a47f3cbc" descr="TOXOCI_distribution_map.jpg"/>
+            <wp:docPr id="19582471" name="name5915691c96da383eb" descr="TOXOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOXOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId508469020a47f3cb9" cstate="print"/>
+                    <a:blip r:embed="rId6320691c96da383e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4916,51 +4916,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Blackman RL &amp; Eastop VF (2021) Aphids on the World’s plants. An online identification and information guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738569020a4800768" w:history="1">
+      <w:hyperlink r:id="rId4099691c96da38fed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphidsonworldsplants.info/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5122,51 +5122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5103, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266069020a48008d0" w:history="1">
+      <w:hyperlink r:id="rId4100691c96da39136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5504,51 +5504,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 374–391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891269020a4800b68" w:history="1">
+      <w:hyperlink r:id="rId9192691c96da3938b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5770,51 +5770,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32099. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270169020a4800d32" w:history="1">
+      <w:hyperlink r:id="rId2675691c96da39532" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep32099</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphis citricidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800869020a4800f10" w:history="1">
+      <w:hyperlink r:id="rId6351691c96da396ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6271,81 +6271,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145569020a4801078" w:history="1">
+      <w:hyperlink r:id="rId4641691c96da39858" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02699.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88130815" name="name943769020a48010da" descr="eu_funding_250.png"/>
+            <wp:docPr id="2182082" name="name9173691c96da398a6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId897369020a48010d9" cstate="print"/>
+                    <a:blip r:embed="rId7482691c96da398a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6443,137 +6443,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18047799">
+  <w:abstractNum w:abstractNumId="69223829">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79502937">
+    <w:lvl w:ilvl="0" w:tplc="66205437">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79502937" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66205437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79502937" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66205437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79502937" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66205437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79502937" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66205437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79502937" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66205437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79502937" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66205437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79502937" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66205437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79502937" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66205437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18047798">
+  <w:abstractNum w:abstractNumId="69223828">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88376641">
+    <w:lvl w:ilvl="0" w:tplc="79580318">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7325,55 +7325,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18047798">
-    <w:abstractNumId w:val="18047798"/>
+  <w:num w:numId="69223828">
+    <w:abstractNumId w:val="69223828"/>
   </w:num>
-  <w:num w:numId="18047799">
-    <w:abstractNumId w:val="18047799"/>
+  <w:num w:numId="69223829">
+    <w:abstractNumId w:val="69223829"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18923,51 +18923,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId523950661" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979991066" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId893869020a47f13f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId807769020a47f1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId208969020a47f1d94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId738569020a4800768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId266069020a48008d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId891269020a4800b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId270169020a4800d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId800869020a4800f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId145569020a4801078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId361569020a47f1c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId361569020a47f1c88.jpg"/><Relationship Id="rId508469020a47f3cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId508469020a47f3cb9.jpg"/><Relationship Id="rId897369020a48010d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897369020a48010d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358259665" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId296961183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1321691c96da35f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId1109691c96da35fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId8743691c96da36176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId4099691c96da38fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId4100691c96da39136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId9192691c96da3938b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId2675691c96da39532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId6351691c96da396ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4641691c96da39858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId1625691c96da36098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1625691c96da36098.jpg"/><Relationship Id="rId6320691c96da383e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6320691c96da383e8.jpg"/><Relationship Id="rId7482691c96da398a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7482691c96da398a5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>