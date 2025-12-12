--- v2 (2025-11-18)
+++ v3 (2025-12-12)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Del Guercio)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown citrus aphid, oriental black citrus aphid, tropical citrus aphid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1321691c96da35f80" w:history="1">
+            <w:hyperlink r:id="rId8129693c95373c270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1109691c96da35fe7" w:history="1">
+            <w:hyperlink r:id="rId8723693c95373c2e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOXOCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9220021" name="name3807691c96da36099" descr="1647.jpg"/>
+                  <wp:docPr id="91143092" name="name2777693c95373ca18" descr="1647.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1647.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1625691c96da36098" cstate="print"/>
+                          <a:blip r:embed="rId5870693c95373ca16" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8743691c96da36176" w:history="1">
+            <w:hyperlink r:id="rId4382693c95373cb59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3262,63 +3262,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19582471" name="name5915691c96da383eb" descr="TOXOCI_distribution_map.jpg"/>
+            <wp:docPr id="22557222" name="name7583693c95373ed70" descr="TOXOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOXOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6320691c96da383e8" cstate="print"/>
+                    <a:blip r:embed="rId9500693c95373ed6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4916,51 +4916,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Blackman RL &amp; Eastop VF (2021) Aphids on the World’s plants. An online identification and information guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4099691c96da38fed" w:history="1">
+      <w:hyperlink r:id="rId2220693c95373fa2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphidsonworldsplants.info/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5122,51 +5122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5103, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4100691c96da39136" w:history="1">
+      <w:hyperlink r:id="rId6509693c95373fb85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5504,51 +5504,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 374–391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9192691c96da3938b" w:history="1">
+      <w:hyperlink r:id="rId1487693c95373fde9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5770,51 +5770,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32099. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2675691c96da39532" w:history="1">
+      <w:hyperlink r:id="rId6705693c95373ff95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep32099</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphis citricidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6351691c96da396ff" w:history="1">
+      <w:hyperlink r:id="rId8336693c953740178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6271,81 +6271,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4641691c96da39858" w:history="1">
+      <w:hyperlink r:id="rId7456693c9537402d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02699.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2182082" name="name9173691c96da398a6" descr="eu_funding_250.png"/>
+            <wp:docPr id="41437655" name="name3419693c95374034a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7482691c96da398a5" cstate="print"/>
+                    <a:blip r:embed="rId3126693c953740349" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6443,137 +6443,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69223829">
+  <w:abstractNum w:abstractNumId="67746808">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66205437">
+    <w:lvl w:ilvl="0" w:tplc="83095113">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66205437" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83095113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66205437" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83095113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66205437" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83095113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66205437" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83095113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66205437" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83095113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66205437" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83095113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66205437" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83095113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66205437" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83095113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69223828">
+  <w:abstractNum w:abstractNumId="67746807">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79580318">
+    <w:lvl w:ilvl="0" w:tplc="44744028">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7325,55 +7325,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69223828">
-    <w:abstractNumId w:val="69223828"/>
+  <w:num w:numId="67746807">
+    <w:abstractNumId w:val="67746807"/>
   </w:num>
-  <w:num w:numId="69223829">
-    <w:abstractNumId w:val="69223829"/>
+  <w:num w:numId="67746808">
+    <w:abstractNumId w:val="67746808"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18923,51 +18923,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358259665" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId296961183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1321691c96da35f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId1109691c96da35fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId8743691c96da36176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId4099691c96da38fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId4100691c96da39136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId9192691c96da3938b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId2675691c96da39532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId6351691c96da396ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4641691c96da39858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId1625691c96da36098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1625691c96da36098.jpg"/><Relationship Id="rId6320691c96da383e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6320691c96da383e8.jpg"/><Relationship Id="rId7482691c96da398a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7482691c96da398a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId662451826" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId809730162" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8129693c95373c270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId8723693c95373c2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId4382693c95373cb59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId2220693c95373fa2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId6509693c95373fb85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId1487693c95373fde9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId6705693c95373ff95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId8336693c953740178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7456693c9537402d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId5870693c95373ca16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5870693c95373ca16.jpg"/><Relationship Id="rId9500693c95373ed6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9500693c95373ed6c.jpg"/><Relationship Id="rId3126693c953740349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3126693c953740349.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>