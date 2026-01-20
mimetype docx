--- v3 (2025-12-12)
+++ v4 (2026-01-20)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Del Guercio)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown citrus aphid, oriental black citrus aphid, tropical citrus aphid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8129693c95373c270" w:history="1">
+            <w:hyperlink r:id="rId86706970077383fbd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8723693c95373c2e4" w:history="1">
+            <w:hyperlink r:id="rId96776970077384025" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOXOCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91143092" name="name2777693c95373ca18" descr="1647.jpg"/>
+                  <wp:docPr id="79939259" name="name1390697007738463d" descr="1647.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1647.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5870693c95373ca16" cstate="print"/>
+                          <a:blip r:embed="rId5769697007738463c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4382693c95373cb59" w:history="1">
+            <w:hyperlink r:id="rId3257697007738474c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3262,63 +3262,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22557222" name="name7583693c95373ed70" descr="TOXOCI_distribution_map.jpg"/>
+            <wp:docPr id="1581212" name="name99686970077386427" descr="TOXOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOXOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9500693c95373ed6c" cstate="print"/>
+                    <a:blip r:embed="rId61686970077386423" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4916,51 +4916,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Blackman RL &amp; Eastop VF (2021) Aphids on the World’s plants. An online identification and information guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2220693c95373fa2f" w:history="1">
+      <w:hyperlink r:id="rId7530697007738724f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphidsonworldsplants.info/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5122,51 +5122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5103, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6509693c95373fb85" w:history="1">
+      <w:hyperlink r:id="rId949869700773873ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5504,51 +5504,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 374–391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1487693c95373fde9" w:history="1">
+      <w:hyperlink r:id="rId56556970077387661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5770,51 +5770,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32099. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6705693c95373ff95" w:history="1">
+      <w:hyperlink r:id="rId59306970077387809" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep32099</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6034,73 +6034,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphis citricidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8336693c953740178" w:history="1">
+      <w:hyperlink r:id="rId284469700773879fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6271,81 +6271,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7456693c9537402d5" w:history="1">
+      <w:hyperlink r:id="rId98786970077387b83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02699.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41437655" name="name3419693c95374034a" descr="eu_funding_250.png"/>
+            <wp:docPr id="97660209" name="name7035697007738801e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3126693c953740349" cstate="print"/>
+                    <a:blip r:embed="rId5341697007738801b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6443,137 +6443,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67746808">
+  <w:abstractNum w:abstractNumId="52326902">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83095113">
+    <w:lvl w:ilvl="0" w:tplc="43847745">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83095113" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43847745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83095113" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43847745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83095113" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43847745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83095113" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43847745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83095113" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43847745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83095113" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43847745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83095113" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43847745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83095113" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43847745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67746807">
+  <w:abstractNum w:abstractNumId="52326901">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44744028">
+    <w:lvl w:ilvl="0" w:tplc="61391431">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7325,55 +7325,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67746807">
-    <w:abstractNumId w:val="67746807"/>
+  <w:num w:numId="52326901">
+    <w:abstractNumId w:val="52326901"/>
   </w:num>
-  <w:num w:numId="67746808">
-    <w:abstractNumId w:val="67746808"/>
+  <w:num w:numId="52326902">
+    <w:abstractNumId w:val="52326902"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18923,51 +18923,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId662451826" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId809730162" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8129693c95373c270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId8723693c95373c2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId4382693c95373cb59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId2220693c95373fa2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId6509693c95373fb85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId1487693c95373fde9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId6705693c95373ff95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId8336693c953740178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7456693c9537402d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId5870693c95373ca16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5870693c95373ca16.jpg"/><Relationship Id="rId9500693c95373ed6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9500693c95373ed6c.jpg"/><Relationship Id="rId3126693c953740349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3126693c953740349.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421858584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId330650291" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86706970077383fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId96776970077384025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId3257697007738474c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId7530697007738724f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId949869700773873ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId56556970077387661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId59306970077387809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId284469700773879fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98786970077387b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId5769697007738463c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5769697007738463c.jpg"/><Relationship Id="rId61686970077386423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61686970077386423.jpg"/><Relationship Id="rId5341697007738801b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5341697007738801b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>