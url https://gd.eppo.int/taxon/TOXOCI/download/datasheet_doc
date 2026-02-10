--- v4 (2026-01-20)
+++ v5 (2026-02-10)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Del Guercio)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown citrus aphid, oriental black citrus aphid, tropical citrus aphid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86706970077383fbd" w:history="1">
+            <w:hyperlink r:id="rId4380698abafcc0fde" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -504,53 +504,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96776970077384025" w:history="1">
+            <w:hyperlink r:id="rId3945698abafcc1057" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOXOCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79939259" name="name1390697007738463d" descr="1647.jpg"/>
+                  <wp:docPr id="79466949" name="name9837698abafcc172e" descr="1647.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1647.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5769697007738463c" cstate="print"/>
+                          <a:blip r:embed="rId3635698abafcc172c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3257697007738474c" w:history="1">
+            <w:hyperlink r:id="rId8662698abafcc1883" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3262,63 +3262,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1581212" name="name99686970077386427" descr="TOXOCI_distribution_map.jpg"/>
+            <wp:docPr id="26346958" name="name2169698abafcc3989" descr="TOXOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOXOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61686970077386423" cstate="print"/>
+                    <a:blip r:embed="rId8976698abafcc3985" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4916,51 +4916,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Blackman RL &amp; Eastop VF (2021) Aphids on the World’s plants. An online identification and information guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7530697007738724f" w:history="1">
+      <w:hyperlink r:id="rId1601698abafcc4678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphidsonworldsplants.info/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5122,51 +5122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5103, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949869700773873ad" w:history="1">
+      <w:hyperlink r:id="rId7223698abafcc47c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5504,51 +5504,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 374–391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56556970077387661" w:history="1">
+      <w:hyperlink r:id="rId7082698abafcc4a25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5770,51 +5770,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32099. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59306970077387809" w:history="1">
+      <w:hyperlink r:id="rId7319698abafcc4bc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep32099</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphis citricidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284469700773879fa" w:history="1">
+      <w:hyperlink r:id="rId9980698abafcc4d92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6271,81 +6271,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98786970077387b83" w:history="1">
+      <w:hyperlink r:id="rId1097698abafcc4ee3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02699.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97660209" name="name7035697007738801e" descr="eu_funding_250.png"/>
+            <wp:docPr id="46593303" name="name3556698abafcc52c5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5341697007738801b" cstate="print"/>
+                    <a:blip r:embed="rId1968698abafcc52c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6443,137 +6443,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52326902">
+  <w:abstractNum w:abstractNumId="16079489">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43847745">
+    <w:lvl w:ilvl="0" w:tplc="55158691">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43847745" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55158691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43847745" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55158691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43847745" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55158691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43847745" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55158691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43847745" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55158691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43847745" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55158691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43847745" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55158691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43847745" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55158691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52326901">
+  <w:abstractNum w:abstractNumId="16079488">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61391431">
+    <w:lvl w:ilvl="0" w:tplc="81656051">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7325,55 +7325,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52326901">
-    <w:abstractNumId w:val="52326901"/>
+  <w:num w:numId="16079488">
+    <w:abstractNumId w:val="16079488"/>
   </w:num>
-  <w:num w:numId="52326902">
-    <w:abstractNumId w:val="52326902"/>
+  <w:num w:numId="16079489">
+    <w:abstractNumId w:val="16079489"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18923,51 +18923,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421858584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId330650291" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86706970077383fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId96776970077384025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId3257697007738474c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId7530697007738724f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId949869700773873ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId56556970077387661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId59306970077387809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId284469700773879fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98786970077387b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId5769697007738463c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5769697007738463c.jpg"/><Relationship Id="rId61686970077386423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61686970077386423.jpg"/><Relationship Id="rId5341697007738801b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5341697007738801b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId746651787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId968800518" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4380698abafcc0fde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId3945698abafcc1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId8662698abafcc1883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId1601698abafcc4678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId7223698abafcc47c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId7082698abafcc4a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId7319698abafcc4bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId9980698abafcc4d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1097698abafcc4ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId3635698abafcc172c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3635698abafcc172c.jpg"/><Relationship Id="rId8976698abafcc3985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8976698abafcc3985.jpg"/><Relationship Id="rId1968698abafcc52c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1968698abafcc52c4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>