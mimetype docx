--- v5 (2026-02-10)
+++ v6 (2026-03-02)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Del Guercio)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown citrus aphid, oriental black citrus aphid, tropical citrus aphid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4380698abafcc0fde" w:history="1">
+            <w:hyperlink r:id="rId807869a55f69a14b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3945698abafcc1057" w:history="1">
+            <w:hyperlink r:id="rId769069a55f69a151c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOXOCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79466949" name="name9837698abafcc172e" descr="1647.jpg"/>
+                  <wp:docPr id="67526448" name="name484269a55f69a1bb6" descr="1647.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1647.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3635698abafcc172c" cstate="print"/>
+                          <a:blip r:embed="rId375269a55f69a1bb4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8662698abafcc1883" w:history="1">
+            <w:hyperlink r:id="rId252269a55f69a1ce4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3262,63 +3262,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26346958" name="name2169698abafcc3989" descr="TOXOCI_distribution_map.jpg"/>
+            <wp:docPr id="84888786" name="name380069a55f69a3ae5" descr="TOXOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOXOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8976698abafcc3985" cstate="print"/>
+                    <a:blip r:embed="rId419569a55f69a3ae2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4916,51 +4916,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Blackman RL &amp; Eastop VF (2021) Aphids on the World’s plants. An online identification and information guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1601698abafcc4678" w:history="1">
+      <w:hyperlink r:id="rId637069a55f69a475d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphidsonworldsplants.info/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5122,51 +5122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5103, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7223698abafcc47c9" w:history="1">
+      <w:hyperlink r:id="rId621769a55f69a48aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5504,51 +5504,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 374–391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7082698abafcc4a25" w:history="1">
+      <w:hyperlink r:id="rId252869a55f69a4b02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5770,51 +5770,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32099. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7319698abafcc4bc9" w:history="1">
+      <w:hyperlink r:id="rId856769a55f69a4ca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep32099</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphis citricidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9980698abafcc4d92" w:history="1">
+      <w:hyperlink r:id="rId182069a55f69a4e6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6271,81 +6271,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1097698abafcc4ee3" w:history="1">
+      <w:hyperlink r:id="rId637569a55f69a4fcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02699.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46593303" name="name3556698abafcc52c5" descr="eu_funding_250.png"/>
+            <wp:docPr id="4040329" name="name375269a55f69a5056" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1968698abafcc52c4" cstate="print"/>
+                    <a:blip r:embed="rId717169a55f69a5055" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6443,137 +6443,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16079489">
+  <w:abstractNum w:abstractNumId="76310520">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55158691">
+    <w:lvl w:ilvl="0" w:tplc="68375968">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55158691" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68375968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55158691" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68375968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55158691" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68375968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55158691" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68375968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55158691" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68375968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55158691" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68375968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55158691" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68375968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55158691" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68375968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16079488">
+  <w:abstractNum w:abstractNumId="76310519">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81656051">
+    <w:lvl w:ilvl="0" w:tplc="52237063">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7325,55 +7325,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16079488">
-    <w:abstractNumId w:val="16079488"/>
+  <w:num w:numId="76310519">
+    <w:abstractNumId w:val="76310519"/>
   </w:num>
-  <w:num w:numId="16079489">
-    <w:abstractNumId w:val="16079489"/>
+  <w:num w:numId="76310520">
+    <w:abstractNumId w:val="76310520"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18923,51 +18923,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId746651787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId968800518" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4380698abafcc0fde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId3945698abafcc1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId8662698abafcc1883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId1601698abafcc4678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId7223698abafcc47c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId7082698abafcc4a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId7319698abafcc4bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId9980698abafcc4d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1097698abafcc4ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId3635698abafcc172c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3635698abafcc172c.jpg"/><Relationship Id="rId8976698abafcc3985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8976698abafcc3985.jpg"/><Relationship Id="rId1968698abafcc52c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1968698abafcc52c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934851019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId784815848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId807869a55f69a14b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId769069a55f69a151c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId252269a55f69a1ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId637069a55f69a475d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId621769a55f69a48aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId252869a55f69a4b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId856769a55f69a4ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId182069a55f69a4e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId637569a55f69a4fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId375269a55f69a1bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId375269a55f69a1bb4.jpg"/><Relationship Id="rId419569a55f69a3ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId419569a55f69a3ae2.jpg"/><Relationship Id="rId717169a55f69a5055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId717169a55f69a5055.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>