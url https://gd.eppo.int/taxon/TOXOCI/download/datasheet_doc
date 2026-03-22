--- v6 (2026-03-02)
+++ v7 (2026-03-22)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Del Guercio)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown citrus aphid, oriental black citrus aphid, tropical citrus aphid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId807869a55f69a14b4" w:history="1">
+            <w:hyperlink r:id="rId377069c01e64c37ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId769069a55f69a151c" w:history="1">
+            <w:hyperlink r:id="rId614169c01e64c3819" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOXOCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67526448" name="name484269a55f69a1bb6" descr="1647.jpg"/>
+                  <wp:docPr id="11050932" name="name615669c01e64c3db5" descr="1647.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1647.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId375269a55f69a1bb4" cstate="print"/>
+                          <a:blip r:embed="rId365569c01e64c3db4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId252269a55f69a1ce4" w:history="1">
+            <w:hyperlink r:id="rId945369c01e64c3e68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3262,63 +3262,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84888786" name="name380069a55f69a3ae5" descr="TOXOCI_distribution_map.jpg"/>
+            <wp:docPr id="66115361" name="name403969c01e64c5573" descr="TOXOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOXOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId419569a55f69a3ae2" cstate="print"/>
+                    <a:blip r:embed="rId321869c01e64c5571" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4916,51 +4916,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Blackman RL &amp; Eastop VF (2021) Aphids on the World’s plants. An online identification and information guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId637069a55f69a475d" w:history="1">
+      <w:hyperlink r:id="rId729669c01e64c5e0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphidsonworldsplants.info/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5122,51 +5122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5103, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621769a55f69a48aa" w:history="1">
+      <w:hyperlink r:id="rId704969c01e64c5ef7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5504,51 +5504,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 374–391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252869a55f69a4b02" w:history="1">
+      <w:hyperlink r:id="rId910069c01e64c60b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5770,51 +5770,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32099. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856769a55f69a4ca1" w:history="1">
+      <w:hyperlink r:id="rId914769c01e64c61db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep32099</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphis citricidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182069a55f69a4e6c" w:history="1">
+      <w:hyperlink r:id="rId505369c01e64c6322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6271,81 +6271,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId637569a55f69a4fcf" w:history="1">
+      <w:hyperlink r:id="rId402969c01e64c6426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02699.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4040329" name="name375269a55f69a5056" descr="eu_funding_250.png"/>
+            <wp:docPr id="44899080" name="name413369c01e64c6681" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId717169a55f69a5055" cstate="print"/>
+                    <a:blip r:embed="rId162669c01e64c667f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6443,137 +6443,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76310520">
+  <w:abstractNum w:abstractNumId="76194843">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68375968">
+    <w:lvl w:ilvl="0" w:tplc="15101888">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68375968" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15101888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68375968" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15101888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68375968" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15101888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68375968" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15101888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68375968" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15101888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68375968" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15101888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68375968" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15101888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68375968" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15101888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76310519">
+  <w:abstractNum w:abstractNumId="76194842">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52237063">
+    <w:lvl w:ilvl="0" w:tplc="74072394">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7325,55 +7325,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76310519">
-    <w:abstractNumId w:val="76310519"/>
+  <w:num w:numId="76194842">
+    <w:abstractNumId w:val="76194842"/>
   </w:num>
-  <w:num w:numId="76310520">
-    <w:abstractNumId w:val="76310520"/>
+  <w:num w:numId="76194843">
+    <w:abstractNumId w:val="76194843"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18923,51 +18923,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934851019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId784815848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId807869a55f69a14b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId769069a55f69a151c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId252269a55f69a1ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId637069a55f69a475d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId621769a55f69a48aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId252869a55f69a4b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId856769a55f69a4ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId182069a55f69a4e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId637569a55f69a4fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId375269a55f69a1bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId375269a55f69a1bb4.jpg"/><Relationship Id="rId419569a55f69a3ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId419569a55f69a3ae2.jpg"/><Relationship Id="rId717169a55f69a5055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId717169a55f69a5055.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId969741844" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345454311" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId377069c01e64c37ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/" TargetMode="External"/><Relationship Id="rId614169c01e64c3819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/categorization" TargetMode="External"/><Relationship Id="rId945369c01e64c3e68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOXOCI/photos" TargetMode="External"/><Relationship Id="rId729669c01e64c5e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphidsonworldsplants.info/" TargetMode="External"/><Relationship Id="rId704969c01e64c5ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5103" TargetMode="External"/><Relationship Id="rId910069c01e64c60b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12089" TargetMode="External"/><Relationship Id="rId914769c01e64c61db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep32099" TargetMode="External"/><Relationship Id="rId505369c01e64c6322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId402969c01e64c6426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02699.x" TargetMode="External"/><Relationship Id="rId365569c01e64c3db4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId365569c01e64c3db4.jpg"/><Relationship Id="rId321869c01e64c5571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId321869c01e64c5571.jpg"/><Relationship Id="rId162669c01e64c667f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId162669c01e64c667f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>