--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Hübner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean carnation leafroller, Mediterranean carnation tortrix, carnation leaf roller, carnation tortrix, carnation tortrix moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId652468e707e626e55" w:history="1">
+            <w:hyperlink r:id="rId9200691d3e6047cd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312268e707e626e9b" w:history="1">
+            <w:hyperlink r:id="rId3795691d3e6047d00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44117384" name="name124968e707e626f60" descr="12226.jpg"/>
+                  <wp:docPr id="60366097" name="name6655691d3e6048609" descr="12226.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12226.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId655168e707e626f5f" cstate="print"/>
+                          <a:blip r:embed="rId3727691d3e6048608" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId943268e707e62704b" w:history="1">
+            <w:hyperlink r:id="rId9415691d3e60486c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,63 +3465,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Mediterranean Region. Meijerman &amp; Ulenberg (2000) reported the pest as present throughout much of Europe (Italy (mainland, Sicily), France, Greece, Malta, the Netherlands, Poland, Spain, Switzerland, United Kingdom), Asia Minor (Israel, Turkey), and Northern Africa (Algeria, Libya, Morocco). It was unintentionally introduced to North America (British Columbia, California, Oregon, Washington).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94176043" name="name238068e707e6297f0" descr="TORTPR_distribution_map.jpg"/>
+            <wp:docPr id="17511450" name="name5674691d3e604a5d6" descr="TORTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId642168e707e6297ed" cstate="print"/>
+                    <a:blip r:embed="rId6390691d3e604a5d4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5251,51 +5251,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 439-454.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD (Biodiversity of Life Database) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836568e707e62a615" w:history="1">
+      <w:hyperlink r:id="rId6043691d3e604af40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5386,51 +5386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305868e707e62a6f4" w:history="1">
+      <w:hyperlink r:id="rId2490691d3e604afdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5445,51 +5445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2022) Carnation tortrix, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hübner. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685568e707e62a752" w:history="1">
+      <w:hyperlink r:id="rId4133691d3e604b022" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6646,51 +6646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pests of the Middle East (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316068e707e62aee6" w:history="1">
+      <w:hyperlink r:id="rId3948691d3e604b593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6850,51 +6850,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 279‒289.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2006) HOSTS - a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924668e707e62b04b" w:history="1">
+      <w:hyperlink r:id="rId2831691d3e604b67f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nhm.ac.uk/research-curation/projects/hostplants/#10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531768e707e62b40c" w:history="1">
+      <w:hyperlink r:id="rId7556691d3e604b925" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7672,90 +7672,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576568e707e62b572" w:history="1">
+      <w:hyperlink r:id="rId9638691d3e604ba21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01738.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99731485" name="name567568e707e62b5e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="10675009" name="name5798691d3e604ba8d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId379968e707e62b5e8" cstate="print"/>
+                    <a:blip r:embed="rId3677691d3e604ba8c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7853,137 +7853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33529440">
+  <w:abstractNum w:abstractNumId="20300310">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89908276">
+    <w:lvl w:ilvl="0" w:tplc="94823922">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89908276" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94823922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89908276" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94823922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89908276" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94823922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89908276" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94823922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89908276" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94823922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89908276" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94823922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89908276" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94823922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89908276" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94823922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33529439">
+  <w:abstractNum w:abstractNumId="20300309">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73554135">
+    <w:lvl w:ilvl="0" w:tplc="80753784">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8735,55 +8735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33529439">
-    <w:abstractNumId w:val="33529439"/>
+  <w:num w:numId="20300309">
+    <w:abstractNumId w:val="20300309"/>
   </w:num>
-  <w:num w:numId="33529440">
-    <w:abstractNumId w:val="33529440"/>
+  <w:num w:numId="20300310">
+    <w:abstractNumId w:val="20300310"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20333,51 +20333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId378448970" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId580339953" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId652468e707e626e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId312268e707e626e9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId943268e707e62704b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId836568e707e62a615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId305868e707e62a6f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId685568e707e62a752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId316068e707e62aee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId924668e707e62b04b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId531768e707e62b40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId576568e707e62b572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId655168e707e626f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId655168e707e626f5f.jpg"/><Relationship Id="rId642168e707e6297ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId642168e707e6297ed.jpg"/><Relationship Id="rId379968e707e62b5e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379968e707e62b5e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467960191" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761473102" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9200691d3e6047cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId3795691d3e6047d00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId9415691d3e60486c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId6043691d3e604af40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId2490691d3e604afdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId4133691d3e604b022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId3948691d3e604b593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId2831691d3e604b67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId7556691d3e604b925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9638691d3e604ba21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId3727691d3e6048608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3727691d3e6048608.jpg"/><Relationship Id="rId6390691d3e604a5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6390691d3e604a5d4.jpg"/><Relationship Id="rId3677691d3e604ba8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3677691d3e604ba8c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>