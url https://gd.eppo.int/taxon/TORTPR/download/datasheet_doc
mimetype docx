--- v1 (2025-11-19)
+++ v2 (2025-12-26)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Hübner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean carnation leafroller, Mediterranean carnation tortrix, carnation leaf roller, carnation tortrix, carnation tortrix moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9200691d3e6047cd0" w:history="1">
+            <w:hyperlink r:id="rId4414694e90ca5eec3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3795691d3e6047d00" w:history="1">
+            <w:hyperlink r:id="rId6151694e90ca5ef1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60366097" name="name6655691d3e6048609" descr="12226.jpg"/>
+                  <wp:docPr id="22539824" name="name4751694e90ca5f5c5" descr="12226.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12226.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3727691d3e6048608" cstate="print"/>
+                          <a:blip r:embed="rId5634694e90ca5f5c3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9415691d3e60486c9" w:history="1">
+            <w:hyperlink r:id="rId2934694e90ca5f6d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,63 +3465,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Mediterranean Region. Meijerman &amp; Ulenberg (2000) reported the pest as present throughout much of Europe (Italy (mainland, Sicily), France, Greece, Malta, the Netherlands, Poland, Spain, Switzerland, United Kingdom), Asia Minor (Israel, Turkey), and Northern Africa (Algeria, Libya, Morocco). It was unintentionally introduced to North America (British Columbia, California, Oregon, Washington).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17511450" name="name5674691d3e604a5d6" descr="TORTPR_distribution_map.jpg"/>
+            <wp:docPr id="79439822" name="name4430694e90ca619d7" descr="TORTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6390691d3e604a5d4" cstate="print"/>
+                    <a:blip r:embed="rId5589694e90ca619d4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5251,51 +5251,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 439-454.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD (Biodiversity of Life Database) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6043691d3e604af40" w:history="1">
+      <w:hyperlink r:id="rId1089694e90ca62777" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5386,51 +5386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2490691d3e604afdf" w:history="1">
+      <w:hyperlink r:id="rId1713694e90ca62853" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5445,51 +5445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2022) Carnation tortrix, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hübner. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4133691d3e604b022" w:history="1">
+      <w:hyperlink r:id="rId3023694e90ca628b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6646,51 +6646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pests of the Middle East (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3948691d3e604b593" w:history="1">
+      <w:hyperlink r:id="rId6353694e90ca63048" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6850,51 +6850,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 279‒289.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2006) HOSTS - a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2831691d3e604b67f" w:history="1">
+      <w:hyperlink r:id="rId8609694e90ca631a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nhm.ac.uk/research-curation/projects/hostplants/#10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7556691d3e604b925" w:history="1">
+      <w:hyperlink r:id="rId2818694e90ca63556" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7672,90 +7672,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9638691d3e604ba21" w:history="1">
+      <w:hyperlink r:id="rId4146694e90ca636bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01738.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10675009" name="name5798691d3e604ba8d" descr="eu_funding_250.png"/>
+            <wp:docPr id="43013104" name="name7321694e90ca63a5e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3677691d3e604ba8c" cstate="print"/>
+                    <a:blip r:embed="rId8081694e90ca63a5c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7853,137 +7853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20300310">
+  <w:abstractNum w:abstractNumId="76055494">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94823922">
+    <w:lvl w:ilvl="0" w:tplc="59577031">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94823922" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59577031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94823922" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59577031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94823922" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59577031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94823922" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59577031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94823922" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59577031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94823922" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59577031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94823922" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59577031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94823922" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59577031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20300309">
+  <w:abstractNum w:abstractNumId="76055493">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80753784">
+    <w:lvl w:ilvl="0" w:tplc="82436359">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8735,55 +8735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20300309">
-    <w:abstractNumId w:val="20300309"/>
+  <w:num w:numId="76055493">
+    <w:abstractNumId w:val="76055493"/>
   </w:num>
-  <w:num w:numId="20300310">
-    <w:abstractNumId w:val="20300310"/>
+  <w:num w:numId="76055494">
+    <w:abstractNumId w:val="76055494"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20333,51 +20333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467960191" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761473102" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9200691d3e6047cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId3795691d3e6047d00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId9415691d3e60486c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId6043691d3e604af40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId2490691d3e604afdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId4133691d3e604b022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId3948691d3e604b593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId2831691d3e604b67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId7556691d3e604b925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9638691d3e604ba21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId3727691d3e6048608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3727691d3e6048608.jpg"/><Relationship Id="rId6390691d3e604a5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6390691d3e604a5d4.jpg"/><Relationship Id="rId3677691d3e604ba8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3677691d3e604ba8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257849441" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969958245" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4414694e90ca5eec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId6151694e90ca5ef1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId2934694e90ca5f6d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId1089694e90ca62777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId1713694e90ca62853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId3023694e90ca628b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId6353694e90ca63048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId8609694e90ca631a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId2818694e90ca63556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4146694e90ca636bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId5634694e90ca5f5c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5634694e90ca5f5c3.jpg"/><Relationship Id="rId5589694e90ca619d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5589694e90ca619d4.jpg"/><Relationship Id="rId8081694e90ca63a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8081694e90ca63a5c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>