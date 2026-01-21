--- v2 (2025-12-26)
+++ v3 (2026-01-21)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Hübner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean carnation leafroller, Mediterranean carnation tortrix, carnation leaf roller, carnation tortrix, carnation tortrix moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4414694e90ca5eec3" w:history="1">
+            <w:hyperlink r:id="rId591069710b7cb22cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6151694e90ca5ef1b" w:history="1">
+            <w:hyperlink r:id="rId997269710b7cb2313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22539824" name="name4751694e90ca5f5c5" descr="12226.jpg"/>
+                  <wp:docPr id="15046874" name="name157569710b7cb2a2b" descr="12226.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12226.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5634694e90ca5f5c3" cstate="print"/>
+                          <a:blip r:embed="rId308569710b7cb2a28" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2934694e90ca5f6d4" w:history="1">
+            <w:hyperlink r:id="rId413969710b7cb2ba3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,105 +3465,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Mediterranean Region. Meijerman &amp; Ulenberg (2000) reported the pest as present throughout much of Europe (Italy (mainland, Sicily), France, Greece, Malta, the Netherlands, Poland, Spain, Switzerland, United Kingdom), Asia Minor (Israel, Turkey), and Northern Africa (Algeria, Libya, Morocco). It was unintentionally introduced to North America (British Columbia, California, Oregon, Washington).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79439822" name="name4430694e90ca619d7" descr="TORTPR_distribution_map.jpg"/>
+            <wp:docPr id="48306379" name="name562969710b7cb5e3a" descr="TORTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5589694e90ca619d4" cstate="print"/>
+                    <a:blip r:embed="rId458169710b7cb5e36" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Azerbaijan, Belgium, Bulgaria, Croatia, Cyprus, Denmark, France (mainland, Corse), Germany, Greece (mainland, Kriti), Guernsey, Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Lithuania, Luxembourg, Malta, Morocco, Netherlands, Portugal (mainland, Madeira), Romania, Russian Federation (the), Serbia, Slovenia, Spain (mainland, Islas Baleares), Sweden, Switzerland, Tunisia, Türkiye, United Kingdom (England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Azerbaijan, Belgium, Bulgaria, Croatia, Cyprus, Denmark, France (mainland, Corse), Germany, Greece (mainland, Kriti), Guernsey, Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Lithuania, Luxembourg, Malta, Morocco, Netherlands, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland, Islas Baleares), Sweden, Switzerland, Tunisia, Türkiye, United Kingdom (England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Libya, Morocco, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5251,51 +5251,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 439-454.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD (Biodiversity of Life Database) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1089694e90ca62777" w:history="1">
+      <w:hyperlink r:id="rId178769710b7cb7116" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5386,51 +5386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1713694e90ca62853" w:history="1">
+      <w:hyperlink r:id="rId577769710b7cb7220" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5445,51 +5445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2022) Carnation tortrix, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hübner. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3023694e90ca628b2" w:history="1">
+      <w:hyperlink r:id="rId514169710b7cb7281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6646,51 +6646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pests of the Middle East (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6353694e90ca63048" w:history="1">
+      <w:hyperlink r:id="rId342769710b7cb7a6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6850,51 +6850,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 279‒289.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2006) HOSTS - a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8609694e90ca631a0" w:history="1">
+      <w:hyperlink r:id="rId480069710b7cb7bb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nhm.ac.uk/research-curation/projects/hostplants/#10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7424,73 +7424,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2818694e90ca63556" w:history="1">
+      <w:hyperlink r:id="rId178369710b7cb8064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7672,90 +7672,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4146694e90ca636bb" w:history="1">
+      <w:hyperlink r:id="rId158569710b7cb81d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01738.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43013104" name="name7321694e90ca63a5e" descr="eu_funding_250.png"/>
+            <wp:docPr id="26907313" name="name487169710b7cb8277" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8081694e90ca63a5c" cstate="print"/>
+                    <a:blip r:embed="rId629769710b7cb8276" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7853,137 +7853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76055494">
+  <w:abstractNum w:abstractNumId="54610780">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59577031">
+    <w:lvl w:ilvl="0" w:tplc="44111407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59577031" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44111407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59577031" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44111407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59577031" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44111407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59577031" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44111407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59577031" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44111407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59577031" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44111407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59577031" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44111407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59577031" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44111407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76055493">
+  <w:abstractNum w:abstractNumId="54610779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82436359">
+    <w:lvl w:ilvl="0" w:tplc="79727344">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8735,55 +8735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76055493">
-    <w:abstractNumId w:val="76055493"/>
+  <w:num w:numId="54610779">
+    <w:abstractNumId w:val="54610779"/>
   </w:num>
-  <w:num w:numId="76055494">
-    <w:abstractNumId w:val="76055494"/>
+  <w:num w:numId="54610780">
+    <w:abstractNumId w:val="54610780"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20333,51 +20333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257849441" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969958245" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4414694e90ca5eec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId6151694e90ca5ef1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId2934694e90ca5f6d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId1089694e90ca62777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId1713694e90ca62853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId3023694e90ca628b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId6353694e90ca63048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId8609694e90ca631a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId2818694e90ca63556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4146694e90ca636bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId5634694e90ca5f5c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5634694e90ca5f5c3.jpg"/><Relationship Id="rId5589694e90ca619d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5589694e90ca619d4.jpg"/><Relationship Id="rId8081694e90ca63a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8081694e90ca63a5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId828184296" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId395881472" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId591069710b7cb22cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId997269710b7cb2313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId413969710b7cb2ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId178769710b7cb7116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId577769710b7cb7220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId514169710b7cb7281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId342769710b7cb7a6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId480069710b7cb7bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId178369710b7cb8064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId158569710b7cb81d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId308569710b7cb2a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308569710b7cb2a28.jpg"/><Relationship Id="rId458169710b7cb5e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458169710b7cb5e36.jpg"/><Relationship Id="rId629769710b7cb8276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId629769710b7cb8276.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>