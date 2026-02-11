--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Hübner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean carnation leafroller, Mediterranean carnation tortrix, carnation leaf roller, carnation tortrix, carnation tortrix moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId591069710b7cb22cd" w:history="1">
+            <w:hyperlink r:id="rId3265698c50adf3944" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId997269710b7cb2313" w:history="1">
+            <w:hyperlink r:id="rId1024698c50adf398b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15046874" name="name157569710b7cb2a2b" descr="12226.jpg"/>
+                  <wp:docPr id="71656984" name="name8692698c50adf3f93" descr="12226.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12226.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId308569710b7cb2a28" cstate="print"/>
+                          <a:blip r:embed="rId2736698c50adf3f91" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId413969710b7cb2ba3" w:history="1">
+            <w:hyperlink r:id="rId7605698c50adf4165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,105 +3465,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Mediterranean Region. Meijerman &amp; Ulenberg (2000) reported the pest as present throughout much of Europe (Italy (mainland, Sicily), France, Greece, Malta, the Netherlands, Poland, Spain, Switzerland, United Kingdom), Asia Minor (Israel, Turkey), and Northern Africa (Algeria, Libya, Morocco). It was unintentionally introduced to North America (British Columbia, California, Oregon, Washington).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48306379" name="name562969710b7cb5e3a" descr="TORTPR_distribution_map.jpg"/>
+            <wp:docPr id="93774254" name="name1059698c50ae01fa2" descr="TORTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId458169710b7cb5e36" cstate="print"/>
+                    <a:blip r:embed="rId4459698c50ae01f9e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Azerbaijan, Belgium, Bulgaria, Croatia, Cyprus, Denmark, France (mainland, Corse), Germany, Greece (mainland, Kriti), Guernsey, Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Lithuania, Luxembourg, Malta, Morocco, Netherlands, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland, Islas Baleares), Sweden, Switzerland, Tunisia, Türkiye, United Kingdom (England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Belgium, Bulgaria, Croatia, Cyprus, Denmark, France (mainland, Corse), Germany, Greece (mainland, Kriti), Guernsey, Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Lithuania, Luxembourg, Malta, Morocco, Netherlands, Portugal (mainland, Madeira), Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland, Islas Baleares), Sweden, Switzerland, Tunisia, Türkiye, United Kingdom (England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Libya, Morocco, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5251,51 +5251,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 439-454.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD (Biodiversity of Life Database) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178769710b7cb7116" w:history="1">
+      <w:hyperlink r:id="rId1546698c50ae02d3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5386,51 +5386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577769710b7cb7220" w:history="1">
+      <w:hyperlink r:id="rId5908698c50ae02e1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5445,51 +5445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2022) Carnation tortrix, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hübner. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514169710b7cb7281" w:history="1">
+      <w:hyperlink r:id="rId9862698c50ae02e7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6646,51 +6646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pests of the Middle East (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId342769710b7cb7a6a" w:history="1">
+      <w:hyperlink r:id="rId2758698c50ae0364c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6850,51 +6850,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 279‒289.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2006) HOSTS - a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480069710b7cb7bb6" w:history="1">
+      <w:hyperlink r:id="rId8751698c50ae0379a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nhm.ac.uk/research-curation/projects/hostplants/#10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178369710b7cb8064" w:history="1">
+      <w:hyperlink r:id="rId2827698c50ae03b5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7672,90 +7672,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158569710b7cb81d3" w:history="1">
+      <w:hyperlink r:id="rId4082698c50ae03cc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01738.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26907313" name="name487169710b7cb8277" descr="eu_funding_250.png"/>
+            <wp:docPr id="11296633" name="name9727698c50ae03d5d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId629769710b7cb8276" cstate="print"/>
+                    <a:blip r:embed="rId9600698c50ae03d5c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7853,137 +7853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54610780">
+  <w:abstractNum w:abstractNumId="80735046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44111407">
+    <w:lvl w:ilvl="0" w:tplc="68204152">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44111407" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68204152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44111407" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68204152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44111407" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68204152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44111407" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68204152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44111407" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68204152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44111407" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68204152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44111407" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68204152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44111407" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68204152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54610779">
+  <w:abstractNum w:abstractNumId="80735045">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79727344">
+    <w:lvl w:ilvl="0" w:tplc="98291550">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8735,55 +8735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54610779">
-    <w:abstractNumId w:val="54610779"/>
+  <w:num w:numId="80735045">
+    <w:abstractNumId w:val="80735045"/>
   </w:num>
-  <w:num w:numId="54610780">
-    <w:abstractNumId w:val="54610780"/>
+  <w:num w:numId="80735046">
+    <w:abstractNumId w:val="80735046"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20333,51 +20333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId828184296" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId395881472" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId591069710b7cb22cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId997269710b7cb2313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId413969710b7cb2ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId178769710b7cb7116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId577769710b7cb7220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId514169710b7cb7281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId342769710b7cb7a6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId480069710b7cb7bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId178369710b7cb8064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId158569710b7cb81d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId308569710b7cb2a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308569710b7cb2a28.jpg"/><Relationship Id="rId458169710b7cb5e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458169710b7cb5e36.jpg"/><Relationship Id="rId629769710b7cb8276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId629769710b7cb8276.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId765194724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId893114232" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3265698c50adf3944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId1024698c50adf398b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId7605698c50adf4165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId1546698c50ae02d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId5908698c50ae02e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId9862698c50ae02e7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId2758698c50ae0364c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId8751698c50ae0379a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId2827698c50ae03b5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4082698c50ae03cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId2736698c50adf3f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2736698c50adf3f91.jpg"/><Relationship Id="rId4459698c50ae01f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4459698c50ae01f9e.jpg"/><Relationship Id="rId9600698c50ae03d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9600698c50ae03d5c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>