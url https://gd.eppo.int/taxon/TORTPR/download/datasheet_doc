--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Hübner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean carnation leafroller, Mediterranean carnation tortrix, carnation leaf roller, carnation tortrix, carnation tortrix moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3265698c50adf3944" w:history="1">
+            <w:hyperlink r:id="rId809669a6dc50b3ecd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1024698c50adf398b" w:history="1">
+            <w:hyperlink r:id="rId633169a6dc50b3f15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71656984" name="name8692698c50adf3f93" descr="12226.jpg"/>
+                  <wp:docPr id="25750413" name="name366769a6dc50b46ab" descr="12226.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12226.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2736698c50adf3f91" cstate="print"/>
+                          <a:blip r:embed="rId705569a6dc50b46a9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7605698c50adf4165" w:history="1">
+            <w:hyperlink r:id="rId651669a6dc50b47f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2527,50 +2527,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leucospermum sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ligustrum lucidum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ligustrum sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malus domestica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3465,147 +3485,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Mediterranean Region. Meijerman &amp; Ulenberg (2000) reported the pest as present throughout much of Europe (Italy (mainland, Sicily), France, Greece, Malta, the Netherlands, Poland, Spain, Switzerland, United Kingdom), Asia Minor (Israel, Turkey), and Northern Africa (Algeria, Libya, Morocco). It was unintentionally introduced to North America (British Columbia, California, Oregon, Washington).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93774254" name="name1059698c50ae01fa2" descr="TORTPR_distribution_map.jpg"/>
+            <wp:docPr id="72108166" name="name349269a6dc50b6b5c" descr="TORTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4459698c50ae01f9e" cstate="print"/>
+                    <a:blip r:embed="rId113169a6dc50b6b58" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Belgium, Bulgaria, Croatia, Cyprus, Denmark, France (mainland, Corse), Germany, Greece (mainland, Kriti), Guernsey, Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Lithuania, Luxembourg, Malta, Morocco, Netherlands, Portugal (mainland, Madeira), Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland, Islas Baleares), Sweden, Switzerland, Tunisia, Türkiye, United Kingdom (England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Belgium, Bulgaria, Croatia, Cyprus, Denmark, France (mainland, Corse), Germany, Greece (mainland, Kriti), Guernsey, Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Jordan, Lithuania, Luxembourg, Malta, Morocco, Netherlands, Portugal (mainland, Madeira), Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland, Islas Baleares), Sweden, Switzerland, Tunisia, Türkiye, United Kingdom (England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Libya, Morocco, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Israel</w:t>
+        <w:t xml:space="preserve"> Israel, Jordan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (British Columbia), United States of America (Oregon, Washington)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5251,51 +5271,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 439-454.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD (Biodiversity of Life Database) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1546698c50ae02d3b" w:history="1">
+      <w:hyperlink r:id="rId167569a6dc50b7b4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5386,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5908698c50ae02e1b" w:history="1">
+      <w:hyperlink r:id="rId609869a6dc50b7c65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5445,51 +5465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2022) Carnation tortrix, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hübner. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9862698c50ae02e7a" w:history="1">
+      <w:hyperlink r:id="rId752769a6dc50b7cc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6646,51 +6666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pests of the Middle East (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2758698c50ae0364c" w:history="1">
+      <w:hyperlink r:id="rId429369a6dc50b856f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6850,51 +6870,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 279‒289.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2006) HOSTS - a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8751698c50ae0379a" w:history="1">
+      <w:hyperlink r:id="rId948869a6dc50b86e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nhm.ac.uk/research-curation/projects/hostplants/#10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2827698c50ae03b5b" w:history="1">
+      <w:hyperlink r:id="rId393069a6dc50b8b25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7672,90 +7692,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4082698c50ae03cc2" w:history="1">
+      <w:hyperlink r:id="rId637869a6dc50b8c9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01738.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11296633" name="name9727698c50ae03d5d" descr="eu_funding_250.png"/>
+            <wp:docPr id="18766548" name="name798869a6dc50b8d14" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9600698c50ae03d5c" cstate="print"/>
+                    <a:blip r:embed="rId609869a6dc50b8d12" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7853,137 +7873,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80735046">
+  <w:abstractNum w:abstractNumId="59610762">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68204152">
+    <w:lvl w:ilvl="0" w:tplc="81395828">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68204152" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81395828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68204152" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81395828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68204152" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81395828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68204152" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81395828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68204152" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81395828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68204152" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81395828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68204152" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81395828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68204152" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81395828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80735045">
+  <w:abstractNum w:abstractNumId="59610761">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98291550">
+    <w:lvl w:ilvl="0" w:tplc="94925843">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8735,55 +8755,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80735045">
-    <w:abstractNumId w:val="80735045"/>
+  <w:num w:numId="59610761">
+    <w:abstractNumId w:val="59610761"/>
   </w:num>
-  <w:num w:numId="80735046">
-    <w:abstractNumId w:val="80735046"/>
+  <w:num w:numId="59610762">
+    <w:abstractNumId w:val="59610762"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20333,51 +20353,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId765194724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId893114232" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3265698c50adf3944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId1024698c50adf398b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId7605698c50adf4165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId1546698c50ae02d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId5908698c50ae02e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId9862698c50ae02e7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId2758698c50ae0364c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId8751698c50ae0379a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId2827698c50ae03b5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4082698c50ae03cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId2736698c50adf3f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2736698c50adf3f91.jpg"/><Relationship Id="rId4459698c50ae01f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4459698c50ae01f9e.jpg"/><Relationship Id="rId9600698c50ae03d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9600698c50ae03d5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId684028932" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId105272510" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId809669a6dc50b3ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId633169a6dc50b3f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId651669a6dc50b47f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId167569a6dc50b7b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId609869a6dc50b7c65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId752769a6dc50b7cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId429369a6dc50b856f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId948869a6dc50b86e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId393069a6dc50b8b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId637869a6dc50b8c9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId705569a6dc50b46a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId705569a6dc50b46a9.jpg"/><Relationship Id="rId113169a6dc50b6b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId113169a6dc50b6b58.jpg"/><Relationship Id="rId609869a6dc50b8d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId609869a6dc50b8d12.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>