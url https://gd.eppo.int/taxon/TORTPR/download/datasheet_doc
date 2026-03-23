--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Hübner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean carnation leafroller, Mediterranean carnation tortrix, carnation leaf roller, carnation tortrix, carnation tortrix moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId809669a6dc50b3ecd" w:history="1">
+            <w:hyperlink r:id="rId716769c16a6c4df95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId633169a6dc50b3f15" w:history="1">
+            <w:hyperlink r:id="rId171969c16a6c4dfdd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25750413" name="name366769a6dc50b46ab" descr="12226.jpg"/>
+                  <wp:docPr id="84122138" name="name495969c16a6c4e5bd" descr="12226.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12226.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId705569a6dc50b46a9" cstate="print"/>
+                          <a:blip r:embed="rId947469c16a6c4e5bb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId651669a6dc50b47f3" w:history="1">
+            <w:hyperlink r:id="rId574569c16a6c4e6df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3485,63 +3485,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Mediterranean Region. Meijerman &amp; Ulenberg (2000) reported the pest as present throughout much of Europe (Italy (mainland, Sicily), France, Greece, Malta, the Netherlands, Poland, Spain, Switzerland, United Kingdom), Asia Minor (Israel, Turkey), and Northern Africa (Algeria, Libya, Morocco). It was unintentionally introduced to North America (British Columbia, California, Oregon, Washington).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72108166" name="name349269a6dc50b6b5c" descr="TORTPR_distribution_map.jpg"/>
+            <wp:docPr id="30447872" name="name347269c16a6c50ec4" descr="TORTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId113169a6dc50b6b58" cstate="print"/>
+                    <a:blip r:embed="rId474269c16a6c50ec0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5271,51 +5271,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 439-454.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD (Biodiversity of Life Database) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId167569a6dc50b7b4d" w:history="1">
+      <w:hyperlink r:id="rId259369c16a6c51c80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5406,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId609869a6dc50b7c65" w:history="1">
+      <w:hyperlink r:id="rId417569c16a6c51d5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5465,51 +5465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Food Inspection Agency (2022) Carnation tortrix, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hübner. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752769a6dc50b7cc9" w:history="1">
+      <w:hyperlink r:id="rId823669c16a6c51dba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6666,51 +6666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pests of the Middle East (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429369a6dc50b856f" w:history="1">
+      <w:hyperlink r:id="rId405169c16a6c52564" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6870,51 +6870,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 279‒289.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2006) HOSTS - a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948869a6dc50b86e7" w:history="1">
+      <w:hyperlink r:id="rId106469c16a6c526ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nhm.ac.uk/research-curation/projects/hostplants/#10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7466,51 +7466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacoecimorpha pronubana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393069a6dc50b8b25" w:history="1">
+      <w:hyperlink r:id="rId373469c16a6c52a62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7692,90 +7692,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId637869a6dc50b8c9b" w:history="1">
+      <w:hyperlink r:id="rId802469c16a6c52bc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01738.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18766548" name="name798869a6dc50b8d14" descr="eu_funding_250.png"/>
+            <wp:docPr id="46827116" name="name755469c16a6c52e70" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId609869a6dc50b8d12" cstate="print"/>
+                    <a:blip r:embed="rId143669c16a6c52e6f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7873,137 +7873,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59610762">
+  <w:abstractNum w:abstractNumId="41451490">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81395828">
+    <w:lvl w:ilvl="0" w:tplc="36858554">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81395828" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36858554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81395828" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36858554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81395828" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36858554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81395828" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36858554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81395828" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36858554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81395828" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36858554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81395828" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36858554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81395828" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36858554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59610761">
+  <w:abstractNum w:abstractNumId="41451489">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94925843">
+    <w:lvl w:ilvl="0" w:tplc="17300148">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8755,55 +8755,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59610761">
-    <w:abstractNumId w:val="59610761"/>
+  <w:num w:numId="41451489">
+    <w:abstractNumId w:val="41451489"/>
   </w:num>
-  <w:num w:numId="59610762">
-    <w:abstractNumId w:val="59610762"/>
+  <w:num w:numId="41451490">
+    <w:abstractNumId w:val="41451490"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20353,51 +20353,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId684028932" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId105272510" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId809669a6dc50b3ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId633169a6dc50b3f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId651669a6dc50b47f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId167569a6dc50b7b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId609869a6dc50b7c65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId752769a6dc50b7cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId429369a6dc50b856f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId948869a6dc50b86e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId393069a6dc50b8b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId637869a6dc50b8c9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId705569a6dc50b46a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId705569a6dc50b46a9.jpg"/><Relationship Id="rId113169a6dc50b6b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId113169a6dc50b6b58.jpg"/><Relationship Id="rId609869a6dc50b8d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId609869a6dc50b8d12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId563821410" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId883311939" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId716769c16a6c4df95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/" TargetMode="External"/><Relationship Id="rId171969c16a6c4dfdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/categorization" TargetMode="External"/><Relationship Id="rId574569c16a6c4e6df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORTPR/photos" TargetMode="External"/><Relationship Id="rId259369c16a6c51c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/" TargetMode="External"/><Relationship Id="rId417569c16a6c51d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.54205" TargetMode="External"/><Relationship Id="rId823669c16a6c51dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/insects/carnation-tortrix/eng/1666614271626/1666614272348" TargetMode="External"/><Relationship Id="rId405169c16a6c52564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agri.huji.ac.il/mepests/pest/Cacoecimorpha_pronubana/" TargetMode="External"/><Relationship Id="rId106469c16a6c526ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhm.ac.uk/research-curation/projects/hostplants/#10" TargetMode="External"/><Relationship Id="rId373469c16a6c52a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId802469c16a6c52bc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01738.x" TargetMode="External"/><Relationship Id="rId947469c16a6c4e5bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId947469c16a6c4e5bb.jpg"/><Relationship Id="rId474269c16a6c50ec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId474269c16a6c50ec0.jpg"/><Relationship Id="rId143669c16a6c52e6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId143669c16a6c52e6f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>