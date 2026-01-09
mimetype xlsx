--- v0 (2025-10-16)
+++ v1 (2026-01-09)
@@ -867,51 +867,51 @@
         <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17">
         <v>1992</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>29</v>
       </c>
       <c r="E18">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>29</v>
       </c>
       <c r="E19">
         <v>1975</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>