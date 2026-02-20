--- v1 (2026-01-09)
+++ v2 (2026-02-20)
@@ -119,51 +119,51 @@
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>A2 list</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>