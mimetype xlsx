--- v0 (2025-10-04)
+++ v1 (2026-03-10)
@@ -475,51 +475,52 @@
   <si>
     <t>RIBNI</t>
   </si>
   <si>
     <t>Ribes nigrum</t>
   </si>
   <si>
     <t>* Špak J, Koloniuk I, Tzanetakis IE (2021) Graft-transmissible diseases of Ribes–pathogens, impact, and control. Plant disease 105(2), 242-250.</t>
   </si>
   <si>
     <t>RIBRU</t>
   </si>
   <si>
     <t>Ribes rubrum</t>
   </si>
   <si>
     <t>* Špak J, Koloniuk I, Tzanetakis IE (2021) Graft-transmissible diseases of Ribes–pathogens, impact, and control. Plant Disease 105(2), 242-250.</t>
   </si>
   <si>
     <t>ROSSS</t>
   </si>
   <si>
     <t>Rosa sp.</t>
   </si>
   <si>
-    <t>* Sattary M, Rakhshanderoo F, Mozafari J (2015) First report of a mosaic disease caused by Tomato ringspot virus on rose and almond plants in Iran. Journal of Plant Pathology 97, 393.</t>
+    <t>* Cutler J, Langer J, von Bargen SV, Acosta-Losada O, Casierra-Posada F, Castañeda-Cárdenas A, Betancourt-Vásquez M, Cuellar W, Arvydas-Stasiukynas E, Altenbach D, Büttner C (2018) Preliminary evaluation of associated viruses in production systems of cape gooseberry, purple passion fruit, and rose. Revista Colombiana de Ciencias Hortícolas 12(2), 390-396. https://doi.org/10.17584/rcch.2018vl2i2.7799
+* Sattary M, Rakhshanderoo F, Mozafari J (2015) First report of a mosaic disease caused by Tomato ringspot virus on rose and almond plants in Iran. Journal of Plant Pathology 97, 393.</t>
   </si>
   <si>
     <t>RUBFR</t>
   </si>
   <si>
     <t>Rubus fruticosus</t>
   </si>
   <si>
     <t>* Sertkaya G (2010) Tomato ringspot nepovirus (ToRSV) in wild blackberry (Rubus fructicosus L) in Hatay province of Turkey. 21st International Conference on virus and other graft transmissible diseases of fruit crops (2009-07-05/10, Neustadt, DE). Julius-Kühn-Archiv no. 427, 201-205.</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Akdura N, Sevik M (2021) Investigation of Tomato ringspot virus (ToRSV) by real-time TaqMan RT-PCR in Hakkari Province, Turkey. Journal of Agricultural Sciences (Tarim Bilimleri Dergisi) 27(3), 335-340.
 * Moussa AB, Makni M, Marrakchi M (2000) Identification of the principal viruses infecting tomato crops in Tunisia. EPPO Bulletin 30(2), 293-296.</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
@@ -969,51 +970,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="336.061" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="475.313" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>