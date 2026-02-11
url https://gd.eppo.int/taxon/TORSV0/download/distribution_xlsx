--- v0 (2025-10-31)
+++ v1 (2026-02-11)
@@ -587,51 +587,51 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>