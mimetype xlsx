--- v1 (2026-02-11)
+++ v2 (2026-03-03)
@@ -1151,71 +1151,71 @@
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>