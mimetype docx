--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Winter peach mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> chlorosis mosaic of raspberry, chlorosis of pelargonium, crumbly fruit of raspberry, decline of raspberry, eola rasp leaf of cherry, ringspot of tomato, stem pitting of prunus, stub head of gladiolus, stunt of gladiolus, union necrosis of apple, yellow blotch curl of raspberry, yellow bud mosaic of peach, yellow vein of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId871568e69193bb1d4" w:history="1">
+            <w:hyperlink r:id="rId9228691c1312a84d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223668e69193bb242" w:history="1">
+            <w:hyperlink r:id="rId5962691c1312a8544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46771935" name="name157068e69193bb95a" descr="15190.jpg"/>
+                  <wp:docPr id="15043823" name="name2264691c1312a8eba" descr="15190.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15190.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId845468e69193bb958" cstate="print"/>
+                          <a:blip r:embed="rId3788691c1312a8eb8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId385868e69193bbabf" w:history="1">
+            <w:hyperlink r:id="rId2749691c1312a908d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2603,63 +2603,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelargonium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, imported from North America. Where virus occurrence is confirmed, it is often not clear which host is concerned, although it is agreed that ToRSV does not occur in fruit trees in the EPPO region. Older records based on the use of indicator plants should be considered with caution because they relate to a disease rather than a virus. ToRSV appears to have been eradicated in most of the EU countries based on recent surveys.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42743001" name="name360068e69193bd5f4" descr="TORSV0_distribution_map.jpg"/>
+            <wp:docPr id="34276895" name="name1253691c1312aac77" descr="TORSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId933768e69193bd5f1" cstate="print"/>
+                    <a:blip r:embed="rId1813691c1312aac74" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3766,51 +3766,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidance for the inspection of consignment of strawberry plants for planting, tomato seeds (EPPO, 2008b; 2021b), and apple, grapevine, strawberry and vegetable places of production (EPPO, 2017; 2018; 2021a; 2022) are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614168e69193be09d" w:history="1">
+      <w:hyperlink r:id="rId5428691c1312ab5f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TORSV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5190,51 +5190,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (2018) Department for Environment, Food &amp; Rural Affairs. Rapid Pest Risk Analysis (PRA) for Tomato ringspot virus (ToRSV). 1-24. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747868e69193bea0e" w:history="1">
+      <w:hyperlink r:id="rId3338691c1312abfa3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5920,51 +5920,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Official Journal of the European Union 02019R2072 EN 09.10.2023 013.001, 1 – 339. Lastly revised in 2023. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996568e69193beeb5" w:history="1">
+      <w:hyperlink r:id="rId2204691c1312ac47b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6244,51 +6244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984968e69193bf0b9" w:history="1">
+      <w:hyperlink r:id="rId8000691c1312ac6d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XIPHAM/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6363,51 +6363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus idaeus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> var. Amira) in response to infection by tomato ringspot virus (ToRSV). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliyon. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960268e69193bf17c" w:history="1">
+      <w:hyperlink r:id="rId9199691c1312ac7c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2020.e04518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8065,51 +8065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179168e69193bfd6a" w:history="1">
+      <w:hyperlink r:id="rId7175691c1312ad559" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8251,81 +8251,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 169-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529568e69193bfee6" w:history="1">
+      <w:hyperlink r:id="rId6288691c1312ad6a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97044472" name="name608968e69193bff7c" descr="eu_funding_250.png"/>
+            <wp:docPr id="52884746" name="name8936691c1312ad9a4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId364468e69193bff7b" cstate="print"/>
+                    <a:blip r:embed="rId8055691c1312ad9a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8423,137 +8423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55545310">
+  <w:abstractNum w:abstractNumId="76211345">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46570707">
+    <w:lvl w:ilvl="0" w:tplc="48706285">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46570707" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48706285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46570707" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48706285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46570707" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48706285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46570707" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48706285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46570707" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48706285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46570707" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48706285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46570707" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48706285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46570707" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48706285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55545309">
+  <w:abstractNum w:abstractNumId="76211344">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78469562">
+    <w:lvl w:ilvl="0" w:tplc="41133373">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9305,55 +9305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55545309">
-    <w:abstractNumId w:val="55545309"/>
+  <w:num w:numId="76211344">
+    <w:abstractNumId w:val="76211344"/>
   </w:num>
-  <w:num w:numId="55545310">
-    <w:abstractNumId w:val="55545310"/>
+  <w:num w:numId="76211345">
+    <w:abstractNumId w:val="76211345"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20903,51 +20903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId334753131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895132511" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId871568e69193bb1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId223668e69193bb242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId385868e69193bbabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId614168e69193be09d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId747868e69193bea0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId996568e69193beeb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId984968e69193bf0b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId960268e69193bf17c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId179168e69193bfd6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId529568e69193bfee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId845468e69193bb958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId845468e69193bb958.jpg"/><Relationship Id="rId933768e69193bd5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId933768e69193bd5f1.jpg"/><Relationship Id="rId364468e69193bff7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId364468e69193bff7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId770926267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556664045" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9228691c1312a84d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId5962691c1312a8544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId2749691c1312a908d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId5428691c1312ab5f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId3338691c1312abfa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId2204691c1312ac47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId8000691c1312ac6d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId9199691c1312ac7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId7175691c1312ad559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6288691c1312ad6a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId3788691c1312a8eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3788691c1312a8eb8.jpg"/><Relationship Id="rId1813691c1312aac74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1813691c1312aac74.jpg"/><Relationship Id="rId8055691c1312ad9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8055691c1312ad9a2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>