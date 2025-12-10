--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Winter peach mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> chlorosis mosaic of raspberry, chlorosis of pelargonium, crumbly fruit of raspberry, decline of raspberry, eola rasp leaf of cherry, ringspot of tomato, stem pitting of prunus, stub head of gladiolus, stunt of gladiolus, union necrosis of apple, yellow blotch curl of raspberry, yellow bud mosaic of peach, yellow vein of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9228691c1312a84d5" w:history="1">
+            <w:hyperlink r:id="rId200069399c5e8e4f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5962691c1312a8544" w:history="1">
+            <w:hyperlink r:id="rId867269399c5e8e560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15043823" name="name2264691c1312a8eba" descr="15190.jpg"/>
+                  <wp:docPr id="60220143" name="name867669399c5e8e630" descr="15190.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15190.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3788691c1312a8eb8" cstate="print"/>
+                          <a:blip r:embed="rId911669399c5e8e62e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2749691c1312a908d" w:history="1">
+            <w:hyperlink r:id="rId310769399c5e8e75c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2603,63 +2603,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelargonium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, imported from North America. Where virus occurrence is confirmed, it is often not clear which host is concerned, although it is agreed that ToRSV does not occur in fruit trees in the EPPO region. Older records based on the use of indicator plants should be considered with caution because they relate to a disease rather than a virus. ToRSV appears to have been eradicated in most of the EU countries based on recent surveys.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34276895" name="name1253691c1312aac77" descr="TORSV0_distribution_map.jpg"/>
+            <wp:docPr id="82022666" name="name153769399c5e90996" descr="TORSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1813691c1312aac74" cstate="print"/>
+                    <a:blip r:embed="rId963769399c5e90993" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3766,51 +3766,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidance for the inspection of consignment of strawberry plants for planting, tomato seeds (EPPO, 2008b; 2021b), and apple, grapevine, strawberry and vegetable places of production (EPPO, 2017; 2018; 2021a; 2022) are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5428691c1312ab5f3" w:history="1">
+      <w:hyperlink r:id="rId491069399c5e9133b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TORSV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5190,51 +5190,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (2018) Department for Environment, Food &amp; Rural Affairs. Rapid Pest Risk Analysis (PRA) for Tomato ringspot virus (ToRSV). 1-24. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3338691c1312abfa3" w:history="1">
+      <w:hyperlink r:id="rId921369399c5e91cdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5920,51 +5920,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Official Journal of the European Union 02019R2072 EN 09.10.2023 013.001, 1 – 339. Lastly revised in 2023. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2204691c1312ac47b" w:history="1">
+      <w:hyperlink r:id="rId150669399c5e9218d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6244,51 +6244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8000691c1312ac6d8" w:history="1">
+      <w:hyperlink r:id="rId583769399c5e92398" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XIPHAM/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6363,51 +6363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus idaeus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> var. Amira) in response to infection by tomato ringspot virus (ToRSV). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliyon. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9199691c1312ac7c8" w:history="1">
+      <w:hyperlink r:id="rId203269399c5e9245e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2020.e04518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8065,51 +8065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7175691c1312ad559" w:history="1">
+      <w:hyperlink r:id="rId387069399c5e92f56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8251,81 +8251,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 169-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6288691c1312ad6a7" w:history="1">
+      <w:hyperlink r:id="rId111169399c5e93086" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52884746" name="name8936691c1312ad9a4" descr="eu_funding_250.png"/>
+            <wp:docPr id="90405445" name="name448669399c5e93108" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8055691c1312ad9a2" cstate="print"/>
+                    <a:blip r:embed="rId458369399c5e93107" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8423,137 +8423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76211345">
+  <w:abstractNum w:abstractNumId="69532969">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48706285">
+    <w:lvl w:ilvl="0" w:tplc="46791463">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48706285" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46791463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48706285" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46791463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48706285" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46791463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48706285" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46791463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48706285" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46791463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48706285" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46791463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48706285" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46791463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48706285" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46791463" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76211344">
+  <w:abstractNum w:abstractNumId="69532968">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41133373">
+    <w:lvl w:ilvl="0" w:tplc="14463487">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9305,55 +9305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76211344">
-    <w:abstractNumId w:val="76211344"/>
+  <w:num w:numId="69532968">
+    <w:abstractNumId w:val="69532968"/>
   </w:num>
-  <w:num w:numId="76211345">
-    <w:abstractNumId w:val="76211345"/>
+  <w:num w:numId="69532969">
+    <w:abstractNumId w:val="69532969"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20903,51 +20903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId770926267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556664045" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9228691c1312a84d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId5962691c1312a8544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId2749691c1312a908d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId5428691c1312ab5f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId3338691c1312abfa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId2204691c1312ac47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId8000691c1312ac6d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId9199691c1312ac7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId7175691c1312ad559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6288691c1312ad6a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId3788691c1312a8eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3788691c1312a8eb8.jpg"/><Relationship Id="rId1813691c1312aac74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1813691c1312aac74.jpg"/><Relationship Id="rId8055691c1312ad9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8055691c1312ad9a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId433111423" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId901585734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId200069399c5e8e4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId867269399c5e8e560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId310769399c5e8e75c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId491069399c5e9133b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId921369399c5e91cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId150669399c5e9218d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId583769399c5e92398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId203269399c5e9245e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId387069399c5e92f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId111169399c5e93086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId911669399c5e8e62e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911669399c5e8e62e.jpg"/><Relationship Id="rId963769399c5e90993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId963769399c5e90993.jpg"/><Relationship Id="rId458369399c5e93107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458369399c5e93107.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>