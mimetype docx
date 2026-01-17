--- v2 (2025-12-10)
+++ v3 (2026-01-17)
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Winter peach mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> chlorosis mosaic of raspberry, chlorosis of pelargonium, crumbly fruit of raspberry, decline of raspberry, eola rasp leaf of cherry, ringspot of tomato, stem pitting of prunus, stub head of gladiolus, stunt of gladiolus, union necrosis of apple, yellow blotch curl of raspberry, yellow bud mosaic of peach, yellow vein of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200069399c5e8e4f6" w:history="1">
+            <w:hyperlink r:id="rId4161696b365a48b86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId867269399c5e8e560" w:history="1">
+            <w:hyperlink r:id="rId3616696b365a48bee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60220143" name="name867669399c5e8e630" descr="15190.jpg"/>
+                  <wp:docPr id="78197494" name="name1090696b365a4948a" descr="15190.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15190.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId911669399c5e8e62e" cstate="print"/>
+                          <a:blip r:embed="rId1494696b365a49488" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId310769399c5e8e75c" w:history="1">
+            <w:hyperlink r:id="rId4510696b365a495b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2603,63 +2603,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelargonium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, imported from North America. Where virus occurrence is confirmed, it is often not clear which host is concerned, although it is agreed that ToRSV does not occur in fruit trees in the EPPO region. Older records based on the use of indicator plants should be considered with caution because they relate to a disease rather than a virus. ToRSV appears to have been eradicated in most of the EU countries based on recent surveys.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82022666" name="name153769399c5e90996" descr="TORSV0_distribution_map.jpg"/>
+            <wp:docPr id="87796318" name="name4101696b365a4b08f" descr="TORSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId963769399c5e90993" cstate="print"/>
+                    <a:blip r:embed="rId1112696b365a4b08b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3766,51 +3766,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidance for the inspection of consignment of strawberry plants for planting, tomato seeds (EPPO, 2008b; 2021b), and apple, grapevine, strawberry and vegetable places of production (EPPO, 2017; 2018; 2021a; 2022) are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491069399c5e9133b" w:history="1">
+      <w:hyperlink r:id="rId6993696b365a4b9bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TORSV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5190,51 +5190,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (2018) Department for Environment, Food &amp; Rural Affairs. Rapid Pest Risk Analysis (PRA) for Tomato ringspot virus (ToRSV). 1-24. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921369399c5e91cdb" w:history="1">
+      <w:hyperlink r:id="rId5534696b365a4c2d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5920,51 +5920,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Official Journal of the European Union 02019R2072 EN 09.10.2023 013.001, 1 – 339. Lastly revised in 2023. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150669399c5e9218d" w:history="1">
+      <w:hyperlink r:id="rId9868696b365a4c765" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6244,51 +6244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583769399c5e92398" w:history="1">
+      <w:hyperlink r:id="rId5025696b365a4c960" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XIPHAM/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6363,51 +6363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus idaeus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> var. Amira) in response to infection by tomato ringspot virus (ToRSV). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliyon. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203269399c5e9245e" w:history="1">
+      <w:hyperlink r:id="rId9337696b365a4ca20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2020.e04518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8043,73 +8043,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387069399c5e92f56" w:history="1">
+      <w:hyperlink r:id="rId1547696b365a4d4c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8251,81 +8251,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 169-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111169399c5e93086" w:history="1">
+      <w:hyperlink r:id="rId1453696b365a4d5f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90405445" name="name448669399c5e93108" descr="eu_funding_250.png"/>
+            <wp:docPr id="88842711" name="name5130696b365a4d675" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId458369399c5e93107" cstate="print"/>
+                    <a:blip r:embed="rId5078696b365a4d674" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8423,137 +8423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69532969">
+  <w:abstractNum w:abstractNumId="97765987">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46791463">
+    <w:lvl w:ilvl="0" w:tplc="35618658">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46791463" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35618658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46791463" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35618658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46791463" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35618658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46791463" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35618658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46791463" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35618658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46791463" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35618658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46791463" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35618658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46791463" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35618658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69532968">
+  <w:abstractNum w:abstractNumId="97765986">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14463487">
+    <w:lvl w:ilvl="0" w:tplc="74047601">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9305,55 +9305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69532968">
-    <w:abstractNumId w:val="69532968"/>
+  <w:num w:numId="97765986">
+    <w:abstractNumId w:val="97765986"/>
   </w:num>
-  <w:num w:numId="69532969">
-    <w:abstractNumId w:val="69532969"/>
+  <w:num w:numId="97765987">
+    <w:abstractNumId w:val="97765987"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20903,51 +20903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId433111423" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId901585734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId200069399c5e8e4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId867269399c5e8e560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId310769399c5e8e75c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId491069399c5e9133b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId921369399c5e91cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId150669399c5e9218d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId583769399c5e92398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId203269399c5e9245e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId387069399c5e92f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId111169399c5e93086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId911669399c5e8e62e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911669399c5e8e62e.jpg"/><Relationship Id="rId963769399c5e90993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId963769399c5e90993.jpg"/><Relationship Id="rId458369399c5e93107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458369399c5e93107.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId872869146" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId722775055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4161696b365a48b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId3616696b365a48bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId4510696b365a495b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId6993696b365a4b9bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId5534696b365a4c2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId9868696b365a4c765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId5025696b365a4c960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId9337696b365a4ca20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId1547696b365a4d4c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1453696b365a4d5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId1494696b365a49488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1494696b365a49488.jpg"/><Relationship Id="rId1112696b365a4b08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1112696b365a4b08b.jpg"/><Relationship Id="rId5078696b365a4d674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5078696b365a4d674.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>