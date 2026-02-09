--- v3 (2026-01-17)
+++ v4 (2026-02-09)
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Winter peach mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> chlorosis mosaic of raspberry, chlorosis of pelargonium, crumbly fruit of raspberry, decline of raspberry, eola rasp leaf of cherry, ringspot of tomato, stem pitting of prunus, stub head of gladiolus, stunt of gladiolus, union necrosis of apple, yellow blotch curl of raspberry, yellow bud mosaic of peach, yellow vein of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4161696b365a48b86" w:history="1">
+            <w:hyperlink r:id="rId50876989ead2ad16a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -449,53 +449,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3616696b365a48bee" w:history="1">
+            <w:hyperlink r:id="rId93886989ead2ad1d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78197494" name="name1090696b365a4948a" descr="15190.jpg"/>
+                  <wp:docPr id="71072671" name="name40396989ead2ad595" descr="15190.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15190.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1494696b365a49488" cstate="print"/>
+                          <a:blip r:embed="rId65906989ead2ad593" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4510696b365a495b9" w:history="1">
+            <w:hyperlink r:id="rId25446989ead2ad70a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2603,105 +2603,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelargonium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, imported from North America. Where virus occurrence is confirmed, it is often not clear which host is concerned, although it is agreed that ToRSV does not occur in fruit trees in the EPPO region. Older records based on the use of indicator plants should be considered with caution because they relate to a disease rather than a virus. ToRSV appears to have been eradicated in most of the EU countries based on recent surveys.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87796318" name="name4101696b365a4b08f" descr="TORSV0_distribution_map.jpg"/>
+            <wp:docPr id="67201438" name="name67486989ead2aef2e" descr="TORSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1112696b365a4b08b" cstate="print"/>
+                    <a:blip r:embed="rId55036989ead2aef2c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belarus, Belgium, Croatia, France (mainland), Jordan, Netherlands, Poland, Russian Federation (the) (Central Russia, Far East), Slovakia, Türkiye, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Belarus, Belgium, Croatia, France (mainland), Jordan, Netherlands, Poland, Russian Federation (Central Russia, Far East), Slovakia, Türkiye, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Nigeria, Togo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3766,51 +3766,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidance for the inspection of consignment of strawberry plants for planting, tomato seeds (EPPO, 2008b; 2021b), and apple, grapevine, strawberry and vegetable places of production (EPPO, 2017; 2018; 2021a; 2022) are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6993696b365a4b9bb" w:history="1">
+      <w:hyperlink r:id="rId61076989ead2af876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TORSV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5190,51 +5190,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (2018) Department for Environment, Food &amp; Rural Affairs. Rapid Pest Risk Analysis (PRA) for Tomato ringspot virus (ToRSV). 1-24. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5534696b365a4c2d0" w:history="1">
+      <w:hyperlink r:id="rId65356989ead2b01cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5920,51 +5920,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Official Journal of the European Union 02019R2072 EN 09.10.2023 013.001, 1 – 339. Lastly revised in 2023. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9868696b365a4c765" w:history="1">
+      <w:hyperlink r:id="rId82336989ead2b065d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6244,51 +6244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5025696b365a4c960" w:history="1">
+      <w:hyperlink r:id="rId54136989ead2b0874" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XIPHAM/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6363,51 +6363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus idaeus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> var. Amira) in response to infection by tomato ringspot virus (ToRSV). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliyon. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9337696b365a4ca20" w:history="1">
+      <w:hyperlink r:id="rId15456989ead2b0938" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2020.e04518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8065,51 +8065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1547696b365a4d4c6" w:history="1">
+      <w:hyperlink r:id="rId47486989ead2b1412" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8251,81 +8251,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 169-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1453696b365a4d5f1" w:history="1">
+      <w:hyperlink r:id="rId36246989ead2b1541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88842711" name="name5130696b365a4d675" descr="eu_funding_250.png"/>
+            <wp:docPr id="77811116" name="name71986989ead2b1590" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5078696b365a4d674" cstate="print"/>
+                    <a:blip r:embed="rId57156989ead2b158f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8423,137 +8423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97765987">
+  <w:abstractNum w:abstractNumId="22977063">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35618658">
+    <w:lvl w:ilvl="0" w:tplc="81139830">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35618658" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81139830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35618658" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81139830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35618658" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81139830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35618658" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81139830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35618658" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81139830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35618658" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81139830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35618658" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81139830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35618658" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81139830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97765986">
+  <w:abstractNum w:abstractNumId="22977062">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74047601">
+    <w:lvl w:ilvl="0" w:tplc="77184259">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9305,55 +9305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97765986">
-    <w:abstractNumId w:val="97765986"/>
+  <w:num w:numId="22977062">
+    <w:abstractNumId w:val="22977062"/>
   </w:num>
-  <w:num w:numId="97765987">
-    <w:abstractNumId w:val="97765987"/>
+  <w:num w:numId="22977063">
+    <w:abstractNumId w:val="22977063"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20903,51 +20903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId872869146" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId722775055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4161696b365a48b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId3616696b365a48bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId4510696b365a495b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId6993696b365a4b9bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId5534696b365a4c2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId9868696b365a4c765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId5025696b365a4c960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId9337696b365a4ca20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId1547696b365a4d4c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1453696b365a4d5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId1494696b365a49488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1494696b365a49488.jpg"/><Relationship Id="rId1112696b365a4b08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1112696b365a4b08b.jpg"/><Relationship Id="rId5078696b365a4d674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5078696b365a4d674.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId971050337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId552680990" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50876989ead2ad16a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId93886989ead2ad1d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId25446989ead2ad70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId61076989ead2af876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId65356989ead2b01cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId82336989ead2b065d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId54136989ead2b0874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId15456989ead2b0938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId47486989ead2b1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36246989ead2b1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId65906989ead2ad593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65906989ead2ad593.jpg"/><Relationship Id="rId55036989ead2aef2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55036989ead2aef2c.jpg"/><Relationship Id="rId57156989ead2b158f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57156989ead2b158f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>