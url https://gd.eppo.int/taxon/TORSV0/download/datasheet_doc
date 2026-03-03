--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Winter peach mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> chlorosis mosaic of raspberry, chlorosis of pelargonium, crumbly fruit of raspberry, decline of raspberry, eola rasp leaf of cherry, ringspot of tomato, stem pitting of prunus, stub head of gladiolus, stunt of gladiolus, union necrosis of apple, yellow blotch curl of raspberry, yellow bud mosaic of peach, yellow vein of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50876989ead2ad16a" w:history="1">
+            <w:hyperlink r:id="rId134169a67293c2e8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93886989ead2ad1d3" w:history="1">
+            <w:hyperlink r:id="rId354369a67293c2efb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71072671" name="name40396989ead2ad595" descr="15190.jpg"/>
+                  <wp:docPr id="30018309" name="name850369a67293c342e" descr="15190.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15190.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId65906989ead2ad593" cstate="print"/>
+                          <a:blip r:embed="rId730869a67293c342c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId25446989ead2ad70a" w:history="1">
+            <w:hyperlink r:id="rId507569a67293c3555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2603,63 +2603,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelargonium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, imported from North America. Where virus occurrence is confirmed, it is often not clear which host is concerned, although it is agreed that ToRSV does not occur in fruit trees in the EPPO region. Older records based on the use of indicator plants should be considered with caution because they relate to a disease rather than a virus. ToRSV appears to have been eradicated in most of the EU countries based on recent surveys.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67201438" name="name67486989ead2aef2e" descr="TORSV0_distribution_map.jpg"/>
+            <wp:docPr id="13520314" name="name458669a67293c4da0" descr="TORSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55036989ead2aef2c" cstate="print"/>
+                    <a:blip r:embed="rId636869a67293c4d9d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2762,51 +2762,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Puerto Rico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brazil (Rio Grande do Sul), Chile, Colombia, Peru, Venezuela</w:t>
+        <w:t xml:space="preserve"> Chile, Colombia, Peru, Venezuela</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fiji, New Zealand</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3766,51 +3766,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidance for the inspection of consignment of strawberry plants for planting, tomato seeds (EPPO, 2008b; 2021b), and apple, grapevine, strawberry and vegetable places of production (EPPO, 2017; 2018; 2021a; 2022) are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61076989ead2af876" w:history="1">
+      <w:hyperlink r:id="rId423069a67293c56c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TORSV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5190,51 +5190,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (2018) Department for Environment, Food &amp; Rural Affairs. Rapid Pest Risk Analysis (PRA) for Tomato ringspot virus (ToRSV). 1-24. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65356989ead2b01cf" w:history="1">
+      <w:hyperlink r:id="rId589069a67293c604a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5920,51 +5920,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Official Journal of the European Union 02019R2072 EN 09.10.2023 013.001, 1 – 339. Lastly revised in 2023. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82336989ead2b065d" w:history="1">
+      <w:hyperlink r:id="rId528169a67293c6511" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6244,51 +6244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54136989ead2b0874" w:history="1">
+      <w:hyperlink r:id="rId310269a67293c6715" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XIPHAM/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6363,51 +6363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus idaeus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> var. Amira) in response to infection by tomato ringspot virus (ToRSV). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliyon. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15456989ead2b0938" w:history="1">
+      <w:hyperlink r:id="rId462269a67293c67eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2020.e04518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8065,51 +8065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47486989ead2b1412" w:history="1">
+      <w:hyperlink r:id="rId795169a67293c73ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8251,81 +8251,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 169-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36246989ead2b1541" w:history="1">
+      <w:hyperlink r:id="rId949069a67293c74de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77811116" name="name71986989ead2b1590" descr="eu_funding_250.png"/>
+            <wp:docPr id="82591705" name="name606569a67293c756a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57156989ead2b158f" cstate="print"/>
+                    <a:blip r:embed="rId864569a67293c7569" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8423,137 +8423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22977063">
+  <w:abstractNum w:abstractNumId="50948825">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81139830">
+    <w:lvl w:ilvl="0" w:tplc="41109361">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81139830" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41109361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81139830" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41109361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81139830" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41109361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81139830" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41109361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81139830" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41109361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81139830" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41109361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81139830" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41109361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81139830" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41109361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22977062">
+  <w:abstractNum w:abstractNumId="50948824">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77184259">
+    <w:lvl w:ilvl="0" w:tplc="13063807">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9305,55 +9305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22977062">
-    <w:abstractNumId w:val="22977062"/>
+  <w:num w:numId="50948824">
+    <w:abstractNumId w:val="50948824"/>
   </w:num>
-  <w:num w:numId="22977063">
-    <w:abstractNumId w:val="22977063"/>
+  <w:num w:numId="50948825">
+    <w:abstractNumId w:val="50948825"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20903,51 +20903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId971050337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId552680990" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50876989ead2ad16a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId93886989ead2ad1d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId25446989ead2ad70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId61076989ead2af876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId65356989ead2b01cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId82336989ead2b065d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId54136989ead2b0874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId15456989ead2b0938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId47486989ead2b1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36246989ead2b1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId65906989ead2ad593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65906989ead2ad593.jpg"/><Relationship Id="rId55036989ead2aef2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55036989ead2aef2c.jpg"/><Relationship Id="rId57156989ead2b158f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57156989ead2b158f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId264653786" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId468930376" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId134169a67293c2e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId354369a67293c2efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId507569a67293c3555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId423069a67293c56c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId589069a67293c604a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId528169a67293c6511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId310269a67293c6715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId462269a67293c67eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId795169a67293c73ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId949069a67293c74de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId730869a67293c342c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730869a67293c342c.jpg"/><Relationship Id="rId636869a67293c4d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636869a67293c4d9d.jpg"/><Relationship Id="rId864569a67293c7569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId864569a67293c7569.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>