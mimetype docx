--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve">Winter peach mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> chlorosis mosaic of raspberry, chlorosis of pelargonium, crumbly fruit of raspberry, decline of raspberry, eola rasp leaf of cherry, ringspot of tomato, stem pitting of prunus, stub head of gladiolus, stunt of gladiolus, union necrosis of apple, yellow blotch curl of raspberry, yellow bud mosaic of peach, yellow vein of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134169a67293c2e8e" w:history="1">
+            <w:hyperlink r:id="rId988769c15bfcd9dc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354369a67293c2efb" w:history="1">
+            <w:hyperlink r:id="rId989769c15bfcd9e41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TORSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30018309" name="name850369a67293c342e" descr="15190.jpg"/>
+                  <wp:docPr id="96024626" name="name919969c15bfcda45a" descr="15190.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15190.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId730869a67293c342c" cstate="print"/>
+                          <a:blip r:embed="rId215369c15bfcda459" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId507569a67293c3555" w:history="1">
+            <w:hyperlink r:id="rId271669c15bfcda58c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2603,63 +2603,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelargonium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, imported from North America. Where virus occurrence is confirmed, it is often not clear which host is concerned, although it is agreed that ToRSV does not occur in fruit trees in the EPPO region. Older records based on the use of indicator plants should be considered with caution because they relate to a disease rather than a virus. ToRSV appears to have been eradicated in most of the EU countries based on recent surveys.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13520314" name="name458669a67293c4da0" descr="TORSV0_distribution_map.jpg"/>
+            <wp:docPr id="12151713" name="name416369c15bfcdc570" descr="TORSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TORSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId636869a67293c4d9d" cstate="print"/>
+                    <a:blip r:embed="rId725669c15bfcdc56d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3766,51 +3766,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidance for the inspection of consignment of strawberry plants for planting, tomato seeds (EPPO, 2008b; 2021b), and apple, grapevine, strawberry and vegetable places of production (EPPO, 2017; 2018; 2021a; 2022) are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423069a67293c56c9" w:history="1">
+      <w:hyperlink r:id="rId335669c15bfcdd0ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TORSV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5190,51 +5190,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (2018) Department for Environment, Food &amp; Rural Affairs. Rapid Pest Risk Analysis (PRA) for Tomato ringspot virus (ToRSV). 1-24. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589069a67293c604a" w:history="1">
+      <w:hyperlink r:id="rId567169c15bfcddb41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5920,51 +5920,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Official Journal of the European Union 02019R2072 EN 09.10.2023 013.001, 1 – 339. Lastly revised in 2023. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528169a67293c6511" w:history="1">
+      <w:hyperlink r:id="rId696369c15bfcde256" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6244,51 +6244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310269a67293c6715" w:history="1">
+      <w:hyperlink r:id="rId747569c15bfcde45f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XIPHAM/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6363,51 +6363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubus idaeus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> var. Amira) in response to infection by tomato ringspot virus (ToRSV). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliyon. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462269a67293c67eb" w:history="1">
+      <w:hyperlink r:id="rId890569c15bfcde523" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2020.e04518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8065,51 +8065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId795169a67293c73ac" w:history="1">
+      <w:hyperlink r:id="rId347669c15bfce0096" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8251,81 +8251,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 169-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949069a67293c74de" w:history="1">
+      <w:hyperlink r:id="rId151669c15bfce01cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82591705" name="name606569a67293c756a" descr="eu_funding_250.png"/>
+            <wp:docPr id="32430502" name="name199869c15bfce197f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId864569a67293c7569" cstate="print"/>
+                    <a:blip r:embed="rId855369c15bfce197c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8423,137 +8423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50948825">
+  <w:abstractNum w:abstractNumId="70578086">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41109361">
+    <w:lvl w:ilvl="0" w:tplc="84936970">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41109361" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84936970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41109361" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84936970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41109361" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84936970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41109361" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84936970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41109361" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84936970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41109361" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84936970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41109361" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84936970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41109361" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84936970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50948824">
+  <w:abstractNum w:abstractNumId="70578085">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13063807">
+    <w:lvl w:ilvl="0" w:tplc="22200271">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9305,55 +9305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50948824">
-    <w:abstractNumId w:val="50948824"/>
+  <w:num w:numId="70578085">
+    <w:abstractNumId w:val="70578085"/>
   </w:num>
-  <w:num w:numId="50948825">
-    <w:abstractNumId w:val="50948825"/>
+  <w:num w:numId="70578086">
+    <w:abstractNumId w:val="70578086"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20903,51 +20903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId264653786" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId468930376" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId134169a67293c2e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId354369a67293c2efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId507569a67293c3555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId423069a67293c56c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId589069a67293c604a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId528169a67293c6511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId310269a67293c6715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId462269a67293c67eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId795169a67293c73ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId949069a67293c74de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId730869a67293c342c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730869a67293c342c.jpg"/><Relationship Id="rId636869a67293c4d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636869a67293c4d9d.jpg"/><Relationship Id="rId864569a67293c7569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId864569a67293c7569.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId338925973" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId387854526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId988769c15bfcd9dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/" TargetMode="External"/><Relationship Id="rId989769c15bfcd9e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/categorization" TargetMode="External"/><Relationship Id="rId271669c15bfcda58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/photos" TargetMode="External"/><Relationship Id="rId335669c15bfcdd0ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TORSV0/documents" TargetMode="External"/><Relationship Id="rId567169c15bfcddb41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/pras/ToRSV-PRA4.pdf" TargetMode="External"/><Relationship Id="rId696369c15bfcde256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:02019R2072-20231009" TargetMode="External"/><Relationship Id="rId747569c15bfcde45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/datasheet" TargetMode="External"/><Relationship Id="rId890569c15bfcde523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2020.e04518" TargetMode="External"/><Relationship Id="rId347669c15bfce0096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId151669c15bfce01cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01972.x" TargetMode="External"/><Relationship Id="rId215369c15bfcda459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId215369c15bfcda459.jpg"/><Relationship Id="rId725669c15bfcdc56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId725669c15bfcdc56d.jpg"/><Relationship Id="rId855369c15bfce197c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId855369c15bfce197c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>