--- v0 (2025-10-04)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TOMMV0" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Li YY, Wang Y, Hu J, Xiao L, Tan G, Lan P, Liu Y, Li  F (2017) The complete genome sequence, occurrence and host range of Tomato mottle mosaic virus Chinese isolate. Virology Journal 14, 15. https://doi.org/10.1186/s12985-016-0676-2
 ------- Affected plants show  foliar mottle, necrosis, and stunting (near Lhasa, Tibet).
 * Lovelock DA, Kinoti WM, Bottcher C, Wildman O, Dall D, Rodoni BC, Constable FE (2020). Tomato mottle mosaic virus intercepted by Australian biosecurity in Capsicum annuum seed. Australasian Plant Disease Notes, 15(8)/ https://doi.org/10.1007/s13314-020-0378-x
@@ -112,50 +112,69 @@
     <t xml:space="preserve">* EPPO (2022) EPPO Technical Document No. 1088. Pest risk analysis for Tomato mottle mosaic virus. EPPO, Paris. Available at https://gd.eppo.int/taxon/TOMMV0/documents
 * Li Y, Wang Y, Hu J, Xiao L, Tan G, Lan P, Liu Y, Li F (2017) The complete genome sequence, occurrence and host range of Tomato mottle mosaic virus Chinese isolate. Virology Journal 14, 15. doi: 10.1186/s12985-016-0676-2
 ------ Three isolates from Brazil and Iran identified as ToMV but corresponding to ToMMV.
 * Li YY, Zhou WP, Lu SQ, Chen DR, Dai JH, Guo QY, Liu Y, Li F &amp; Tan GL (2020) Occurrence and biological characteristics of tomato mottle mosaic virus on solanaceae crops in China. Scientia Agricultura Sinica 53(3), 539-550. [in Chinese with English abstract.] </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>NIOTA</t>
   </si>
   <si>
     <t>Nicotiana tabacum</t>
   </si>
   <si>
     <t>* Dong P, Zhu S, Cai H, Zhou X, Teng K, Kuang C, Shan X, Dai L, Tang Q, Zhou Z &amp; Liu T (2020) Detection and Phylogenetic Analysis of Tobacco Viruses in Hunan Province. Chinese Tobacco Science 41(3), 58-64.
 ------- recorded in field. 
 * Fillmer K, Adkins S, Pongam P, D'Elia T (2015) Complete genome sequence of a Tomato mottle mosaic virus isolate from the United States. Genome Announcements 3(2), e00167-15. doi:10.1128/genomeA.00167-15
 ------- N. tabacum 'Xanthi nc'.
 * Li Y, Wang Y, Hu J, Xiao L, Tan G, Lan P, Liu Y, Li F (2017) The complete genome sequence, occurrence and host range of Tomato mottle mosaic virus Chinese isolate. Virology Journal 14, 15. doi: 10.1186/s12985-016-0676-2
 ------ N. tabacum 'Samsun', 'Xanthi nc'.
 * Sui X, Zheng Y, Li R, Padmanabhan C, Tian T, Groth-Helms D, Keinath AP, Fei Z, Wu Z, Lin KS (2017) Molecular and biological characterization of Tomato mottle mosaic virus and development of RT-PCR detection. Plant Disease 101(5), 704-711.
 ------- N. tabacum 'Sansun' and 'Xanthi nc'.
 * Turina M, Geraats BPJ, Ciuffo M (2016) First report of Tomato mottle mosaic virus in tomato crops in Israel. New Disease Reports 33, 1. http://dx.doi.org/10.5197/j.2044-0588.2016.033.001
 ------- N. tabacum 'White Burley'.</t>
+  </si>
+  <si>
+    <t>PQAAM</t>
+  </si>
+  <si>
+    <t>Phalaenopsis amabilis</t>
+  </si>
+  <si>
+    <t>* Huang J, Chen Y, Zhu X, Li C, Hu H, Zhang J, Hu J, Zhao S, Zhang S, Hu Q, Wu J (2025) Viral detection in Phalaenopsis orchids using high-throughput sequencing and one-step multiplex RT-PCR. Plant Disease 109(11), 2257-2261</t>
+  </si>
+  <si>
+    <t>PQASS</t>
+  </si>
+  <si>
+    <t>Phalaenopsis sp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Huang J, Chen Y, Zhu X, Li C, Hu H, Zhang J, Hu J, Zhao S, Zhang S, Hu Q, Wu J (2025) Viral detection in Phalaenopsis orchids using high-throughput sequencing and one-step multiplex RT-PCR. Plant Disease 109(11), 2257-2261
+------detected on Phalaenopsis amabilis, P. haojili, P. hongfuqitian in Fujian Province, China. </t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
   <si>
     <t>* Zhang S, Tan G, Li F (2021) First report of pea as a natural host of tomato mottle mosaic virus in China. Plant Disease 106(2), p 775. https://doi.org/10.1094/PDIS-02-21-0280-PDN
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>TTHKI</t>
   </si>
   <si>
     <t>Trichosanthes kirilowii</t>
   </si>
   <si>
     <t>* Jin D, Ren C, Guo Y, He K Piao J, Ji Y, Li S (2023) First report of tomato mottle mosaic virus infecting Chinese snake gourd (Trichosanthes kirilowii) in China. Plant Disease 107(8), 2563. https://doi.org/10.1094/PDIS-01-23-0161-PDN</t>
@@ -685,51 +704,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="342.059" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -808,401 +827,429 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" t="s">
         <v>33</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>34</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="B12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" t="s">
         <v>37</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>40</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" t="s">
         <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B30" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B31" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D31" t="s">
-        <v>86</v>
+        <v>42</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="B32" t="s">
         <v>88</v>
       </c>
       <c r="C32" t="s">
         <v>89</v>
       </c>
       <c r="D32" t="s">
-        <v>90</v>
+        <v>71</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="B33" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" t="s">
         <v>91</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>92</v>
       </c>
-      <c r="D33" t="s">
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
         <v>93</v>
+      </c>
+      <c r="B34" t="s">
+        <v>94</v>
+      </c>
+      <c r="C34" t="s">
+        <v>95</v>
+      </c>
+      <c r="D34" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B35" t="s">
+        <v>97</v>
+      </c>
+      <c r="C35" t="s">
+        <v>98</v>
+      </c>
+      <c r="D35" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">