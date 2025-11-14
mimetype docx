--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">TMMoV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato mild mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId727268e6572d217e6" w:history="1">
+            <w:hyperlink r:id="rId621969177d5e71daa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503968e6572d21833" w:history="1">
+            <w:hyperlink r:id="rId326669177d5e71df0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1345,63 +1345,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011). However, this assumption would need to be verified.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2298770" name="name429768e6572d22b00" descr="TOMMOV_distribution_map.jpg"/>
+            <wp:docPr id="78908737" name="name894769177d5e73339" descr="TOMMOV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOMMOV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId450568e6572d22afd" cstate="print"/>
+                    <a:blip r:embed="rId851069177d5e73336" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2874,51 +2874,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2023), but it should be noted that validation data (performance characteristics according to EPPO Standard PM 7/98) are currently not available for any of these PCR-based tests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">High-throughput sequencing (HTS) analysis can also be used as a screening test for TMMoV. HTS is a technology that can be used to obtain (nearly) complete genome sequences, and analysis of these sequences can be used to identify a virus isolate. Several HTS platforms and sample preparation protocols are available. The performance characteristics of sequencing on the MinION sequencer (Oxford Nanopore Technologies) using the cDNA-PCR protocol for sequencing ribosomal RNA- depleted total RNA to detect TMMoV in tomato leaves are available in the EPPO database on diagnostic expertise (section validation data </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566668e6572d236e8" w:history="1">
+      <w:hyperlink r:id="rId884269177d5e740e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/validationlist</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4010,101 +4010,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) PM 7/98 (5) Specific requirements for laboratories preparing accreditation for a plant pest diagnostic activity. EPPO Bulletin, 51: 468-498. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724468e6572d23e47" w:history="1">
+      <w:hyperlink r:id="rId266569177d5e7492c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343868e6572d23e9c" w:history="1">
+      <w:hyperlink r:id="rId236169177d5e74983" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-11-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4353,51 +4353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1930-1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380268e6572d24177" w:history="1">
+      <w:hyperlink r:id="rId738069177d5e74b65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/03235408.2022.2123601</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,81 +4481,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1141-1144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476268e6572d24271" w:history="1">
+      <w:hyperlink r:id="rId922369177d5e74c36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-023-00672-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monger WA &amp; Nixon T (2010) Tomato mild mottle virus in Tamarillo in Kenya. NCBI. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599568e6572d242a6" w:history="1">
+      <w:hyperlink r:id="rId905469177d5e74c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/HQ711860</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4737,51 +4737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401668e6572d24451" w:history="1">
+      <w:hyperlink r:id="rId143569177d5e74df1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4794,63 +4794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62945326" name="name937468e6572d244f2" descr="eu_funding_250.png"/>
+            <wp:docPr id="4371410" name="name602869177d5e74e83" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId161168e6572d244f1" cstate="print"/>
+                    <a:blip r:embed="rId683869177d5e74e82" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4948,137 +4948,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27208538">
+  <w:abstractNum w:abstractNumId="53574749">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70994916">
+    <w:lvl w:ilvl="0" w:tplc="99567870">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70994916" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99567870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70994916" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99567870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70994916" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99567870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70994916" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99567870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70994916" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99567870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70994916" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99567870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70994916" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99567870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70994916" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99567870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27208537">
+  <w:abstractNum w:abstractNumId="53574748">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47684302">
+    <w:lvl w:ilvl="0" w:tplc="40760827">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5830,55 +5830,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27208537">
-    <w:abstractNumId w:val="27208537"/>
+  <w:num w:numId="53574748">
+    <w:abstractNumId w:val="53574748"/>
   </w:num>
-  <w:num w:numId="27208538">
-    <w:abstractNumId w:val="27208538"/>
+  <w:num w:numId="53574749">
+    <w:abstractNumId w:val="53574749"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17428,51 +17428,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId148753265" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId415416555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId727268e6572d217e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId503968e6572d21833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId566668e6572d236e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId724468e6572d23e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId343868e6572d23e9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId380268e6572d24177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId476268e6572d24271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId599568e6572d242a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId401668e6572d24451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId450568e6572d22afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450568e6572d22afd.jpg"/><Relationship Id="rId161168e6572d244f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId161168e6572d244f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId102703197" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId451458256" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId621969177d5e71daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId326669177d5e71df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId884269177d5e740e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId266569177d5e7492c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId236169177d5e74983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId738069177d5e74b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId922369177d5e74c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId905469177d5e74c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId143569177d5e74df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId851069177d5e73336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId851069177d5e73336.jpg"/><Relationship Id="rId683869177d5e74e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683869177d5e74e82.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>