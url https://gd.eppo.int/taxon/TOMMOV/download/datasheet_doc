--- v1 (2025-11-14)
+++ v2 (2025-12-05)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">TMMoV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato mild mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId621969177d5e71daa" w:history="1">
+            <w:hyperlink r:id="rId152469325d5116496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326669177d5e71df0" w:history="1">
+            <w:hyperlink r:id="rId290369325d51164dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1345,63 +1345,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011). However, this assumption would need to be verified.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78908737" name="name894769177d5e73339" descr="TOMMOV_distribution_map.jpg"/>
+            <wp:docPr id="33137123" name="name477469325d5117ca0" descr="TOMMOV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOMMOV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId851069177d5e73336" cstate="print"/>
+                    <a:blip r:embed="rId175469325d5117c9d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2874,51 +2874,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2023), but it should be noted that validation data (performance characteristics according to EPPO Standard PM 7/98) are currently not available for any of these PCR-based tests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">High-throughput sequencing (HTS) analysis can also be used as a screening test for TMMoV. HTS is a technology that can be used to obtain (nearly) complete genome sequences, and analysis of these sequences can be used to identify a virus isolate. Several HTS platforms and sample preparation protocols are available. The performance characteristics of sequencing on the MinION sequencer (Oxford Nanopore Technologies) using the cDNA-PCR protocol for sequencing ribosomal RNA- depleted total RNA to detect TMMoV in tomato leaves are available in the EPPO database on diagnostic expertise (section validation data </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884269177d5e740e9" w:history="1">
+      <w:hyperlink r:id="rId308469325d51188be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/validationlist</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4010,101 +4010,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) PM 7/98 (5) Specific requirements for laboratories preparing accreditation for a plant pest diagnostic activity. EPPO Bulletin, 51: 468-498. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266569177d5e7492c" w:history="1">
+      <w:hyperlink r:id="rId607669325d5119029" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236169177d5e74983" w:history="1">
+      <w:hyperlink r:id="rId186769325d5119084" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-11-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4353,51 +4353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1930-1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738069177d5e74b65" w:history="1">
+      <w:hyperlink r:id="rId994469325d5119261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/03235408.2022.2123601</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,81 +4481,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1141-1144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922369177d5e74c36" w:history="1">
+      <w:hyperlink r:id="rId393869325d511934c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-023-00672-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monger WA &amp; Nixon T (2010) Tomato mild mottle virus in Tamarillo in Kenya. NCBI. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905469177d5e74c7b" w:history="1">
+      <w:hyperlink r:id="rId606869325d5119380" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/HQ711860</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4737,51 +4737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143569177d5e74df1" w:history="1">
+      <w:hyperlink r:id="rId862169325d511954a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4794,63 +4794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4371410" name="name602869177d5e74e83" descr="eu_funding_250.png"/>
+            <wp:docPr id="55558158" name="name846169325d5119623" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId683869177d5e74e82" cstate="print"/>
+                    <a:blip r:embed="rId623369325d5119622" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4948,137 +4948,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53574749">
+  <w:abstractNum w:abstractNumId="11489665">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99567870">
+    <w:lvl w:ilvl="0" w:tplc="29092226">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99567870" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29092226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99567870" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29092226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99567870" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29092226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99567870" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29092226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99567870" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29092226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99567870" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29092226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99567870" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29092226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99567870" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29092226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53574748">
+  <w:abstractNum w:abstractNumId="11489664">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40760827">
+    <w:lvl w:ilvl="0" w:tplc="78941075">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5830,55 +5830,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53574748">
-    <w:abstractNumId w:val="53574748"/>
+  <w:num w:numId="11489664">
+    <w:abstractNumId w:val="11489664"/>
   </w:num>
-  <w:num w:numId="53574749">
-    <w:abstractNumId w:val="53574749"/>
+  <w:num w:numId="11489665">
+    <w:abstractNumId w:val="11489665"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17428,51 +17428,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId102703197" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId451458256" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId621969177d5e71daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId326669177d5e71df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId884269177d5e740e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId266569177d5e7492c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId236169177d5e74983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId738069177d5e74b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId922369177d5e74c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId905469177d5e74c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId143569177d5e74df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId851069177d5e73336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId851069177d5e73336.jpg"/><Relationship Id="rId683869177d5e74e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683869177d5e74e82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId737099350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214080378" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId152469325d5116496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId290369325d51164dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId308469325d51188be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId607669325d5119029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId186769325d5119084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId994469325d5119261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId393869325d511934c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId606869325d5119380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId862169325d511954a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId175469325d5117c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId175469325d5117c9d.jpg"/><Relationship Id="rId623369325d5119622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId623369325d5119622.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>