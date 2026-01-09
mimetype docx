--- v2 (2025-12-05)
+++ v3 (2026-01-09)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">TMMoV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato mild mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152469325d5116496" w:history="1">
+            <w:hyperlink r:id="rId84816960df7fc12fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290369325d51164dd" w:history="1">
+            <w:hyperlink r:id="rId30246960df7fc1342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1345,63 +1345,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011). However, this assumption would need to be verified.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33137123" name="name477469325d5117ca0" descr="TOMMOV_distribution_map.jpg"/>
+            <wp:docPr id="52930404" name="name23496960df7fc2d1a" descr="TOMMOV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOMMOV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId175469325d5117c9d" cstate="print"/>
+                    <a:blip r:embed="rId59426960df7fc2d11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2874,51 +2874,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2023), but it should be noted that validation data (performance characteristics according to EPPO Standard PM 7/98) are currently not available for any of these PCR-based tests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">High-throughput sequencing (HTS) analysis can also be used as a screening test for TMMoV. HTS is a technology that can be used to obtain (nearly) complete genome sequences, and analysis of these sequences can be used to identify a virus isolate. Several HTS platforms and sample preparation protocols are available. The performance characteristics of sequencing on the MinION sequencer (Oxford Nanopore Technologies) using the cDNA-PCR protocol for sequencing ribosomal RNA- depleted total RNA to detect TMMoV in tomato leaves are available in the EPPO database on diagnostic expertise (section validation data </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308469325d51188be" w:history="1">
+      <w:hyperlink r:id="rId47276960df7fc3f6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/validationlist</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4010,101 +4010,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) PM 7/98 (5) Specific requirements for laboratories preparing accreditation for a plant pest diagnostic activity. EPPO Bulletin, 51: 468-498. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607669325d5119029" w:history="1">
+      <w:hyperlink r:id="rId38046960df7fc46e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186769325d5119084" w:history="1">
+      <w:hyperlink r:id="rId28186960df7fc473c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-11-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4353,51 +4353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1930-1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994469325d5119261" w:history="1">
+      <w:hyperlink r:id="rId83906960df7fc4911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/03235408.2022.2123601</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,81 +4481,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1141-1144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393869325d511934c" w:history="1">
+      <w:hyperlink r:id="rId65436960df7fc49e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-023-00672-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monger WA &amp; Nixon T (2010) Tomato mild mottle virus in Tamarillo in Kenya. NCBI. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606869325d5119380" w:history="1">
+      <w:hyperlink r:id="rId24636960df7fc4a16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/HQ711860</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4715,73 +4715,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862169325d511954a" w:history="1">
+      <w:hyperlink r:id="rId62756960df7fc4b88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4794,63 +4794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55558158" name="name846169325d5119623" descr="eu_funding_250.png"/>
+            <wp:docPr id="6668301" name="name99996960df7fc4c34" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId623369325d5119622" cstate="print"/>
+                    <a:blip r:embed="rId70846960df7fc4c33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4948,137 +4948,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11489665">
+  <w:abstractNum w:abstractNumId="93245066">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29092226">
+    <w:lvl w:ilvl="0" w:tplc="66718455">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29092226" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66718455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29092226" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66718455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29092226" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66718455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29092226" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66718455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29092226" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66718455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29092226" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66718455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29092226" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66718455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29092226" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66718455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11489664">
+  <w:abstractNum w:abstractNumId="93245065">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78941075">
+    <w:lvl w:ilvl="0" w:tplc="30283498">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5830,55 +5830,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11489664">
-    <w:abstractNumId w:val="11489664"/>
+  <w:num w:numId="93245065">
+    <w:abstractNumId w:val="93245065"/>
   </w:num>
-  <w:num w:numId="11489665">
-    <w:abstractNumId w:val="11489665"/>
+  <w:num w:numId="93245066">
+    <w:abstractNumId w:val="93245066"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17428,51 +17428,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId737099350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214080378" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId152469325d5116496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId290369325d51164dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId308469325d51188be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId607669325d5119029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId186769325d5119084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId994469325d5119261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId393869325d511934c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId606869325d5119380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId862169325d511954a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId175469325d5117c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId175469325d5117c9d.jpg"/><Relationship Id="rId623369325d5119622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId623369325d5119622.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId519991214" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786380705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84816960df7fc12fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId30246960df7fc1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId47276960df7fc3f6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId38046960df7fc46e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId28186960df7fc473c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83906960df7fc4911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId65436960df7fc49e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId24636960df7fc4a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId62756960df7fc4b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59426960df7fc2d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59426960df7fc2d11.jpg"/><Relationship Id="rId70846960df7fc4c33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70846960df7fc4c33.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>