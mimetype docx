--- v3 (2026-01-09)
+++ v4 (2026-02-07)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">TMMoV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato mild mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84816960df7fc12fc" w:history="1">
+            <w:hyperlink r:id="rId81486986a795a619f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30246960df7fc1342" w:history="1">
+            <w:hyperlink r:id="rId61796986a795a61e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1345,63 +1345,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011). However, this assumption would need to be verified.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52930404" name="name23496960df7fc2d1a" descr="TOMMOV_distribution_map.jpg"/>
+            <wp:docPr id="16183694" name="name93296986a795a6dd4" descr="TOMMOV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOMMOV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59426960df7fc2d11" cstate="print"/>
+                    <a:blip r:embed="rId94236986a795a6dd2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2874,51 +2874,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2023), but it should be noted that validation data (performance characteristics according to EPPO Standard PM 7/98) are currently not available for any of these PCR-based tests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">High-throughput sequencing (HTS) analysis can also be used as a screening test for TMMoV. HTS is a technology that can be used to obtain (nearly) complete genome sequences, and analysis of these sequences can be used to identify a virus isolate. Several HTS platforms and sample preparation protocols are available. The performance characteristics of sequencing on the MinION sequencer (Oxford Nanopore Technologies) using the cDNA-PCR protocol for sequencing ribosomal RNA- depleted total RNA to detect TMMoV in tomato leaves are available in the EPPO database on diagnostic expertise (section validation data </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47276960df7fc3f6d" w:history="1">
+      <w:hyperlink r:id="rId16406986a795a787d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/validationlist</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4010,101 +4010,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) PM 7/98 (5) Specific requirements for laboratories preparing accreditation for a plant pest diagnostic activity. EPPO Bulletin, 51: 468-498. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38046960df7fc46e7" w:history="1">
+      <w:hyperlink r:id="rId96016986a795a7fb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28186960df7fc473c" w:history="1">
+      <w:hyperlink r:id="rId18466986a795a800c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-11-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4353,51 +4353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1930-1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83906960df7fc4911" w:history="1">
+      <w:hyperlink r:id="rId91046986a795a81e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/03235408.2022.2123601</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,81 +4481,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1141-1144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65436960df7fc49e4" w:history="1">
+      <w:hyperlink r:id="rId67106986a795a82bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-023-00672-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monger WA &amp; Nixon T (2010) Tomato mild mottle virus in Tamarillo in Kenya. NCBI. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24636960df7fc4a16" w:history="1">
+      <w:hyperlink r:id="rId78756986a795a82ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/HQ711860</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4737,51 +4737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62756960df7fc4b88" w:history="1">
+      <w:hyperlink r:id="rId56856986a795a845a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4794,63 +4794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6668301" name="name99996960df7fc4c34" descr="eu_funding_250.png"/>
+            <wp:docPr id="44709078" name="name58036986a795a8501" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70846960df7fc4c33" cstate="print"/>
+                    <a:blip r:embed="rId64896986a795a8500" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4948,137 +4948,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93245066">
+  <w:abstractNum w:abstractNumId="66038169">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66718455">
+    <w:lvl w:ilvl="0" w:tplc="97038147">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66718455" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97038147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66718455" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97038147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66718455" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97038147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66718455" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97038147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66718455" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97038147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66718455" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97038147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66718455" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97038147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66718455" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97038147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93245065">
+  <w:abstractNum w:abstractNumId="66038168">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30283498">
+    <w:lvl w:ilvl="0" w:tplc="80150480">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5830,55 +5830,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93245065">
-    <w:abstractNumId w:val="93245065"/>
+  <w:num w:numId="66038168">
+    <w:abstractNumId w:val="66038168"/>
   </w:num>
-  <w:num w:numId="93245066">
-    <w:abstractNumId w:val="93245066"/>
+  <w:num w:numId="66038169">
+    <w:abstractNumId w:val="66038169"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17428,51 +17428,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId519991214" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786380705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84816960df7fc12fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId30246960df7fc1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId47276960df7fc3f6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId38046960df7fc46e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId28186960df7fc473c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83906960df7fc4911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId65436960df7fc49e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId24636960df7fc4a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId62756960df7fc4b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59426960df7fc2d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59426960df7fc2d11.jpg"/><Relationship Id="rId70846960df7fc4c33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70846960df7fc4c33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId550267969" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835015062" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81486986a795a619f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId61796986a795a61e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId16406986a795a787d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId96016986a795a7fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId18466986a795a800c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91046986a795a81e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId67106986a795a82bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId78756986a795a82ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId56856986a795a845a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId94236986a795a6dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94236986a795a6dd2.jpg"/><Relationship Id="rId64896986a795a8500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64896986a795a8500.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>