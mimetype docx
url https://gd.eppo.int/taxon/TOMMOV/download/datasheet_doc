--- v4 (2026-02-07)
+++ v5 (2026-02-28)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">TMMoV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato mild mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81486986a795a619f" w:history="1">
+            <w:hyperlink r:id="rId202269a2516b5041f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61796986a795a61e4" w:history="1">
+            <w:hyperlink r:id="rId857069a2516b50470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1345,63 +1345,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011). However, this assumption would need to be verified.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16183694" name="name93296986a795a6dd4" descr="TOMMOV_distribution_map.jpg"/>
+            <wp:docPr id="98513050" name="name297369a2516b5181f" descr="TOMMOV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOMMOV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId94236986a795a6dd2" cstate="print"/>
+                    <a:blip r:embed="rId445969a2516b5181c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2874,51 +2874,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2023), but it should be noted that validation data (performance characteristics according to EPPO Standard PM 7/98) are currently not available for any of these PCR-based tests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">High-throughput sequencing (HTS) analysis can also be used as a screening test for TMMoV. HTS is a technology that can be used to obtain (nearly) complete genome sequences, and analysis of these sequences can be used to identify a virus isolate. Several HTS platforms and sample preparation protocols are available. The performance characteristics of sequencing on the MinION sequencer (Oxford Nanopore Technologies) using the cDNA-PCR protocol for sequencing ribosomal RNA- depleted total RNA to detect TMMoV in tomato leaves are available in the EPPO database on diagnostic expertise (section validation data </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16406986a795a787d" w:history="1">
+      <w:hyperlink r:id="rId140369a2516b523f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/validationlist</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4010,101 +4010,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) PM 7/98 (5) Specific requirements for laboratories preparing accreditation for a plant pest diagnostic activity. EPPO Bulletin, 51: 468-498. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96016986a795a7fb8" w:history="1">
+      <w:hyperlink r:id="rId388369a2516b52b77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18466986a795a800c" w:history="1">
+      <w:hyperlink r:id="rId645169a2516b52bcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-11-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4353,51 +4353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1930-1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91046986a795a81e9" w:history="1">
+      <w:hyperlink r:id="rId653469a2516b52db5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/03235408.2022.2123601</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,81 +4481,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1141-1144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67106986a795a82bb" w:history="1">
+      <w:hyperlink r:id="rId123569a2516b52e86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-023-00672-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monger WA &amp; Nixon T (2010) Tomato mild mottle virus in Tamarillo in Kenya. NCBI. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78756986a795a82ee" w:history="1">
+      <w:hyperlink r:id="rId418669a2516b52eb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/HQ711860</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4737,51 +4737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus lycopersici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56856986a795a845a" w:history="1">
+      <w:hyperlink r:id="rId975269a2516b53036" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4794,63 +4794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44709078" name="name58036986a795a8501" descr="eu_funding_250.png"/>
+            <wp:docPr id="3235158" name="name346469a2516b5310a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64896986a795a8500" cstate="print"/>
+                    <a:blip r:embed="rId738969a2516b53109" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4948,137 +4948,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66038169">
+  <w:abstractNum w:abstractNumId="23136078">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97038147">
+    <w:lvl w:ilvl="0" w:tplc="73385382">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97038147" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73385382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97038147" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73385382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97038147" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73385382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97038147" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73385382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97038147" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73385382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97038147" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73385382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97038147" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73385382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97038147" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73385382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66038168">
+  <w:abstractNum w:abstractNumId="23136077">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80150480">
+    <w:lvl w:ilvl="0" w:tplc="58844476">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5830,55 +5830,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66038168">
-    <w:abstractNumId w:val="66038168"/>
+  <w:num w:numId="23136077">
+    <w:abstractNumId w:val="23136077"/>
   </w:num>
-  <w:num w:numId="66038169">
-    <w:abstractNumId w:val="66038169"/>
+  <w:num w:numId="23136078">
+    <w:abstractNumId w:val="23136078"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17428,51 +17428,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId550267969" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835015062" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81486986a795a619f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId61796986a795a61e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId16406986a795a787d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId96016986a795a7fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId18466986a795a800c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91046986a795a81e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId67106986a795a82bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId78756986a795a82ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId56856986a795a845a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId94236986a795a6dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94236986a795a6dd2.jpg"/><Relationship Id="rId64896986a795a8500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64896986a795a8500.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675689660" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId934260836" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId202269a2516b5041f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/" TargetMode="External"/><Relationship Id="rId857069a2516b50470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOMMOV/categorization" TargetMode="External"/><Relationship Id="rId140369a2516b523f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId388369a2516b52b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12780" TargetMode="External"/><Relationship Id="rId645169a2516b52bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId653469a2516b52db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/03235408.2022.2123601" TargetMode="External"/><Relationship Id="rId123569a2516b52e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-023-00672-3" TargetMode="External"/><Relationship Id="rId418669a2516b52eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/HQ711860" TargetMode="External"/><Relationship Id="rId975269a2516b53036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId445969a2516b5181c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId445969a2516b5181c.jpg"/><Relationship Id="rId738969a2516b53109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738969a2516b53109.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>