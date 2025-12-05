--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TOLCND" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Venkataravanappa V, Reddy CNL, Saha S &amp; Reddy MK (2018) Recombinant Tomato leaf curl New Delhi virus is associated with yellow vein mosaic disease of okra in India. Physiological and Molecular Plant Pathology 104, 108-118.
 ------- confirmed host.</t>
   </si>
@@ -564,50 +564,59 @@
   </si>
   <si>
     <t>* Rauniyar N, Singhal P, Diksha D, Srivastava D, Baranwal VK (2023) Characterization of a recombinant tomato leaf curl New Delhi Virus (ToLCNDV) in a perennial medicinal climber host (Ipomoea cairica (L.) Sweet). 3 Biotech 13(1), 3.</t>
   </si>
   <si>
     <t>IASMU</t>
   </si>
   <si>
     <t>Jasminum multiflorum</t>
   </si>
   <si>
     <t>1IATG</t>
   </si>
   <si>
     <t>Jatropha</t>
   </si>
   <si>
     <t>LUFAC</t>
   </si>
   <si>
     <t>Luffa acutangula</t>
   </si>
   <si>
     <t xml:space="preserve">* Kumar R, Esakky R, Acharya S (2019)  Molecular evidence of occurrence of Tomato Leaf Curl New Delhi Virus infecting cucurbits in several states in India, Archives of Phytopathology and Plant Protection, DOI: 10.1080/03235408.2019.1668108
 ------- confirmed host. </t>
+  </si>
+  <si>
+    <t>MNGIN</t>
+  </si>
+  <si>
+    <t>Mangifera indica</t>
+  </si>
+  <si>
+    <t>* Reddy CL, Venkataravanappa V, Madhu GS, Ashwathappa KV, Muralidhara BM, Reddy MK (2025) First record of tomato leaf curl New Delhi virus causing mosaic disease of Mango in India. Indian Phytopathology 8, 1-5.</t>
   </si>
   <si>
     <t>PAPSO</t>
   </si>
   <si>
     <t>Papaver somniferum</t>
   </si>
   <si>
     <t>* Srivastava A, Lumar S, Jaidi M, Raj SK, Shukla SK (2016) First report of Tomato leaf curl New Delhi virus on opium poppy (Papaver somniferum) in India. Plant Disease 100(1), p 232.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>PTNHY</t>
   </si>
   <si>
     <t>Parthenium hysterophorus</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>* Han K, Ma C, Zhao W, Yan D (2025) First report of Tomato leaf curl New Delhi virus infecting common bean (Phaseolus vulgaris) in China. Plant Disease. First Look.</t>
@@ -1042,51 +1051,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D74"/>
+  <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="396.332" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1903,65 +1912,65 @@
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>105</v>
       </c>
       <c r="B60" t="s">
         <v>166</v>
       </c>
       <c r="C60" t="s">
         <v>167</v>
       </c>
       <c r="D60" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>105</v>
       </c>
       <c r="B61" t="s">
         <v>169</v>
       </c>
       <c r="C61" t="s">
         <v>170</v>
       </c>
       <c r="D61" t="s">
-        <v>77</v>
+        <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>105</v>
       </c>
       <c r="B62" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D62" t="s">
-        <v>173</v>
+        <v>77</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>105</v>
       </c>
       <c r="B63" t="s">
         <v>174</v>
       </c>
       <c r="C63" t="s">
         <v>175</v>
       </c>
       <c r="D63" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>105</v>
       </c>
       <c r="B64" t="s">
         <v>177</v>
       </c>
       <c r="C64" t="s">
         <v>178</v>
@@ -2001,135 +2010,149 @@
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>105</v>
       </c>
       <c r="B67" t="s">
         <v>186</v>
       </c>
       <c r="C67" t="s">
         <v>187</v>
       </c>
       <c r="D67" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>105</v>
       </c>
       <c r="B68" t="s">
         <v>189</v>
       </c>
       <c r="C68" t="s">
         <v>190</v>
       </c>
       <c r="D68" t="s">
-        <v>63</v>
+        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>105</v>
       </c>
       <c r="B69" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D69" t="s">
-        <v>193</v>
+        <v>63</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>105</v>
       </c>
       <c r="B70" t="s">
         <v>194</v>
       </c>
       <c r="C70" t="s">
         <v>195</v>
       </c>
       <c r="D70" t="s">
-        <v>63</v>
+        <v>196</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>196</v>
+        <v>105</v>
       </c>
       <c r="B71" t="s">
         <v>197</v>
       </c>
       <c r="C71" t="s">
         <v>198</v>
       </c>
       <c r="D71" t="s">
-        <v>199</v>
+        <v>63</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B72" t="s">
         <v>200</v>
       </c>
       <c r="C72" t="s">
         <v>201</v>
       </c>
       <c r="D72" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B73" t="s">
+        <v>203</v>
+      </c>
+      <c r="C73" t="s">
+        <v>204</v>
+      </c>
+      <c r="D73" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C74" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D74" t="s">
-        <v>206</v>
+        <v>202</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>199</v>
+      </c>
+      <c r="B75" t="s">
+        <v>207</v>
+      </c>
+      <c r="C75" t="s">
+        <v>208</v>
+      </c>
+      <c r="D75" t="s">
+        <v>209</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">