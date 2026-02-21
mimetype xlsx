--- v1 (2025-12-05)
+++ v2 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TOLCND" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Venkataravanappa V, Reddy CNL, Saha S &amp; Reddy MK (2018) Recombinant Tomato leaf curl New Delhi virus is associated with yellow vein mosaic disease of okra in India. Physiological and Molecular Plant Pathology 104, 108-118.
 ------- confirmed host.</t>
   </si>
@@ -450,50 +450,59 @@
   <si>
     <t>Chrysanthemum indicum</t>
   </si>
   <si>
     <t>* Ashwathappa KV, Venkataravanappa V, Lakshminarayana Reddy CN, Krishna Reddy M (2020) Association of Tomato leaf curl New Delhi virus with mosaic and leaf curl disease of Chrysanthemum and its whitefly cryptic species. Indian Phytopathology, 73, 533–542. https://doi.org/10.1007/s42360-020-00214-1</t>
   </si>
   <si>
     <t>COCGR</t>
   </si>
   <si>
     <t>Coccinia grandis</t>
   </si>
   <si>
     <t>* Venkataravanappa V, Reddy LRCN, Saha S, Subbanna SK, Manem KR (2018) Detection and characterization of tomato leaf curl New Delhi virus association with mosaic disease of ivy gourd (Coccinia grandis (L.) Voigt) in North India. Archives of Biological Sciences. 70 (2), 339-347. DOI:10.2298/ABS170616051V</t>
   </si>
   <si>
     <t>CSDIN</t>
   </si>
   <si>
     <t>Crossandra infundibuliformis</t>
   </si>
   <si>
     <t>* Deepan Sundararaj, Michael Immanuel Jesse Denison, Dharanivasan Gunasekaran, Mohammed Riyaz Savas Uma, Raja Muthuramalingam Thangavelu, Krishnan Kathiravan (2020) First report of Tomato leaf curl New Delhi virus infecting Crossandra infundibuliformis in India. Plant Disease 104(3), p 999. https://doi.org/10.1094/PDIS-08-19-1764-PDN</t>
   </si>
   <si>
+    <t>CUMAN</t>
+  </si>
+  <si>
+    <t>Cucumis anguria</t>
+  </si>
+  <si>
+    <t>* Raghavendra D, Reddy CL, Devaraj A, Madhu GS, Venkataravanappa V (2024) Tomato leaf curl New Delhi virus associated with leaf curl and yellow mosaic disease of Gherkin (Cucumis anguria L.). Indian Phytopathology 77(4), 1125-1130. https://doi.org/10.1007/s42360-024-00797-z</t>
+  </si>
+  <si>
     <t>CUMMG</t>
   </si>
   <si>
     <t>Cucumis melo subsp. agrestis</t>
   </si>
   <si>
     <t>* Gu Q, Yan L, Liu L, Bao W, Fang H, Xu J, Li J, Kang B, Wu H, Wang K, Tao X (2023) First report of tomato leaf curl New Delhi virus infecting several cucurbit plants in China. Plant Disease (early view). https://doi.org/10.1094/PDIS-01-23-0059-PDN</t>
   </si>
   <si>
     <t>CUMMC</t>
   </si>
   <si>
     <t>Cucumis melo subsp. melo var. cantaloupensis</t>
   </si>
   <si>
     <t xml:space="preserve">* Gu Q, Yan L, Liu L, Bao W, Fang H, Xu J, Li J, Kang B, Wu H, Wang K, Tao X (2023) First report of tomato leaf curl New Delhi virus infecting several cucurbit plants in China. Plant Disease (early view). https://doi.org/10.1094/PDIS-01-23-0059-PDN
 ------- muskmelon (Cucumis melo subsp. melo).
 </t>
   </si>
   <si>
     <t>CUUPM</t>
   </si>
   <si>
     <t>Cucurbita melopepo</t>
   </si>
@@ -597,85 +606,85 @@
     <t>* Reddy CL, Venkataravanappa V, Madhu GS, Ashwathappa KV, Muralidhara BM, Reddy MK (2025) First record of tomato leaf curl New Delhi virus causing mosaic disease of Mango in India. Indian Phytopathology 8, 1-5.</t>
   </si>
   <si>
     <t>PAPSO</t>
   </si>
   <si>
     <t>Papaver somniferum</t>
   </si>
   <si>
     <t>* Srivastava A, Lumar S, Jaidi M, Raj SK, Shukla SK (2016) First report of Tomato leaf curl New Delhi virus on opium poppy (Papaver somniferum) in India. Plant Disease 100(1), p 232.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>PTNHY</t>
   </si>
   <si>
     <t>Parthenium hysterophorus</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
-    <t>* Han K, Ma C, Zhao W, Yan D (2025) First report of Tomato leaf curl New Delhi virus infecting common bean (Phaseolus vulgaris) in China. Plant Disease. First Look.</t>
+    <t>* Han K, Ma C, Zhao W, Yan D (2025) First report of Tomato leaf curl New Delhi virus infecting common bean (Phaseolus vulgaris) in China. Plant Disease 109(7), 1597. https://doi.org/10.1094/PDIS-03-25-0592-PDN</t>
   </si>
   <si>
     <t>PHYPE</t>
   </si>
   <si>
     <t>Physalis peruviana</t>
   </si>
   <si>
     <t>* Dhkal M, Mahanta D, Verma R, Nag S (2025) First report of tomato leaf curl New Delhi virus infecting cape gooseberry (Physalis peruviana L.) in India. Journal of Plant Pathology  https://doi.org/10.1007/s42161-025-01993-0</t>
   </si>
   <si>
     <t>RIICO</t>
   </si>
   <si>
     <t>Ricinus communis</t>
   </si>
   <si>
     <t>Sharma J, Lager P, Kumar Y (2021) First report of Tomato leaf curl New Delhi virus infecting Ricinus communis. New Disease Report. 44:e12053. https://doi.org/10.1002/ndr2.12053</t>
   </si>
   <si>
     <t>SRPAN</t>
   </si>
   <si>
     <t>Sauropus androgynus</t>
   </si>
   <si>
     <t>* Shih S‐L, Tsai W‐S, Lee L‐M, Kenyon L (2013), Molecular characterization of Begomoviruses infecting Sauropus androgynus in Thailand. Journal of Phytopatholy, 161: 78-85. doi:10.1111/jph.12028
 ------- confirmed host.</t>
   </si>
   <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>* Nagendran K, Mohankumar S, Mohammed Faisal P, Bagewadi B, Karthikeyan G (2017) Molecular evidence for the occurrence of tomato leaf curl New Delhi virus on chayote (Sechium edule) in southern India. VirusDisease. 28, 425–429 (2017). https://doi.org/10.1007/s13337-017-0403-7
 ------- confirmed host.</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Parrella G, Troiano E, Lee S, Kil EJ (2020) Tomato Leaf Curl New Delhi Virus found associated with eggplant yellowing disease in Italy
 Plant Disease. https://doi.org/10.1094/PDIS-12-19-2635-PDN
 ------- confirmed host
 * Pratap D, Kashikar AR, Mukherjee SK (2011) Molecular characterization and infectivity of a Tomato leaf curl New Delhi virus variant associated with newly emerging yellow mosaic disease of eggplant in India. Virology Journal 8(305) http://www.virologyj.com/content/8/1/305</t>
   </si>
   <si>
     <t>TAGER</t>
   </si>
   <si>
     <t>Tagetes erecta</t>
   </si>
   <si>
     <t>TRDIN</t>
@@ -1051,51 +1060,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D75"/>
+  <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="396.332" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1744,79 +1753,79 @@
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>105</v>
       </c>
       <c r="B48" t="s">
         <v>135</v>
       </c>
       <c r="C48" t="s">
         <v>136</v>
       </c>
       <c r="D48" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>105</v>
       </c>
       <c r="B49" t="s">
         <v>138</v>
       </c>
       <c r="C49" t="s">
         <v>139</v>
       </c>
       <c r="D49" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>105</v>
       </c>
       <c r="B50" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C50" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D50" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C51" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D51" t="s">
-        <v>144</v>
+        <v>63</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>105</v>
       </c>
       <c r="B52" t="s">
         <v>145</v>
       </c>
       <c r="C52" t="s">
         <v>146</v>
       </c>
       <c r="D52" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>105</v>
       </c>
       <c r="B53" t="s">
         <v>148</v>
       </c>
       <c r="C53" t="s">
         <v>149</v>
@@ -1828,163 +1837,163 @@
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>105</v>
       </c>
       <c r="B54" t="s">
         <v>151</v>
       </c>
       <c r="C54" t="s">
         <v>152</v>
       </c>
       <c r="D54" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>105</v>
       </c>
       <c r="B55" t="s">
         <v>154</v>
       </c>
       <c r="C55" t="s">
         <v>155</v>
       </c>
       <c r="D55" t="s">
-        <v>59</v>
+        <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>105</v>
       </c>
       <c r="B56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C56" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D56" t="s">
-        <v>158</v>
+        <v>59</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>105</v>
       </c>
       <c r="B57" t="s">
         <v>159</v>
       </c>
       <c r="C57" t="s">
         <v>160</v>
       </c>
       <c r="D57" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>105</v>
       </c>
       <c r="B58" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C58" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D58" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>105</v>
       </c>
       <c r="B59" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D59" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>105</v>
       </c>
       <c r="B60" t="s">
         <v>166</v>
       </c>
       <c r="C60" t="s">
         <v>167</v>
       </c>
       <c r="D60" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>105</v>
       </c>
       <c r="B61" t="s">
         <v>169</v>
       </c>
       <c r="C61" t="s">
         <v>170</v>
       </c>
       <c r="D61" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>105</v>
       </c>
       <c r="B62" t="s">
         <v>172</v>
       </c>
       <c r="C62" t="s">
         <v>173</v>
       </c>
       <c r="D62" t="s">
-        <v>77</v>
+        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>105</v>
       </c>
       <c r="B63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D63" t="s">
-        <v>176</v>
+        <v>77</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>105</v>
       </c>
       <c r="B64" t="s">
         <v>177</v>
       </c>
       <c r="C64" t="s">
         <v>178</v>
       </c>
       <c r="D64" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>105</v>
       </c>
       <c r="B65" t="s">
         <v>180</v>
       </c>
       <c r="C65" t="s">
         <v>181</v>
@@ -2024,135 +2033,149 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>105</v>
       </c>
       <c r="B68" t="s">
         <v>189</v>
       </c>
       <c r="C68" t="s">
         <v>190</v>
       </c>
       <c r="D68" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>105</v>
       </c>
       <c r="B69" t="s">
         <v>192</v>
       </c>
       <c r="C69" t="s">
         <v>193</v>
       </c>
       <c r="D69" t="s">
-        <v>63</v>
+        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>105</v>
       </c>
       <c r="B70" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D70" t="s">
-        <v>196</v>
+        <v>63</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>105</v>
       </c>
       <c r="B71" t="s">
         <v>197</v>
       </c>
       <c r="C71" t="s">
         <v>198</v>
       </c>
       <c r="D71" t="s">
-        <v>63</v>
+        <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>199</v>
+        <v>105</v>
       </c>
       <c r="B72" t="s">
         <v>200</v>
       </c>
       <c r="C72" t="s">
         <v>201</v>
       </c>
       <c r="D72" t="s">
-        <v>202</v>
+        <v>63</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B73" t="s">
         <v>203</v>
       </c>
       <c r="C73" t="s">
         <v>204</v>
       </c>
       <c r="D73" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B74" t="s">
+        <v>206</v>
+      </c>
+      <c r="C74" t="s">
+        <v>207</v>
+      </c>
+      <c r="D74" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B75" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C75" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D75" t="s">
-        <v>209</v>
+        <v>205</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>202</v>
+      </c>
+      <c r="B76" t="s">
+        <v>210</v>
+      </c>
+      <c r="C76" t="s">
+        <v>211</v>
+      </c>
+      <c r="D76" t="s">
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">