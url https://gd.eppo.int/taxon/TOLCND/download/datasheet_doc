--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi begomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321268e09ee66a79c" w:history="1">
+            <w:hyperlink r:id="rId517768fc52a64c78a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406568e09ee66a80b" w:history="1">
+            <w:hyperlink r:id="rId325268fc52a64c7f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOLCND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75603248" name="name873768e09ee66a8df" descr="3696.jpg"/>
+                  <wp:docPr id="35283835" name="name380168fc52a64d08d" descr="3696.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3696.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId886168e09ee66a8de" cstate="print"/>
+                          <a:blip r:embed="rId181368fc52a64d08b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId169568e09ee66aa27" w:history="1">
+            <w:hyperlink r:id="rId480368fc52a64d1e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2314,63 +2314,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present. ToLCNDV findings outside the climate suitable for the insect vector are linked with the horticulture pathway and plants produced under protected cultivation (glasshouses).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16741594" name="name242668e09ee66c4f3" descr="TOLCND_distribution_map.jpg"/>
+            <wp:docPr id="50368946" name="name117868fc52a64ebcc" descr="TOLCND_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOLCND_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId599568e09ee66c4ef" cstate="print"/>
+                    <a:blip r:embed="rId395468fc52a64ebc9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3947,51 +3947,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Tomato leaf curl New Delhi virus (Tomato New Delhi virus). Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461868e09ee66d32c" w:history="1">
+      <w:hyperlink r:id="rId608768fc52a64f845" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/118179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4095,51 +4095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532168e09ee66d433" w:history="1">
+      <w:hyperlink r:id="rId632968fc52a64f93a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4167,81 +4167,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7), 6179, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820068e09ee66d4b4" w:history="1">
+      <w:hyperlink r:id="rId779468fc52a64f9b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020b), van Gemert J, Schenk M, Candresse T, Bottex B, Delbianco A, Vos S. Pest survey card on tomato leaf curl New Delhi virus. EFSA supporting publication EN-1904. 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId470768e09ee66d4e8" w:history="1">
+      <w:hyperlink r:id="rId582768fc52a64f9eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4891,51 +4891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, 140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222768e09ee66d98f" w:history="1">
+      <w:hyperlink r:id="rId717768fc52a64fe51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.00140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4961,51 +4961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Zucchini Squash in Italy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9(5), 563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123768e09ee66da05" w:history="1">
+      <w:hyperlink r:id="rId481568fc52a64fec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9050563</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5040,51 +5040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-206. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155668e09ee66da89" w:history="1">
+      <w:hyperlink r:id="rId931168fc52a64ff40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-801246-8.00003-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5110,51 +5110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1719-1722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932768e09ee66db13" w:history="1">
+      <w:hyperlink r:id="rId352468fc52a64ffb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12267</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399068e09ee66db87" w:history="1">
+      <w:hyperlink r:id="rId913068fc52a650023" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02038-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId771468e09ee66dc1d" w:history="1">
+      <w:hyperlink r:id="rId296868fc52a6500bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v9100264</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5349,51 +5349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 25-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476568e09ee66dc9d" w:history="1">
+      <w:hyperlink r:id="rId838068fc52a650154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/0022-1317-76-1-25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5419,51 +5419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666468e09ee66dd13" w:history="1">
+      <w:hyperlink r:id="rId817068fc52a6501ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5645,51 +5645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 2673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId863568e09ee66de88" w:history="1">
+      <w:hyperlink r:id="rId297368fc52a650337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijerph16152673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2913-2919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218368e09ee66df3b" w:history="1">
+      <w:hyperlink r:id="rId234368fc52a6503e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0298-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6409,51 +6409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId160268e09ee66e374" w:history="1">
+      <w:hyperlink r:id="rId250368fc52a6507fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0155520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6519,51 +6519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus solanumdelhiense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338868e09ee66e434" w:history="1">
+      <w:hyperlink r:id="rId377968fc52a6508b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6576,63 +6576,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95227977" name="name486468e09ee66e505" descr="eu_funding_250.png"/>
+            <wp:docPr id="67422118" name="name396568fc52a650956" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId686868e09ee66e504" cstate="print"/>
+                    <a:blip r:embed="rId572568fc52a650955" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6730,137 +6730,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65294749">
+  <w:abstractNum w:abstractNumId="40906271">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27087702">
+    <w:lvl w:ilvl="0" w:tplc="80554399">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27087702" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80554399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27087702" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80554399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27087702" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80554399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27087702" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80554399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27087702" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80554399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27087702" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80554399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27087702" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80554399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27087702" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80554399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65294748">
+  <w:abstractNum w:abstractNumId="40906270">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75162019">
+    <w:lvl w:ilvl="0" w:tplc="19823136">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7612,55 +7612,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65294748">
-    <w:abstractNumId w:val="65294748"/>
+  <w:num w:numId="40906270">
+    <w:abstractNumId w:val="40906270"/>
   </w:num>
-  <w:num w:numId="65294749">
-    <w:abstractNumId w:val="65294749"/>
+  <w:num w:numId="40906271">
+    <w:abstractNumId w:val="40906271"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19210,51 +19210,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId654469578" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291161937" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId321268e09ee66a79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId406568e09ee66a80b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId169568e09ee66aa27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId461868e09ee66d32c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId532168e09ee66d433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId820068e09ee66d4b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId470768e09ee66d4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId222768e09ee66d98f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId123768e09ee66da05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId155668e09ee66da89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId932768e09ee66db13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId399068e09ee66db87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId771468e09ee66dc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId476568e09ee66dc9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId666468e09ee66dd13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId863568e09ee66de88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId218368e09ee66df3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId160268e09ee66e374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId338868e09ee66e434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId886168e09ee66a8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId886168e09ee66a8de.jpg"/><Relationship Id="rId599568e09ee66c4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId599568e09ee66c4ef.jpg"/><Relationship Id="rId686868e09ee66e504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686868e09ee66e504.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510117472" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId491631828" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId517768fc52a64c78a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId325268fc52a64c7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId480368fc52a64d1e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId608768fc52a64f845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId632968fc52a64f93a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId779468fc52a64f9b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId582768fc52a64f9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId717768fc52a64fe51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId481568fc52a64fec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId931168fc52a64ff40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId352468fc52a64ffb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId913068fc52a650023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId296868fc52a6500bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId838068fc52a650154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId817068fc52a6501ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId297368fc52a650337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId234368fc52a6503e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId250368fc52a6507fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId377968fc52a6508b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId181368fc52a64d08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181368fc52a64d08b.jpg"/><Relationship Id="rId395468fc52a64ebc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395468fc52a64ebc9.jpg"/><Relationship Id="rId572568fc52a650955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId572568fc52a650955.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>