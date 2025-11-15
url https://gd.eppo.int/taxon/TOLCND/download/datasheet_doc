--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi begomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517768fc52a64c78a" w:history="1">
+            <w:hyperlink r:id="rId48876917cb6a6a780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325268fc52a64c7f7" w:history="1">
+            <w:hyperlink r:id="rId10426917cb6a6a7f0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOLCND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35283835" name="name380168fc52a64d08d" descr="3696.jpg"/>
+                  <wp:docPr id="96240301" name="name23606917cb6a6b0db" descr="3696.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3696.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId181368fc52a64d08b" cstate="print"/>
+                          <a:blip r:embed="rId12946917cb6a6b0d9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId480368fc52a64d1e1" w:history="1">
+            <w:hyperlink r:id="rId22496917cb6a6b206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1767,50 +1767,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luffa aegyptiaca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Mangifera indica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Momordica charantia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Momordica dioica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2314,63 +2334,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present. ToLCNDV findings outside the climate suitable for the insect vector are linked with the horticulture pathway and plants produced under protected cultivation (glasshouses).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50368946" name="name117868fc52a64ebcc" descr="TOLCND_distribution_map.jpg"/>
+            <wp:docPr id="68154414" name="name34616917cb6a6ce10" descr="TOLCND_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOLCND_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId395468fc52a64ebc9" cstate="print"/>
+                    <a:blip r:embed="rId50916917cb6a6ce0d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3947,51 +3967,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Tomato leaf curl New Delhi virus (Tomato New Delhi virus). Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608768fc52a64f845" w:history="1">
+      <w:hyperlink r:id="rId36096917cb6a6da73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/118179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4095,51 +4115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632968fc52a64f93a" w:history="1">
+      <w:hyperlink r:id="rId29726917cb6a6db67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4167,81 +4187,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7), 6179, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779468fc52a64f9b8" w:history="1">
+      <w:hyperlink r:id="rId57556917cb6a6dbe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020b), van Gemert J, Schenk M, Candresse T, Bottex B, Delbianco A, Vos S. Pest survey card on tomato leaf curl New Delhi virus. EFSA supporting publication EN-1904. 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582768fc52a64f9eb" w:history="1">
+      <w:hyperlink r:id="rId93206917cb6a6dc15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4891,51 +4911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, 140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717768fc52a64fe51" w:history="1">
+      <w:hyperlink r:id="rId32896917cb6a6e05c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.00140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4961,51 +4981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Zucchini Squash in Italy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9(5), 563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481568fc52a64fec4" w:history="1">
+      <w:hyperlink r:id="rId92406917cb6a6e0ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9050563</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5040,51 +5060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-206. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId931168fc52a64ff40" w:history="1">
+      <w:hyperlink r:id="rId78806917cb6a6e146" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-801246-8.00003-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5110,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1719-1722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352468fc52a64ffb3" w:history="1">
+      <w:hyperlink r:id="rId74956917cb6a6e1b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12267</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913068fc52a650023" w:history="1">
+      <w:hyperlink r:id="rId17386917cb6a6e228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02038-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296868fc52a6500bf" w:history="1">
+      <w:hyperlink r:id="rId98796917cb6a6e2b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v9100264</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5349,51 +5369,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 25-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838068fc52a650154" w:history="1">
+      <w:hyperlink r:id="rId63626917cb6a6e332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/0022-1317-76-1-25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5419,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817068fc52a6501ca" w:history="1">
+      <w:hyperlink r:id="rId62006917cb6a6e3a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5645,51 +5665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 2673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId297368fc52a650337" w:history="1">
+      <w:hyperlink r:id="rId68236917cb6a6e51f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijerph16152673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2913-2919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234368fc52a6503e6" w:history="1">
+      <w:hyperlink r:id="rId59996917cb6a6e5e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0298-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6409,51 +6429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250368fc52a6507fe" w:history="1">
+      <w:hyperlink r:id="rId54146917cb6a6e9fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0155520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6519,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus solanumdelhiense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377968fc52a6508b5" w:history="1">
+      <w:hyperlink r:id="rId50416917cb6a6eab7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6576,63 +6596,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67422118" name="name396568fc52a650956" descr="eu_funding_250.png"/>
+            <wp:docPr id="58464520" name="name16076917cb6a6eb80" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId572568fc52a650955" cstate="print"/>
+                    <a:blip r:embed="rId32706917cb6a6eb7e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6730,137 +6750,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40906271">
+  <w:abstractNum w:abstractNumId="89159338">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80554399">
+    <w:lvl w:ilvl="0" w:tplc="38103083">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80554399" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38103083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80554399" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38103083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80554399" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38103083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80554399" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38103083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80554399" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38103083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80554399" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38103083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80554399" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38103083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80554399" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38103083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40906270">
+  <w:abstractNum w:abstractNumId="89159337">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19823136">
+    <w:lvl w:ilvl="0" w:tplc="68844852">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7612,55 +7632,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40906270">
-    <w:abstractNumId w:val="40906270"/>
+  <w:num w:numId="89159337">
+    <w:abstractNumId w:val="89159337"/>
   </w:num>
-  <w:num w:numId="40906271">
-    <w:abstractNumId w:val="40906271"/>
+  <w:num w:numId="89159338">
+    <w:abstractNumId w:val="89159338"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19210,51 +19230,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510117472" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId491631828" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId517768fc52a64c78a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId325268fc52a64c7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId480368fc52a64d1e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId608768fc52a64f845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId632968fc52a64f93a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId779468fc52a64f9b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId582768fc52a64f9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId717768fc52a64fe51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId481568fc52a64fec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId931168fc52a64ff40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId352468fc52a64ffb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId913068fc52a650023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId296868fc52a6500bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId838068fc52a650154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId817068fc52a6501ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId297368fc52a650337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId234368fc52a6503e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId250368fc52a6507fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId377968fc52a6508b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId181368fc52a64d08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181368fc52a64d08b.jpg"/><Relationship Id="rId395468fc52a64ebc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395468fc52a64ebc9.jpg"/><Relationship Id="rId572568fc52a650955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId572568fc52a650955.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId779021883" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId128538465" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48876917cb6a6a780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId10426917cb6a6a7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId22496917cb6a6b206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId36096917cb6a6da73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId29726917cb6a6db67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId57556917cb6a6dbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId93206917cb6a6dc15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId32896917cb6a6e05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId92406917cb6a6e0ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId78806917cb6a6e146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId74956917cb6a6e1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId17386917cb6a6e228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId98796917cb6a6e2b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId63626917cb6a6e332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId62006917cb6a6e3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId68236917cb6a6e51f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId59996917cb6a6e5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId54146917cb6a6e9fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId50416917cb6a6eab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12946917cb6a6b0d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12946917cb6a6b0d9.jpg"/><Relationship Id="rId50916917cb6a6ce0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50916917cb6a6ce0d.jpg"/><Relationship Id="rId32706917cb6a6eb7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32706917cb6a6eb7e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>