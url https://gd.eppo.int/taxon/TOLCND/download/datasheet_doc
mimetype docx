--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi begomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48876917cb6a6a780" w:history="1">
+            <w:hyperlink r:id="rId50116932d4249e1ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10426917cb6a6a7f0" w:history="1">
+            <w:hyperlink r:id="rId36496932d4249e227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOLCND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96240301" name="name23606917cb6a6b0db" descr="3696.jpg"/>
+                  <wp:docPr id="28316318" name="name15596932d424a00b0" descr="3696.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3696.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12946917cb6a6b0d9" cstate="print"/>
+                          <a:blip r:embed="rId37646932d424a00ac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId22496917cb6a6b206" w:history="1">
+            <w:hyperlink r:id="rId79306932d424a01fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2334,63 +2334,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present. ToLCNDV findings outside the climate suitable for the insect vector are linked with the horticulture pathway and plants produced under protected cultivation (glasshouses).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68154414" name="name34616917cb6a6ce10" descr="TOLCND_distribution_map.jpg"/>
+            <wp:docPr id="93829442" name="name94046932d424a1e8e" descr="TOLCND_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOLCND_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50916917cb6a6ce0d" cstate="print"/>
+                    <a:blip r:embed="rId70676932d424a1e8a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3967,51 +3967,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Tomato leaf curl New Delhi virus (Tomato New Delhi virus). Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36096917cb6a6da73" w:history="1">
+      <w:hyperlink r:id="rId71036932d424a3aff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/118179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4115,51 +4115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29726917cb6a6db67" w:history="1">
+      <w:hyperlink r:id="rId82176932d424a4200" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4187,81 +4187,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7), 6179, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57556917cb6a6dbe2" w:history="1">
+      <w:hyperlink r:id="rId50496932d424a42b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020b), van Gemert J, Schenk M, Candresse T, Bottex B, Delbianco A, Vos S. Pest survey card on tomato leaf curl New Delhi virus. EFSA supporting publication EN-1904. 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93206917cb6a6dc15" w:history="1">
+      <w:hyperlink r:id="rId20436932d424a42f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4911,51 +4911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, 140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32896917cb6a6e05c" w:history="1">
+      <w:hyperlink r:id="rId98826932d424a4776" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.00140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4981,51 +4981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Zucchini Squash in Italy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9(5), 563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92406917cb6a6e0ca" w:history="1">
+      <w:hyperlink r:id="rId87526932d424a47e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9050563</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5060,51 +5060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-206. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78806917cb6a6e146" w:history="1">
+      <w:hyperlink r:id="rId50096932d424a4866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-801246-8.00003-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1719-1722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74956917cb6a6e1b8" w:history="1">
+      <w:hyperlink r:id="rId68546932d424a48da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12267</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5200,51 +5200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17386917cb6a6e228" w:history="1">
+      <w:hyperlink r:id="rId64416932d424a494a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02038-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98796917cb6a6e2b6" w:history="1">
+      <w:hyperlink r:id="rId63316932d424a50d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v9100264</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5369,51 +5369,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 25-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63626917cb6a6e332" w:history="1">
+      <w:hyperlink r:id="rId88556932d424a5168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/0022-1317-76-1-25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5439,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62006917cb6a6e3a2" w:history="1">
+      <w:hyperlink r:id="rId77056932d424a51de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5665,51 +5665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 2673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68236917cb6a6e51f" w:history="1">
+      <w:hyperlink r:id="rId37006932d424a534c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijerph16152673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5775,51 +5775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2913-2919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59996917cb6a6e5e1" w:history="1">
+      <w:hyperlink r:id="rId35206932d424a53fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0298-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6429,51 +6429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54146917cb6a6e9fe" w:history="1">
+      <w:hyperlink r:id="rId52286932d424a580f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0155520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus solanumdelhiense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50416917cb6a6eab7" w:history="1">
+      <w:hyperlink r:id="rId31016932d424a60e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6596,63 +6596,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58464520" name="name16076917cb6a6eb80" descr="eu_funding_250.png"/>
+            <wp:docPr id="75972492" name="name53046932d424a6195" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32706917cb6a6eb7e" cstate="print"/>
+                    <a:blip r:embed="rId95696932d424a6194" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6750,137 +6750,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89159338">
+  <w:abstractNum w:abstractNumId="93723441">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38103083">
+    <w:lvl w:ilvl="0" w:tplc="95063704">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38103083" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95063704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38103083" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95063704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38103083" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95063704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38103083" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95063704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38103083" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95063704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38103083" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95063704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38103083" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95063704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38103083" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95063704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89159337">
+  <w:abstractNum w:abstractNumId="93723440">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68844852">
+    <w:lvl w:ilvl="0" w:tplc="31228585">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7632,55 +7632,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89159337">
-    <w:abstractNumId w:val="89159337"/>
+  <w:num w:numId="93723440">
+    <w:abstractNumId w:val="93723440"/>
   </w:num>
-  <w:num w:numId="89159338">
-    <w:abstractNumId w:val="89159338"/>
+  <w:num w:numId="93723441">
+    <w:abstractNumId w:val="93723441"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19230,51 +19230,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId779021883" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId128538465" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48876917cb6a6a780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId10426917cb6a6a7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId22496917cb6a6b206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId36096917cb6a6da73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId29726917cb6a6db67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId57556917cb6a6dbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId93206917cb6a6dc15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId32896917cb6a6e05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId92406917cb6a6e0ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId78806917cb6a6e146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId74956917cb6a6e1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId17386917cb6a6e228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId98796917cb6a6e2b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId63626917cb6a6e332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId62006917cb6a6e3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId68236917cb6a6e51f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId59996917cb6a6e5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId54146917cb6a6e9fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId50416917cb6a6eab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12946917cb6a6b0d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12946917cb6a6b0d9.jpg"/><Relationship Id="rId50916917cb6a6ce0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50916917cb6a6ce0d.jpg"/><Relationship Id="rId32706917cb6a6eb7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32706917cb6a6eb7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId552050628" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId731649670" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50116932d4249e1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId36496932d4249e227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId79306932d424a01fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId71036932d424a3aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId82176932d424a4200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId50496932d424a42b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId20436932d424a42f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId98826932d424a4776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId87526932d424a47e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId50096932d424a4866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId68546932d424a48da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId64416932d424a494a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId63316932d424a50d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId88556932d424a5168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId77056932d424a51de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId37006932d424a534c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId35206932d424a53fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId52286932d424a580f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId31016932d424a60e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37646932d424a00ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37646932d424a00ac.jpg"/><Relationship Id="rId70676932d424a1e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70676932d424a1e8a.jpg"/><Relationship Id="rId95696932d424a6194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95696932d424a6194.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>