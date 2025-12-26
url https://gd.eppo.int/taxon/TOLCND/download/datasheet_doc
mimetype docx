--- v3 (2025-12-05)
+++ v4 (2025-12-26)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi begomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50116932d4249e1ba" w:history="1">
+            <w:hyperlink r:id="rId2403694e2cd75a323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36496932d4249e227" w:history="1">
+            <w:hyperlink r:id="rId8295694e2cd75a38d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOLCND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28316318" name="name15596932d424a00b0" descr="3696.jpg"/>
+                  <wp:docPr id="518132" name="name3938694e2cd75a44d" descr="3696.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3696.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37646932d424a00ac" cstate="print"/>
+                          <a:blip r:embed="rId7438694e2cd75a44c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId79306932d424a01fb" w:history="1">
+            <w:hyperlink r:id="rId5870694e2cd75a549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2334,63 +2334,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present. ToLCNDV findings outside the climate suitable for the insect vector are linked with the horticulture pathway and plants produced under protected cultivation (glasshouses).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93829442" name="name94046932d424a1e8e" descr="TOLCND_distribution_map.jpg"/>
+            <wp:docPr id="37004974" name="name3990694e2cd75c143" descr="TOLCND_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOLCND_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70676932d424a1e8a" cstate="print"/>
+                    <a:blip r:embed="rId8225694e2cd75c140" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3967,51 +3967,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Tomato leaf curl New Delhi virus (Tomato New Delhi virus). Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71036932d424a3aff" w:history="1">
+      <w:hyperlink r:id="rId3412694e2cd75cda0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/118179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4115,51 +4115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82176932d424a4200" w:history="1">
+      <w:hyperlink r:id="rId9341694e2cd75ce91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4187,81 +4187,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7), 6179, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50496932d424a42b7" w:history="1">
+      <w:hyperlink r:id="rId7962694e2cd75cf0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020b), van Gemert J, Schenk M, Candresse T, Bottex B, Delbianco A, Vos S. Pest survey card on tomato leaf curl New Delhi virus. EFSA supporting publication EN-1904. 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20436932d424a42f1" w:history="1">
+      <w:hyperlink r:id="rId7745694e2cd75cf3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4911,51 +4911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, 140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98826932d424a4776" w:history="1">
+      <w:hyperlink r:id="rId7975694e2cd75d37d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.00140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4981,51 +4981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Zucchini Squash in Italy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9(5), 563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87526932d424a47e9" w:history="1">
+      <w:hyperlink r:id="rId5570694e2cd75d3ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9050563</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5060,51 +5060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-206. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50096932d424a4866" w:history="1">
+      <w:hyperlink r:id="rId3398694e2cd75d46e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-801246-8.00003-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1719-1722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68546932d424a48da" w:history="1">
+      <w:hyperlink r:id="rId7554694e2cd75d4e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12267</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5200,51 +5200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64416932d424a494a" w:history="1">
+      <w:hyperlink r:id="rId2513694e2cd75d550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02038-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63316932d424a50d8" w:history="1">
+      <w:hyperlink r:id="rId3924694e2cd75d5dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v9100264</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5369,51 +5369,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 25-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88556932d424a5168" w:history="1">
+      <w:hyperlink r:id="rId7635694e2cd75d657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/0022-1317-76-1-25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5439,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77056932d424a51de" w:history="1">
+      <w:hyperlink r:id="rId8638694e2cd75d6c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5665,51 +5665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 2673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37006932d424a534c" w:history="1">
+      <w:hyperlink r:id="rId2459694e2cd75d82a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijerph16152673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5775,51 +5775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2913-2919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35206932d424a53fb" w:history="1">
+      <w:hyperlink r:id="rId8658694e2cd75d8e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0298-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6429,51 +6429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52286932d424a580f" w:history="1">
+      <w:hyperlink r:id="rId8374694e2cd75dcfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0155520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus solanumdelhiense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31016932d424a60e5" w:history="1">
+      <w:hyperlink r:id="rId2416694e2cd75ddb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6596,63 +6596,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75972492" name="name53046932d424a6195" descr="eu_funding_250.png"/>
+            <wp:docPr id="72257114" name="name2760694e2cd75de75" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95696932d424a6194" cstate="print"/>
+                    <a:blip r:embed="rId2707694e2cd75de74" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6750,137 +6750,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93723441">
+  <w:abstractNum w:abstractNumId="17541560">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95063704">
+    <w:lvl w:ilvl="0" w:tplc="10891221">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95063704" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10891221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95063704" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10891221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95063704" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10891221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95063704" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10891221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95063704" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10891221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95063704" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10891221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95063704" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10891221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95063704" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10891221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93723440">
+  <w:abstractNum w:abstractNumId="17541559">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31228585">
+    <w:lvl w:ilvl="0" w:tplc="98855537">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7632,55 +7632,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93723440">
-    <w:abstractNumId w:val="93723440"/>
+  <w:num w:numId="17541559">
+    <w:abstractNumId w:val="17541559"/>
   </w:num>
-  <w:num w:numId="93723441">
-    <w:abstractNumId w:val="93723441"/>
+  <w:num w:numId="17541560">
+    <w:abstractNumId w:val="17541560"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19230,51 +19230,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId552050628" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId731649670" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50116932d4249e1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId36496932d4249e227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId79306932d424a01fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId71036932d424a3aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId82176932d424a4200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId50496932d424a42b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId20436932d424a42f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId98826932d424a4776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId87526932d424a47e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId50096932d424a4866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId68546932d424a48da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId64416932d424a494a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId63316932d424a50d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId88556932d424a5168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId77056932d424a51de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId37006932d424a534c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId35206932d424a53fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId52286932d424a580f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId31016932d424a60e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37646932d424a00ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37646932d424a00ac.jpg"/><Relationship Id="rId70676932d424a1e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70676932d424a1e8a.jpg"/><Relationship Id="rId95696932d424a6194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95696932d424a6194.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId774910689" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId320045889" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2403694e2cd75a323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId8295694e2cd75a38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId5870694e2cd75a549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId3412694e2cd75cda0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId9341694e2cd75ce91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId7962694e2cd75cf0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId7745694e2cd75cf3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId7975694e2cd75d37d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId5570694e2cd75d3ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId3398694e2cd75d46e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId7554694e2cd75d4e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId2513694e2cd75d550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId3924694e2cd75d5dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId7635694e2cd75d657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId8638694e2cd75d6c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId2459694e2cd75d82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId8658694e2cd75d8e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId8374694e2cd75dcfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId2416694e2cd75ddb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7438694e2cd75a44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7438694e2cd75a44c.jpg"/><Relationship Id="rId8225694e2cd75c140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8225694e2cd75c140.jpg"/><Relationship Id="rId2707694e2cd75de74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2707694e2cd75de74.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>