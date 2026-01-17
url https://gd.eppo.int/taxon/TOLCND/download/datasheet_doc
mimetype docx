--- v4 (2025-12-26)
+++ v5 (2026-01-17)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi begomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2403694e2cd75a323" w:history="1">
+            <w:hyperlink r:id="rId1176696ae78e4ee1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8295694e2cd75a38d" w:history="1">
+            <w:hyperlink r:id="rId6322696ae78e4ee87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOLCND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="518132" name="name3938694e2cd75a44d" descr="3696.jpg"/>
+                  <wp:docPr id="77892582" name="name5527696ae78e4f404" descr="3696.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3696.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7438694e2cd75a44c" cstate="print"/>
+                          <a:blip r:embed="rId7012696ae78e4f402" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5870694e2cd75a549" w:history="1">
+            <w:hyperlink r:id="rId6412696ae78e4f4f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2334,63 +2334,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present. ToLCNDV findings outside the climate suitable for the insect vector are linked with the horticulture pathway and plants produced under protected cultivation (glasshouses).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37004974" name="name3990694e2cd75c143" descr="TOLCND_distribution_map.jpg"/>
+            <wp:docPr id="66343432" name="name2643696ae78e50ae1" descr="TOLCND_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOLCND_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8225694e2cd75c140" cstate="print"/>
+                    <a:blip r:embed="rId9145696ae78e50ade" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3967,51 +3967,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Tomato leaf curl New Delhi virus (Tomato New Delhi virus). Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3412694e2cd75cda0" w:history="1">
+      <w:hyperlink r:id="rId1465696ae78e51750" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/118179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4115,51 +4115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9341694e2cd75ce91" w:history="1">
+      <w:hyperlink r:id="rId2144696ae78e51844" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4187,81 +4187,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7), 6179, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7962694e2cd75cf0b" w:history="1">
+      <w:hyperlink r:id="rId5344696ae78e518c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020b), van Gemert J, Schenk M, Candresse T, Bottex B, Delbianco A, Vos S. Pest survey card on tomato leaf curl New Delhi virus. EFSA supporting publication EN-1904. 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7745694e2cd75cf3d" w:history="1">
+      <w:hyperlink r:id="rId4250696ae78e518f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4911,51 +4911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, 140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7975694e2cd75d37d" w:history="1">
+      <w:hyperlink r:id="rId4808696ae78e51d58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.00140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4981,51 +4981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Zucchini Squash in Italy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9(5), 563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5570694e2cd75d3ec" w:history="1">
+      <w:hyperlink r:id="rId3666696ae78e51dc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9050563</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5060,51 +5060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-206. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3398694e2cd75d46e" w:history="1">
+      <w:hyperlink r:id="rId2581696ae78e51e47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-801246-8.00003-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1719-1722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7554694e2cd75d4e1" w:history="1">
+      <w:hyperlink r:id="rId6926696ae78e51eb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12267</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5200,51 +5200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2513694e2cd75d550" w:history="1">
+      <w:hyperlink r:id="rId3434696ae78e51f29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02038-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3924694e2cd75d5dd" w:history="1">
+      <w:hyperlink r:id="rId7976696ae78e51fb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v9100264</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5369,51 +5369,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 25-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7635694e2cd75d657" w:history="1">
+      <w:hyperlink r:id="rId3658696ae78e52032" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/0022-1317-76-1-25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5439,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8638694e2cd75d6c6" w:history="1">
+      <w:hyperlink r:id="rId1891696ae78e520c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5665,51 +5665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 2673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2459694e2cd75d82a" w:history="1">
+      <w:hyperlink r:id="rId7419696ae78e5222f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijerph16152673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5775,51 +5775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2913-2919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8658694e2cd75d8e0" w:history="1">
+      <w:hyperlink r:id="rId7707696ae78e522de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0298-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6429,51 +6429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8374694e2cd75dcfa" w:history="1">
+      <w:hyperlink r:id="rId5997696ae78e526f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0155520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6517,73 +6517,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus solanumdelhiense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2416694e2cd75ddb1" w:history="1">
+      <w:hyperlink r:id="rId4444696ae78e527a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6596,63 +6596,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72257114" name="name2760694e2cd75de75" descr="eu_funding_250.png"/>
+            <wp:docPr id="32886639" name="name2242696ae78e52846" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2707694e2cd75de74" cstate="print"/>
+                    <a:blip r:embed="rId2825696ae78e52845" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6750,137 +6750,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17541560">
+  <w:abstractNum w:abstractNumId="54929566">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10891221">
+    <w:lvl w:ilvl="0" w:tplc="62218185">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10891221" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62218185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10891221" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62218185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10891221" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62218185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10891221" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62218185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10891221" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62218185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10891221" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62218185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10891221" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62218185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10891221" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62218185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17541559">
+  <w:abstractNum w:abstractNumId="54929565">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98855537">
+    <w:lvl w:ilvl="0" w:tplc="40343297">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7632,55 +7632,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17541559">
-    <w:abstractNumId w:val="17541559"/>
+  <w:num w:numId="54929565">
+    <w:abstractNumId w:val="54929565"/>
   </w:num>
-  <w:num w:numId="17541560">
-    <w:abstractNumId w:val="17541560"/>
+  <w:num w:numId="54929566">
+    <w:abstractNumId w:val="54929566"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19230,51 +19230,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId774910689" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId320045889" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2403694e2cd75a323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId8295694e2cd75a38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId5870694e2cd75a549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId3412694e2cd75cda0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId9341694e2cd75ce91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId7962694e2cd75cf0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId7745694e2cd75cf3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId7975694e2cd75d37d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId5570694e2cd75d3ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId3398694e2cd75d46e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId7554694e2cd75d4e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId2513694e2cd75d550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId3924694e2cd75d5dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId7635694e2cd75d657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId8638694e2cd75d6c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId2459694e2cd75d82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId8658694e2cd75d8e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId8374694e2cd75dcfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId2416694e2cd75ddb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7438694e2cd75a44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7438694e2cd75a44c.jpg"/><Relationship Id="rId8225694e2cd75c140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8225694e2cd75c140.jpg"/><Relationship Id="rId2707694e2cd75de74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2707694e2cd75de74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945204692" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId916434540" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1176696ae78e4ee1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId6322696ae78e4ee87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId6412696ae78e4f4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId1465696ae78e51750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId2144696ae78e51844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId5344696ae78e518c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId4250696ae78e518f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId4808696ae78e51d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId3666696ae78e51dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId2581696ae78e51e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId6926696ae78e51eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId3434696ae78e51f29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId7976696ae78e51fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId3658696ae78e52032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId1891696ae78e520c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId7419696ae78e5222f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId7707696ae78e522de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId5997696ae78e526f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId4444696ae78e527a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7012696ae78e4f402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7012696ae78e4f402.jpg"/><Relationship Id="rId9145696ae78e50ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9145696ae78e50ade.jpg"/><Relationship Id="rId2825696ae78e52845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2825696ae78e52845.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>