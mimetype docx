--- v5 (2026-01-17)
+++ v6 (2026-02-06)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi begomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1176696ae78e4ee1e" w:history="1">
+            <w:hyperlink r:id="rId536369864da2a9bf8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -360,53 +360,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6322696ae78e4ee87" w:history="1">
+            <w:hyperlink r:id="rId379669864da2a9c63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOLCND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77892582" name="name5527696ae78e4f404" descr="3696.jpg"/>
+                  <wp:docPr id="33077461" name="name262969864da2aa316" descr="3696.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3696.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7012696ae78e4f402" cstate="print"/>
+                          <a:blip r:embed="rId723069864da2aa314" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6412696ae78e4f4f2" w:history="1">
+            <w:hyperlink r:id="rId272269864da2aa44f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2007,51 +2007,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sauropus androgynus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sechium edule</w:t>
+        <w:t xml:space="preserve">Sicyos edulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum lycopersicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2329,100 +2329,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> whitefly vector and the availability of suitable host plants. ToLCNDV occurs in the Mediterranean regions, in areas where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present. ToLCNDV findings outside the climate suitable for the insect vector are linked with the horticulture pathway and plants produced under protected cultivation (glasshouses).</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, France (mainland), Greece (mainland), Italy (mainland, Sardegna, Sicilia), Morocco, Portugal (mainland, Azores), Slovakia, Spain (mainland, Islas Baleares, Islas Canárias), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2430,51 +2398,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Morocco, Seychelles, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bangladesh, China (Anhui, Jiangsu, Shandong, Shanghai, Zhejiang), India (Andhra Pradesh, Assam, Bihar, Chhattisgarh, Delhi, Gujarat, Haryana, Himachal Pradesh, Jammu &amp; Kashmir, Jharkand, Karnataka, Kerala, Madhya Pradesh, Maharashtra, Manipur, Odisha, Punjab, Rajasthan, Tamil Nadu, Telangana, Uttarakhand, Uttar Pradesh, West Bengal), Indonesia (Java, Sumatra), Iran, Islamic Republic of, Nepal, Pakistan, Philippines, Sri Lanka, Taiwan, Thailand</w:t>
+        <w:t xml:space="preserve"> Bangladesh, China (Anhui, Jiangsu, Jiangxi, Shandong, Shanghai, Zhejiang), India (Andhra Pradesh, Assam, Bihar, Chhattisgarh, Delhi, Gujarat, Haryana, Himachal Pradesh, Jammu &amp; Kashmir, Jharkand, Karnataka, Kerala, Madhya Pradesh, Maharashtra, Manipur, Odisha, Punjab, Rajasthan, Tamil Nadu, Telangana, Uttarakhand, Uttar Pradesh, West Bengal), Indonesia (Java, Sumatra), Iran, Islamic Republic of, Nepal, Pakistan, Philippines, Sri Lanka, Taiwan, Thailand</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3967,51 +3935,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Tomato leaf curl New Delhi virus (Tomato New Delhi virus). Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1465696ae78e51750" w:history="1">
+      <w:hyperlink r:id="rId198969864da2acc92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/118179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4115,51 +4083,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2144696ae78e51844" w:history="1">
+      <w:hyperlink r:id="rId192069864da2ace03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4187,81 +4155,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7), 6179, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5344696ae78e518c0" w:history="1">
+      <w:hyperlink r:id="rId822769864da2ace86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020b), van Gemert J, Schenk M, Candresse T, Bottex B, Delbianco A, Vos S. Pest survey card on tomato leaf curl New Delhi virus. EFSA supporting publication EN-1904. 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4250696ae78e518f2" w:history="1">
+      <w:hyperlink r:id="rId504469864da2acebb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4911,51 +4879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, 140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4808696ae78e51d58" w:history="1">
+      <w:hyperlink r:id="rId871369864da2ad33b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.00140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4981,51 +4949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Zucchini Squash in Italy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9(5), 563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3666696ae78e51dc9" w:history="1">
+      <w:hyperlink r:id="rId816669864da2ad3ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9050563</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5060,51 +5028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-206. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2581696ae78e51e47" w:history="1">
+      <w:hyperlink r:id="rId825869864da2ad42a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-801246-8.00003-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5130,51 +5098,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1719-1722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6926696ae78e51eb8" w:history="1">
+      <w:hyperlink r:id="rId144269864da2ad49c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12267</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5200,51 +5168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3434696ae78e51f29" w:history="1">
+      <w:hyperlink r:id="rId258069864da2ad50c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02038-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5290,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7976696ae78e51fb6" w:history="1">
+      <w:hyperlink r:id="rId357369864da2ad59a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v9100264</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5369,51 +5337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 25-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3658696ae78e52032" w:history="1">
+      <w:hyperlink r:id="rId569269864da2ad615" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/0022-1317-76-1-25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5439,51 +5407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1891696ae78e520c0" w:history="1">
+      <w:hyperlink r:id="rId166569864da2ad686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5665,51 +5633,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 2673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7419696ae78e5222f" w:history="1">
+      <w:hyperlink r:id="rId618369864da2ad7eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijerph16152673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5775,51 +5743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2913-2919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7707696ae78e522de" w:history="1">
+      <w:hyperlink r:id="rId927569864da2ad897" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0298-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6429,51 +6397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5997696ae78e526f1" w:history="1">
+      <w:hyperlink r:id="rId947969864da2afdea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0155520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6539,51 +6507,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus solanumdelhiense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4444696ae78e527a7" w:history="1">
+      <w:hyperlink r:id="rId108369864da2afeb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6596,63 +6564,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32886639" name="name2242696ae78e52846" descr="eu_funding_250.png"/>
+            <wp:docPr id="99707071" name="name467269864da2b0ec5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2825696ae78e52845" cstate="print"/>
+                    <a:blip r:embed="rId190069864da2b0ec3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6750,137 +6718,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54929566">
+  <w:abstractNum w:abstractNumId="14438379">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62218185">
+    <w:lvl w:ilvl="0" w:tplc="63274197">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62218185" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63274197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62218185" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63274197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62218185" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63274197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62218185" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63274197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62218185" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63274197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62218185" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63274197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62218185" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63274197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62218185" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63274197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54929565">
+  <w:abstractNum w:abstractNumId="14438378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40343297">
+    <w:lvl w:ilvl="0" w:tplc="52807655">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7632,55 +7600,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54929565">
-    <w:abstractNumId w:val="54929565"/>
+  <w:num w:numId="14438378">
+    <w:abstractNumId w:val="14438378"/>
   </w:num>
-  <w:num w:numId="54929566">
-    <w:abstractNumId w:val="54929566"/>
+  <w:num w:numId="14438379">
+    <w:abstractNumId w:val="14438379"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19230,51 +19198,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945204692" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId916434540" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1176696ae78e4ee1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId6322696ae78e4ee87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId6412696ae78e4f4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId1465696ae78e51750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId2144696ae78e51844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId5344696ae78e518c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId4250696ae78e518f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId4808696ae78e51d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId3666696ae78e51dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId2581696ae78e51e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId6926696ae78e51eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId3434696ae78e51f29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId7976696ae78e51fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId3658696ae78e52032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId1891696ae78e520c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId7419696ae78e5222f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId7707696ae78e522de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId5997696ae78e526f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId4444696ae78e527a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7012696ae78e4f402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7012696ae78e4f402.jpg"/><Relationship Id="rId9145696ae78e50ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9145696ae78e50ade.jpg"/><Relationship Id="rId2825696ae78e52845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2825696ae78e52845.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId577878825" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId415788789" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId536369864da2a9bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId379669864da2a9c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId272269864da2aa44f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId198969864da2acc92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId192069864da2ace03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId822769864da2ace86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId504469864da2acebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId871369864da2ad33b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId816669864da2ad3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId825869864da2ad42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId144269864da2ad49c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId258069864da2ad50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId357369864da2ad59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId569269864da2ad615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId166569864da2ad686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId618369864da2ad7eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId927569864da2ad897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId947969864da2afdea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId108369864da2afeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId723069864da2aa314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723069864da2aa314.jpg"/><Relationship Id="rId190069864da2b0ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId190069864da2b0ec3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>