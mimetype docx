--- v6 (2026-02-06)
+++ v7 (2026-03-02)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi begomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId536369864da2a9bf8" w:history="1">
+            <w:hyperlink r:id="rId549169a61c1696698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379669864da2a9c63" w:history="1">
+            <w:hyperlink r:id="rId672969a61c1696704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOLCND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33077461" name="name262969864da2aa316" descr="3696.jpg"/>
+                  <wp:docPr id="22967191" name="name590169a61c1696b94" descr="3696.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3696.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId723069864da2aa314" cstate="print"/>
+                          <a:blip r:embed="rId976769a61c1696b92" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId272269864da2aa44f" w:history="1">
+            <w:hyperlink r:id="rId418169a61c1696cfd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1227,50 +1227,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crossandra infundibuliformis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Cucumis anguria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Cucumis melo subsp. agrestis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cucumis melo subsp. melo var. cantaloupensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2329,68 +2349,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> whitefly vector and the availability of suitable host plants. ToLCNDV occurs in the Mediterranean regions, in areas where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present. ToLCNDV findings outside the climate suitable for the insect vector are linked with the horticulture pathway and plants produced under protected cultivation (glasshouses).</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="50689156" name="name545269a61c16985bb" descr="TOLCND_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="TOLCND_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId906169a61c16985b7" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, France (mainland), Greece (mainland), Italy (mainland, Sardegna, Sicilia), Morocco, Portugal (mainland, Azores), Slovakia, Spain (mainland, Islas Baleares, Islas Canárias), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2398,51 +2450,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Morocco, Seychelles, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bangladesh, China (Anhui, Jiangsu, Jiangxi, Shandong, Shanghai, Zhejiang), India (Andhra Pradesh, Assam, Bihar, Chhattisgarh, Delhi, Gujarat, Haryana, Himachal Pradesh, Jammu &amp; Kashmir, Jharkand, Karnataka, Kerala, Madhya Pradesh, Maharashtra, Manipur, Odisha, Punjab, Rajasthan, Tamil Nadu, Telangana, Uttarakhand, Uttar Pradesh, West Bengal), Indonesia (Java, Sumatra), Iran, Islamic Republic of, Nepal, Pakistan, Philippines, Sri Lanka, Taiwan, Thailand</w:t>
+        <w:t xml:space="preserve"> Bangladesh, China (Anhui, Guangdong, Jiangsu, Jiangxi, Shandong, Shanghai, Zhejiang), India (Andhra Pradesh, Assam, Bihar, Chhattisgarh, Delhi, Gujarat, Haryana, Himachal Pradesh, Jammu &amp; Kashmir, Jharkand, Karnataka, Kerala, Madhya Pradesh, Maharashtra, Manipur, Odisha, Punjab, Rajasthan, Tamil Nadu, Telangana, Uttarakhand, Uttar Pradesh, West Bengal), Indonesia (Java, Sumatra), Iran, Islamic Republic of, Nepal, Pakistan, Philippines, Sri Lanka, Taiwan, Thailand</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3935,51 +3987,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Tomato leaf curl New Delhi virus (Tomato New Delhi virus). Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198969864da2acc92" w:history="1">
+      <w:hyperlink r:id="rId364169a61c1699222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/118179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4083,51 +4135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192069864da2ace03" w:history="1">
+      <w:hyperlink r:id="rId529369a61c1699328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4155,81 +4207,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7), 6179, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822769864da2ace86" w:history="1">
+      <w:hyperlink r:id="rId902669a61c16993a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020b), van Gemert J, Schenk M, Candresse T, Bottex B, Delbianco A, Vos S. Pest survey card on tomato leaf curl New Delhi virus. EFSA supporting publication EN-1904. 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504469864da2acebb" w:history="1">
+      <w:hyperlink r:id="rId733769a61c16993d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4879,51 +4931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, 140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871369864da2ad33b" w:history="1">
+      <w:hyperlink r:id="rId803769a61c169984c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.00140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4949,51 +5001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Zucchini Squash in Italy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9(5), 563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816669864da2ad3ae" w:history="1">
+      <w:hyperlink r:id="rId699969a61c16998cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9050563</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5028,51 +5080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-206. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825869864da2ad42a" w:history="1">
+      <w:hyperlink r:id="rId962869a61c169994f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-801246-8.00003-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5098,51 +5150,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1719-1722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144269864da2ad49c" w:history="1">
+      <w:hyperlink r:id="rId940769a61c16999c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12267</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5168,51 +5220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258069864da2ad50c" w:history="1">
+      <w:hyperlink r:id="rId669169a61c1699a34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02038-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357369864da2ad59a" w:history="1">
+      <w:hyperlink r:id="rId989269a61c1699acc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v9100264</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5337,51 +5389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 25-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569269864da2ad615" w:history="1">
+      <w:hyperlink r:id="rId630469a61c1699b4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/0022-1317-76-1-25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5407,51 +5459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166569864da2ad686" w:history="1">
+      <w:hyperlink r:id="rId838169a61c1699bc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5633,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 2673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618369864da2ad7eb" w:history="1">
+      <w:hyperlink r:id="rId933269a61c1699d25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijerph16152673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5743,51 +5795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2913-2919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927569864da2ad897" w:history="1">
+      <w:hyperlink r:id="rId456969a61c1699dd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0298-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6397,51 +6449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId947969864da2afdea" w:history="1">
+      <w:hyperlink r:id="rId374569a61c169a1dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0155520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6507,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus solanumdelhiense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108369864da2afeb4" w:history="1">
+      <w:hyperlink r:id="rId684069a61c169a293" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6564,63 +6616,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99707071" name="name467269864da2b0ec5" descr="eu_funding_250.png"/>
+            <wp:docPr id="40592597" name="name422569a61c169a635" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId190069864da2b0ec3" cstate="print"/>
+                    <a:blip r:embed="rId701369a61c169a633" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6718,137 +6770,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14438379">
+  <w:abstractNum w:abstractNumId="87927345">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63274197">
+    <w:lvl w:ilvl="0" w:tplc="86681650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63274197" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86681650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63274197" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86681650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63274197" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86681650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63274197" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86681650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63274197" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86681650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63274197" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86681650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63274197" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86681650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63274197" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86681650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14438378">
+  <w:abstractNum w:abstractNumId="87927344">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52807655">
+    <w:lvl w:ilvl="0" w:tplc="84976225">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7600,55 +7652,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14438378">
-    <w:abstractNumId w:val="14438378"/>
+  <w:num w:numId="87927344">
+    <w:abstractNumId w:val="87927344"/>
   </w:num>
-  <w:num w:numId="14438379">
-    <w:abstractNumId w:val="14438379"/>
+  <w:num w:numId="87927345">
+    <w:abstractNumId w:val="87927345"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19198,51 +19250,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId577878825" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId415788789" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId536369864da2a9bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId379669864da2a9c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId272269864da2aa44f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId198969864da2acc92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId192069864da2ace03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId822769864da2ace86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId504469864da2acebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId871369864da2ad33b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId816669864da2ad3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId825869864da2ad42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId144269864da2ad49c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId258069864da2ad50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId357369864da2ad59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId569269864da2ad615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId166569864da2ad686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId618369864da2ad7eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId927569864da2ad897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId947969864da2afdea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId108369864da2afeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId723069864da2aa314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723069864da2aa314.jpg"/><Relationship Id="rId190069864da2b0ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId190069864da2b0ec3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932792640" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365991445" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId549169a61c1696698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId672969a61c1696704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId418169a61c1696cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId364169a61c1699222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId529369a61c1699328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId902669a61c16993a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId733769a61c16993d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId803769a61c169984c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId699969a61c16998cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId962869a61c169994f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId940769a61c16999c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId669169a61c1699a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId989269a61c1699acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId630469a61c1699b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId838169a61c1699bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId933269a61c1699d25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId456969a61c1699dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId374569a61c169a1dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId684069a61c169a293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId976769a61c1696b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId976769a61c1696b92.jpg"/><Relationship Id="rId906169a61c16985b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906169a61c16985b7.jpg"/><Relationship Id="rId701369a61c169a633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701369a61c169a633.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>