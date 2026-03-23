--- v7 (2026-03-02)
+++ v8 (2026-03-23)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi begomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato leaf curl New Delhi virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549169a61c1696698" w:history="1">
+            <w:hyperlink r:id="rId588869c09cbb380de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId672969a61c1696704" w:history="1">
+            <w:hyperlink r:id="rId470069c09cbb38161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOLCND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22967191" name="name590169a61c1696b94" descr="3696.jpg"/>
+                  <wp:docPr id="27099559" name="name521069c09cbb38728" descr="3696.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3696.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId976769a61c1696b92" cstate="print"/>
+                          <a:blip r:embed="rId514269c09cbb38727" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId418169a61c1696cfd" w:history="1">
+            <w:hyperlink r:id="rId999169c09cbb388bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2354,63 +2354,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present. ToLCNDV findings outside the climate suitable for the insect vector are linked with the horticulture pathway and plants produced under protected cultivation (glasshouses).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50689156" name="name545269a61c16985bb" descr="TOLCND_distribution_map.jpg"/>
+            <wp:docPr id="21693405" name="name493369c09cbb3a302" descr="TOLCND_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOLCND_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId906169a61c16985b7" cstate="print"/>
+                    <a:blip r:embed="rId563769c09cbb3a2fe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3987,51 +3987,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Tomato leaf curl New Delhi virus (Tomato New Delhi virus). Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364169a61c1699222" w:history="1">
+      <w:hyperlink r:id="rId428569c09cbb3b6d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/118179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4135,51 +4135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529369a61c1699328" w:history="1">
+      <w:hyperlink r:id="rId952969c09cbb3b7d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4207,81 +4207,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7), 6179, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902669a61c16993a2" w:history="1">
+      <w:hyperlink r:id="rId483069c09cbb3b883" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020b), van Gemert J, Schenk M, Candresse T, Bottex B, Delbianco A, Vos S. Pest survey card on tomato leaf curl New Delhi virus. EFSA supporting publication EN-1904. 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733769a61c16993d6" w:history="1">
+      <w:hyperlink r:id="rId933969c09cbb3b8ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4931,51 +4931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, 140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803769a61c169984c" w:history="1">
+      <w:hyperlink r:id="rId416969c09cbb3be78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.00140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5001,51 +5001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Zucchini Squash in Italy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9(5), 563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699969a61c16998cd" w:history="1">
+      <w:hyperlink r:id="rId376269c09cbb3beee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9050563</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5080,51 +5080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-206. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962869a61c169994f" w:history="1">
+      <w:hyperlink r:id="rId381969c09cbb3bf71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-801246-8.00003-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5150,51 +5150,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1719-1722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940769a61c16999c2" w:history="1">
+      <w:hyperlink r:id="rId751669c09cbb3bfe5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12267</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5220,51 +5220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669169a61c1699a34" w:history="1">
+      <w:hyperlink r:id="rId766369c09cbb3c066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02038-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5310,51 +5310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989269a61c1699acc" w:history="1">
+      <w:hyperlink r:id="rId227469c09cbb3c10f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v9100264</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5389,51 +5389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 25-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630469a61c1699b4c" w:history="1">
+      <w:hyperlink r:id="rId635369c09cbb3c1a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/0022-1317-76-1-25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5459,51 +5459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838169a61c1699bc0" w:history="1">
+      <w:hyperlink r:id="rId989369c09cbb3c218" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12978</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5685,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 2673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933269a61c1699d25" w:history="1">
+      <w:hyperlink r:id="rId774369c09cbb3c38a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijerph16152673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5795,51 +5795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2913-2919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456969a61c1699dd1" w:history="1">
+      <w:hyperlink r:id="rId862069c09cbb3c43f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0298-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6449,51 +6449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374569a61c169a1dc" w:history="1">
+      <w:hyperlink r:id="rId689969c09cbb3c877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0155520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus solanumdelhiense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId684069a61c169a293" w:history="1">
+      <w:hyperlink r:id="rId113769c09cbb3c954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6616,63 +6616,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40592597" name="name422569a61c169a635" descr="eu_funding_250.png"/>
+            <wp:docPr id="93845410" name="name379469c09cbb3ca03" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId701369a61c169a633" cstate="print"/>
+                    <a:blip r:embed="rId126369c09cbb3ca02" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6770,137 +6770,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87927345">
+  <w:abstractNum w:abstractNumId="22924104">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86681650">
+    <w:lvl w:ilvl="0" w:tplc="22325450">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86681650" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22325450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86681650" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22325450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86681650" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22325450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86681650" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22325450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86681650" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22325450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86681650" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22325450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86681650" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22325450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86681650" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22325450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87927344">
+  <w:abstractNum w:abstractNumId="22924103">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84976225">
+    <w:lvl w:ilvl="0" w:tplc="94434755">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7652,55 +7652,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87927344">
-    <w:abstractNumId w:val="87927344"/>
+  <w:num w:numId="22924103">
+    <w:abstractNumId w:val="22924103"/>
   </w:num>
-  <w:num w:numId="87927345">
-    <w:abstractNumId w:val="87927345"/>
+  <w:num w:numId="22924104">
+    <w:abstractNumId w:val="22924104"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19250,51 +19250,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932792640" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365991445" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId549169a61c1696698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId672969a61c1696704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId418169a61c1696cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId364169a61c1699222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId529369a61c1699328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId902669a61c16993a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId733769a61c16993d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId803769a61c169984c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId699969a61c16998cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId962869a61c169994f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId940769a61c16999c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId669169a61c1699a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId989269a61c1699acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId630469a61c1699b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId838169a61c1699bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId933269a61c1699d25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId456969a61c1699dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId374569a61c169a1dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId684069a61c169a293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId976769a61c1696b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId976769a61c1696b92.jpg"/><Relationship Id="rId906169a61c16985b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906169a61c16985b7.jpg"/><Relationship Id="rId701369a61c169a633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701369a61c169a633.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId323907543" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId950868828" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId588869c09cbb380de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/" TargetMode="External"/><Relationship Id="rId470069c09cbb38161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/categorization" TargetMode="External"/><Relationship Id="rId999169c09cbb388bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOLCND/photos" TargetMode="External"/><Relationship Id="rId428569c09cbb3b6d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/118179" TargetMode="External"/><Relationship Id="rId952969c09cbb3b7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId483069c09cbb3b883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6179" TargetMode="External"/><Relationship Id="rId933969c09cbb3b8ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1904" TargetMode="External"/><Relationship Id="rId416969c09cbb3be78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.00140" TargetMode="External"/><Relationship Id="rId376269c09cbb3beee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9050563" TargetMode="External"/><Relationship Id="rId381969c09cbb3bf71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-801246-8.00003-2" TargetMode="External"/><Relationship Id="rId751669c09cbb3bfe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12267" TargetMode="External"/><Relationship Id="rId766369c09cbb3c066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02038-1" TargetMode="External"/><Relationship Id="rId227469c09cbb3c10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v9100264" TargetMode="External"/><Relationship Id="rId635369c09cbb3c1a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/0022-1317-76-1-25" TargetMode="External"/><Relationship Id="rId989369c09cbb3c218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12978" TargetMode="External"/><Relationship Id="rId774369c09cbb3c38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph16152673" TargetMode="External"/><Relationship Id="rId862069c09cbb3c43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0298-RE" TargetMode="External"/><Relationship Id="rId689969c09cbb3c877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0155520" TargetMode="External"/><Relationship Id="rId113769c09cbb3c954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId514269c09cbb38727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId514269c09cbb38727.jpg"/><Relationship Id="rId563769c09cbb3a2fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563769c09cbb3a2fe.jpg"/><Relationship Id="rId126369c09cbb3ca02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126369c09cbb3ca02.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>