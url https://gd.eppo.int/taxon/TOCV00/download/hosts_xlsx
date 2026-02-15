--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -37,50 +37,51 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Fiallo‐Olivé E, Navas‐Castillo J (2019), Tomato chlorosis virus, an emergent plant virus still expanding its geographical and host ranges. Molecular Plant Pathology, 20: 1307-1320. doi:10.1111/mpp.12847
 * Gavrili V, Lotos L, Katis N, Maliogka V (2022) First report of tomato chlorosis virus in pepper in Greece. Journal of Plant Pathology 104, p 439.
+* Kwak HR, Byun HS, Lee B, Kang DW, Han I (2025) First report of paprika as a natural host plant for tomato chlorosis virus in Korea. Plant Disease. 109(1), 238. https://doi.org/10.1094/PDIS-08-24-1697-PDN
 * Lozano G, Moriones E, Navas‐Castillo J (2004) First report of sweet pepper (Capsicum annuum) as a natural host plant for Tomato chlorosis virus. Plant Dis. 88, 224.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Shakeel MT, Al‐Saleh MA, Amer MA, Al‐Shahwan IM, Umar M, Dimou N, Orfanidou CG, Zakri AM, Katis NI (2017) Molecular characterization and natural host range of Tomato chlorosis virus in Saudi Arabia. Journal of Plant Pathology 99, 415–421. http://dx.doi.org/10.4454/jpp.v99i2.3860
 ------- Confirmed host.
 * Wisler GC, Li RH, Liu HY, Lowry DS, Duffus JE (1998) Tomato chlorosis virus: A new whitefly‐transmitted, phloem limited, bipartite closterovirus of tomato. Phytopathology, 88, 402–409.</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Favara GM, Martines CD, de Oliveira AV, Dovigo LH, Marubayashi JM, de Oliveira CS, de Souza‐Dias JA, Hayashi P, Watanabe LF, Rezende JA, Krause‐Sakate R (2025) Current status of tomato chlorosis virus and whiteflies in potato crops of São Paulo State and virus–vector–host interactions. Plant Pathology (early view). https://doi.org/10.1111/ppa.14108
 * Fortes IM, Navas-Castillo J (2012) Potato, an experimental and natural host of the crinivirus Tomato chlorosis virus. European Journal of Plant Pathology 134(1), 81-86.
 ------- confirmed host
 </t>