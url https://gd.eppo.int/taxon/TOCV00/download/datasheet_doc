--- v0 (2025-10-07)
+++ v1 (2025-11-17)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109268e58591994b0" w:history="1">
+            <w:hyperlink r:id="rId4563691b49913c382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386368e585919950b" w:history="1">
+            <w:hyperlink r:id="rId8027691b49913c3c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96578903" name="name964868e58591995db" descr="12094.jpg"/>
+                  <wp:docPr id="16250200" name="name3808691b49913c498" descr="12094.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12094.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId690168e58591995da" cstate="print"/>
+                          <a:blip r:embed="rId7654691b49913c497" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId316768e58591996fe" w:history="1">
+            <w:hyperlink r:id="rId9489691b49913c58e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3432,63 +3432,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40702982" name="name511768e585919bc4a" descr="TOCV00_distribution_map.jpg"/>
+            <wp:docPr id="46518002" name="name6348691b49913d9ad" descr="TOCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId511068e585919bc46" cstate="print"/>
+                    <a:blip r:embed="rId7127691b49913d9ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480968e585919cdd1" w:history="1">
+      <w:hyperlink r:id="rId9687691b49913eac2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6133,51 +6133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 199–207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228768e585919cf7d" w:history="1">
+      <w:hyperlink r:id="rId1530691b49913ec71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.10.2017.0220</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7049,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trop. plant pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,84–90 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333268e585919d557" w:history="1">
+      <w:hyperlink r:id="rId5779691b49913f24c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-019-00323-x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7325,51 +7325,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI. Crop protection compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636268e585919d71b" w:history="1">
+      <w:hyperlink r:id="rId6168691b49913f419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7444,51 +7444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus tomatichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175768e585919d7da" w:history="1">
+      <w:hyperlink r:id="rId1764691b49913f4dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7553,90 +7553,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 439-441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755068e585919d889" w:history="1">
+      <w:hyperlink r:id="rId3816691b49913f593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00888.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52927193" name="name854568e585919d8f5" descr="eu_funding_250.png"/>
+            <wp:docPr id="86326590" name="name1885691b49913f5f1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId519368e585919d8f4" cstate="print"/>
+                    <a:blip r:embed="rId5927691b49913f5f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7734,137 +7734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63813939">
+  <w:abstractNum w:abstractNumId="51346194">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24999287">
+    <w:lvl w:ilvl="0" w:tplc="77955587">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24999287" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77955587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24999287" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77955587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24999287" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77955587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24999287" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77955587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24999287" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77955587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24999287" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77955587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24999287" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77955587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24999287" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77955587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63813938">
+  <w:abstractNum w:abstractNumId="51346193">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59832779">
+    <w:lvl w:ilvl="0" w:tplc="61323681">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8616,55 +8616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63813938">
-    <w:abstractNumId w:val="63813938"/>
+  <w:num w:numId="51346193">
+    <w:abstractNumId w:val="51346193"/>
   </w:num>
-  <w:num w:numId="63813939">
-    <w:abstractNumId w:val="63813939"/>
+  <w:num w:numId="51346194">
+    <w:abstractNumId w:val="51346194"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20214,51 +20214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId207424686" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931978277" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId109268e58591994b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId386368e585919950b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId316768e58591996fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId480968e585919cdd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId228768e585919cf7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId333268e585919d557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId636268e585919d71b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId175768e585919d7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId755068e585919d889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId690168e58591995da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId690168e58591995da.jpg"/><Relationship Id="rId511068e585919bc46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511068e585919bc46.jpg"/><Relationship Id="rId519368e585919d8f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId519368e585919d8f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId818637218" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751894363" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4563691b49913c382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId8027691b49913c3c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId9489691b49913c58e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId9687691b49913eac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId1530691b49913ec71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId5779691b49913f24c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId6168691b49913f419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId1764691b49913f4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3816691b49913f593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId7654691b49913c497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7654691b49913c497.jpg"/><Relationship Id="rId7127691b49913d9ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7127691b49913d9ab.jpg"/><Relationship Id="rId5927691b49913f5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5927691b49913f5f0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>