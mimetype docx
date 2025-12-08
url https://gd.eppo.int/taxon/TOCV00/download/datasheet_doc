--- v1 (2025-11-17)
+++ v2 (2025-12-08)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4563691b49913c382" w:history="1">
+            <w:hyperlink r:id="rId48636936540078486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8027691b49913c3c6" w:history="1">
+            <w:hyperlink r:id="rId211069365400784d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16250200" name="name3808691b49913c498" descr="12094.jpg"/>
+                  <wp:docPr id="46961042" name="name24356936540078ae0" descr="12094.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12094.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7654691b49913c497" cstate="print"/>
+                          <a:blip r:embed="rId86226936540078ade" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9489691b49913c58e" w:history="1">
+            <w:hyperlink r:id="rId37396936540078bf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3432,63 +3432,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46518002" name="name6348691b49913d9ad" descr="TOCV00_distribution_map.jpg"/>
+            <wp:docPr id="65361206" name="name6880693654007b12b" descr="TOCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7127691b49913d9ab" cstate="print"/>
+                    <a:blip r:embed="rId9886693654007b127" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9687691b49913eac2" w:history="1">
+      <w:hyperlink r:id="rId1502693654007c28f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6133,51 +6133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 199–207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1530691b49913ec71" w:history="1">
+      <w:hyperlink r:id="rId8816693654007c43b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.10.2017.0220</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7049,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trop. plant pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,84–90 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5779691b49913f24c" w:history="1">
+      <w:hyperlink r:id="rId4435693654007ca0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-019-00323-x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7325,51 +7325,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI. Crop protection compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6168691b49913f419" w:history="1">
+      <w:hyperlink r:id="rId8412693654007cbd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7444,51 +7444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus tomatichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1764691b49913f4dc" w:history="1">
+      <w:hyperlink r:id="rId9809693654007cc90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7553,90 +7553,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 439-441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3816691b49913f593" w:history="1">
+      <w:hyperlink r:id="rId6074693654007cd43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00888.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86326590" name="name1885691b49913f5f1" descr="eu_funding_250.png"/>
+            <wp:docPr id="92916491" name="name6756693654007d077" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5927691b49913f5f0" cstate="print"/>
+                    <a:blip r:embed="rId2788693654007d076" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7734,137 +7734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51346194">
+  <w:abstractNum w:abstractNumId="96449065">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77955587">
+    <w:lvl w:ilvl="0" w:tplc="71138985">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77955587" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71138985" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77955587" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71138985" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77955587" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71138985" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77955587" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71138985" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77955587" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71138985" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77955587" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71138985" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77955587" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71138985" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77955587" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71138985" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51346193">
+  <w:abstractNum w:abstractNumId="96449064">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61323681">
+    <w:lvl w:ilvl="0" w:tplc="48357944">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8616,55 +8616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51346193">
-    <w:abstractNumId w:val="51346193"/>
+  <w:num w:numId="96449064">
+    <w:abstractNumId w:val="96449064"/>
   </w:num>
-  <w:num w:numId="51346194">
-    <w:abstractNumId w:val="51346194"/>
+  <w:num w:numId="96449065">
+    <w:abstractNumId w:val="96449065"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20214,51 +20214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId818637218" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751894363" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4563691b49913c382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId8027691b49913c3c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId9489691b49913c58e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId9687691b49913eac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId1530691b49913ec71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId5779691b49913f24c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId6168691b49913f419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId1764691b49913f4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3816691b49913f593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId7654691b49913c497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7654691b49913c497.jpg"/><Relationship Id="rId7127691b49913d9ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7127691b49913d9ab.jpg"/><Relationship Id="rId5927691b49913f5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5927691b49913f5f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529816357" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId573888577" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48636936540078486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId211069365400784d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId37396936540078bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId1502693654007c28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId8816693654007c43b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId4435693654007ca0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId8412693654007cbd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId9809693654007cc90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6074693654007cd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId86226936540078ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86226936540078ade.jpg"/><Relationship Id="rId9886693654007b127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9886693654007b127.jpg"/><Relationship Id="rId2788693654007d076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2788693654007d076.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>