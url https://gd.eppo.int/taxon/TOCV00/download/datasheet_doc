--- v2 (2025-12-08)
+++ v3 (2026-01-17)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48636936540078486" w:history="1">
+            <w:hyperlink r:id="rId3855696ae4821ef43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211069365400784d8" w:history="1">
+            <w:hyperlink r:id="rId7545696ae4821ef87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46961042" name="name24356936540078ae0" descr="12094.jpg"/>
+                  <wp:docPr id="77531397" name="name2635696ae4821f5b8" descr="12094.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12094.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId86226936540078ade" cstate="print"/>
+                          <a:blip r:embed="rId6136696ae4821f5b6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId37396936540078bf1" w:history="1">
+            <w:hyperlink r:id="rId8366696ae4821f6c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3432,63 +3432,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65361206" name="name6880693654007b12b" descr="TOCV00_distribution_map.jpg"/>
+            <wp:docPr id="7936939" name="name8198696ae482218dc" descr="TOCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9886693654007b127" cstate="print"/>
+                    <a:blip r:embed="rId4373696ae482218d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1502693654007c28f" w:history="1">
+      <w:hyperlink r:id="rId9835696ae48222a85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6133,51 +6133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 199–207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8816693654007c43b" w:history="1">
+      <w:hyperlink r:id="rId4567696ae48222c3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.10.2017.0220</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7049,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trop. plant pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,84–90 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4435693654007ca0a" w:history="1">
+      <w:hyperlink r:id="rId8585696ae48223273" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-019-00323-x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7325,51 +7325,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI. Crop protection compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8412693654007cbd0" w:history="1">
+      <w:hyperlink r:id="rId5952696ae4822344a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7422,73 +7422,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus tomatichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9809693654007cc90" w:history="1">
+      <w:hyperlink r:id="rId4624696ae48223510" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7553,90 +7553,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 439-441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6074693654007cd43" w:history="1">
+      <w:hyperlink r:id="rId4718696ae482235c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00888.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92916491" name="name6756693654007d077" descr="eu_funding_250.png"/>
+            <wp:docPr id="93961363" name="name4777696ae48223659" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2788693654007d076" cstate="print"/>
+                    <a:blip r:embed="rId9357696ae48223658" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7734,137 +7734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96449065">
+  <w:abstractNum w:abstractNumId="74756792">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71138985">
+    <w:lvl w:ilvl="0" w:tplc="44436501">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71138985" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44436501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71138985" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44436501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71138985" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44436501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71138985" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44436501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71138985" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44436501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71138985" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44436501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71138985" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44436501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71138985" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44436501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96449064">
+  <w:abstractNum w:abstractNumId="74756791">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48357944">
+    <w:lvl w:ilvl="0" w:tplc="84245366">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8616,55 +8616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96449064">
-    <w:abstractNumId w:val="96449064"/>
+  <w:num w:numId="74756791">
+    <w:abstractNumId w:val="74756791"/>
   </w:num>
-  <w:num w:numId="96449065">
-    <w:abstractNumId w:val="96449065"/>
+  <w:num w:numId="74756792">
+    <w:abstractNumId w:val="74756792"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20214,51 +20214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529816357" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId573888577" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48636936540078486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId211069365400784d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId37396936540078bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId1502693654007c28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId8816693654007c43b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId4435693654007ca0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId8412693654007cbd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId9809693654007cc90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6074693654007cd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId86226936540078ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86226936540078ade.jpg"/><Relationship Id="rId9886693654007b127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9886693654007b127.jpg"/><Relationship Id="rId2788693654007d076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2788693654007d076.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId733651334" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId497290879" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3855696ae4821ef43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId7545696ae4821ef87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId8366696ae4821f6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId9835696ae48222a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId4567696ae48222c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId8585696ae48223273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId5952696ae4822344a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId4624696ae48223510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4718696ae482235c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId6136696ae4821f5b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6136696ae4821f5b6.jpg"/><Relationship Id="rId4373696ae482218d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4373696ae482218d8.jpg"/><Relationship Id="rId9357696ae48223658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9357696ae48223658.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>