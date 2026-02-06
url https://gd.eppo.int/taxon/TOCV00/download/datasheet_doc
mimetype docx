--- v3 (2026-01-17)
+++ v4 (2026-02-06)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3855696ae4821ef43" w:history="1">
+            <w:hyperlink r:id="rId598269863b598576c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7545696ae4821ef87" w:history="1">
+            <w:hyperlink r:id="rId240269863b59857f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77531397" name="name2635696ae4821f5b8" descr="12094.jpg"/>
+                  <wp:docPr id="41442323" name="name726469863b5985e03" descr="12094.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12094.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6136696ae4821f5b6" cstate="print"/>
+                          <a:blip r:embed="rId636169863b5985e01" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8366696ae4821f6c7" w:history="1">
+            <w:hyperlink r:id="rId325769863b5985f33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3432,63 +3432,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7936939" name="name8198696ae482218dc" descr="TOCV00_distribution_map.jpg"/>
+            <wp:docPr id="29013805" name="name435269863b598805d" descr="TOCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4373696ae482218d8" cstate="print"/>
+                    <a:blip r:embed="rId891369863b598805a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3528,51 +3528,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Kenya, Mauritius, Mayotte, Morocco, Nigeria, Reunion, South Africa, Sudan, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Beijing, Hainan, Hebei, Henan, Hunan, Jiangsu, Liaoning, Neimenggu, Shaanxi, Shandong, Shanxi, Yunnan, Zhejiang), India (Himachal Pradesh), Indonesia (Java), Israel, Japan (Honshu), Jordan, Korea, Republic of, Lebanon, Pakistan, Saudi Arabia, Taiwan</w:t>
+        <w:t xml:space="preserve"> China (Beijing, Chongqing, Hainan, Hebei, Henan, Hunan, Jiangsu, Liaoning, Neimenggu, Shaanxi, Shandong, Shanxi, Sichuan, Yunnan, Zhejiang), India (Himachal Pradesh), Indonesia (Java), Israel, Japan (Honshu), Jordan, Korea, Republic of, Lebanon, Pakistan, Saudi Arabia, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mexico, United States of America (Colorado, Connecticut, Florida, Georgia, Louisiana, New York, Virginia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3591,51 +3591,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Costa Rica, Cuba, Dominican Republic, Puerto Rico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brazil (Bahia, Distrito Federal, Espirito Santo, Goias, Minas Gerais, Parana, Pernambuco, Rio de Janeiro, Rio Grande do Sul, Santa Catarina, Sao Paulo), Uruguay</w:t>
+        <w:t xml:space="preserve"> Argentina, Brazil (Bahia, Distrito Federal, Espirito Santo, Goias, Minas Gerais, Parana, Pernambuco, Rio de Janeiro, Rio Grande do Sul, Santa Catarina, Sao Paulo), Uruguay</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9835696ae48222a85" w:history="1">
+      <w:hyperlink r:id="rId540969863b5989292" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6133,51 +6133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 199–207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4567696ae48222c3c" w:history="1">
+      <w:hyperlink r:id="rId818869863b5989441" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.10.2017.0220</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7049,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trop. plant pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,84–90 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8585696ae48223273" w:history="1">
+      <w:hyperlink r:id="rId479969863b5989a11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-019-00323-x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7325,51 +7325,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI. Crop protection compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5952696ae4822344a" w:history="1">
+      <w:hyperlink r:id="rId659169863b5989bf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7444,51 +7444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus tomatichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4624696ae48223510" w:history="1">
+      <w:hyperlink r:id="rId521469863b5989cb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7553,90 +7553,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 439-441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4718696ae482235c7" w:history="1">
+      <w:hyperlink r:id="rId780669863b5989d6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00888.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93961363" name="name4777696ae48223659" descr="eu_funding_250.png"/>
+            <wp:docPr id="69479302" name="name982269863b598a0ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9357696ae48223658" cstate="print"/>
+                    <a:blip r:embed="rId536069863b598a0aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7734,137 +7734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74756792">
+  <w:abstractNum w:abstractNumId="59728669">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44436501">
+    <w:lvl w:ilvl="0" w:tplc="34682380">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44436501" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34682380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44436501" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34682380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44436501" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34682380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44436501" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34682380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44436501" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34682380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44436501" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34682380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44436501" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34682380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44436501" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34682380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74756791">
+  <w:abstractNum w:abstractNumId="59728668">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84245366">
+    <w:lvl w:ilvl="0" w:tplc="70592214">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8616,55 +8616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74756791">
-    <w:abstractNumId w:val="74756791"/>
+  <w:num w:numId="59728668">
+    <w:abstractNumId w:val="59728668"/>
   </w:num>
-  <w:num w:numId="74756792">
-    <w:abstractNumId w:val="74756792"/>
+  <w:num w:numId="59728669">
+    <w:abstractNumId w:val="59728669"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20214,51 +20214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId733651334" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId497290879" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3855696ae4821ef43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId7545696ae4821ef87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId8366696ae4821f6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId9835696ae48222a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId4567696ae48222c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId8585696ae48223273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId5952696ae4822344a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId4624696ae48223510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4718696ae482235c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId6136696ae4821f5b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6136696ae4821f5b6.jpg"/><Relationship Id="rId4373696ae482218d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4373696ae482218d8.jpg"/><Relationship Id="rId9357696ae48223658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9357696ae48223658.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839816787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId591629979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId598269863b598576c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId240269863b59857f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId325769863b5985f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId540969863b5989292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId818869863b5989441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId479969863b5989a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId659169863b5989bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId521469863b5989cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId780669863b5989d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId636169863b5985e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636169863b5985e01.jpg"/><Relationship Id="rId891369863b598805a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId891369863b598805a.jpg"/><Relationship Id="rId536069863b598a0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536069863b598a0aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>