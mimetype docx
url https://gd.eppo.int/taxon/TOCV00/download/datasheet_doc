--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598269863b598576c" w:history="1">
+            <w:hyperlink r:id="rId178269a0d6bfc96b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240269863b59857f8" w:history="1">
+            <w:hyperlink r:id="rId811469a0d6bfc9729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41442323" name="name726469863b5985e03" descr="12094.jpg"/>
+                  <wp:docPr id="2916904" name="name887469a0d6bfc9cbb" descr="12094.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12094.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId636169863b5985e01" cstate="print"/>
+                          <a:blip r:embed="rId950069a0d6bfc9cb8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId325769863b5985f33" w:history="1">
+            <w:hyperlink r:id="rId781969a0d6bfc9e05" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3432,63 +3432,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29013805" name="name435269863b598805d" descr="TOCV00_distribution_map.jpg"/>
+            <wp:docPr id="36899215" name="name764669a0d6bfcbe28" descr="TOCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId891369863b598805a" cstate="print"/>
+                    <a:blip r:embed="rId852669a0d6bfcbe24" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540969863b5989292" w:history="1">
+      <w:hyperlink r:id="rId717869a0d6bfcd534" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6133,51 +6133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 199–207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818869863b5989441" w:history="1">
+      <w:hyperlink r:id="rId466269a0d6bfcd6eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.10.2017.0220</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7049,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trop. plant pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,84–90 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId479969863b5989a11" w:history="1">
+      <w:hyperlink r:id="rId604969a0d6bfcdcd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-019-00323-x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7325,51 +7325,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI. Crop protection compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659169863b5989bf3" w:history="1">
+      <w:hyperlink r:id="rId685669a0d6bfcde9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7444,51 +7444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus tomatichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521469863b5989cb6" w:history="1">
+      <w:hyperlink r:id="rId436769a0d6bfcdf5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7553,90 +7553,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 439-441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780669863b5989d6a" w:history="1">
+      <w:hyperlink r:id="rId411969a0d6bfce011" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00888.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69479302" name="name982269863b598a0ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="96184392" name="name491469a0d6bfce231" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId536069863b598a0aa" cstate="print"/>
+                    <a:blip r:embed="rId380969a0d6bfce22f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7734,137 +7734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59728669">
+  <w:abstractNum w:abstractNumId="73072818">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34682380">
+    <w:lvl w:ilvl="0" w:tplc="29813780">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34682380" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29813780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34682380" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29813780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34682380" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29813780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34682380" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29813780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34682380" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29813780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34682380" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29813780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34682380" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29813780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34682380" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29813780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59728668">
+  <w:abstractNum w:abstractNumId="73072817">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70592214">
+    <w:lvl w:ilvl="0" w:tplc="42755541">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8616,55 +8616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59728668">
-    <w:abstractNumId w:val="59728668"/>
+  <w:num w:numId="73072817">
+    <w:abstractNumId w:val="73072817"/>
   </w:num>
-  <w:num w:numId="59728669">
-    <w:abstractNumId w:val="59728669"/>
+  <w:num w:numId="73072818">
+    <w:abstractNumId w:val="73072818"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20214,51 +20214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839816787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId591629979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId598269863b598576c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId240269863b59857f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId325769863b5985f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId540969863b5989292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId818869863b5989441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId479969863b5989a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId659169863b5989bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId521469863b5989cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId780669863b5989d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId636169863b5985e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636169863b5985e01.jpg"/><Relationship Id="rId891369863b598805a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId891369863b598805a.jpg"/><Relationship Id="rId536069863b598a0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536069863b598a0aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId530171763" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377328487" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId178269a0d6bfc96b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId811469a0d6bfc9729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId781969a0d6bfc9e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId717869a0d6bfcd534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId466269a0d6bfcd6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId604969a0d6bfcdcd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId685669a0d6bfcde9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId436769a0d6bfcdf5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId411969a0d6bfce011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId950069a0d6bfc9cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId950069a0d6bfc9cb8.jpg"/><Relationship Id="rId852669a0d6bfcbe24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId852669a0d6bfcbe24.jpg"/><Relationship Id="rId380969a0d6bfce22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId380969a0d6bfce22f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>