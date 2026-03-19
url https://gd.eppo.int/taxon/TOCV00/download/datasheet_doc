--- v5 (2026-02-26)
+++ v6 (2026-03-19)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178269a0d6bfc96b5" w:history="1">
+            <w:hyperlink r:id="rId514769bb63872c7de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId811469a0d6bfc9729" w:history="1">
+            <w:hyperlink r:id="rId598269bb63872c824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2916904" name="name887469a0d6bfc9cbb" descr="12094.jpg"/>
+                  <wp:docPr id="5891354" name="name894769bb63872cf1f" descr="12094.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12094.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId950069a0d6bfc9cb8" cstate="print"/>
+                          <a:blip r:embed="rId438469bb63872cf1d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId781969a0d6bfc9e05" w:history="1">
+            <w:hyperlink r:id="rId348869bb63872d0a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3432,63 +3432,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36899215" name="name764669a0d6bfcbe28" descr="TOCV00_distribution_map.jpg"/>
+            <wp:docPr id="78527067" name="name180969bb63872f0f3" descr="TOCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId852669a0d6bfcbe24" cstate="print"/>
+                    <a:blip r:embed="rId451569bb63872f0ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717869a0d6bfcd534" w:history="1">
+      <w:hyperlink r:id="rId757569bb6387302b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6133,51 +6133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 199–207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466269a0d6bfcd6eb" w:history="1">
+      <w:hyperlink r:id="rId576169bb6387304da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.10.2017.0220</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7049,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trop. plant pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,84–90 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604969a0d6bfcdcd3" w:history="1">
+      <w:hyperlink r:id="rId679569bb638730ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-019-00323-x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7325,51 +7325,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI. Crop protection compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685669a0d6bfcde9c" w:history="1">
+      <w:hyperlink r:id="rId435169bb638730c90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 4 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7444,51 +7444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus tomatichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436769a0d6bfcdf5f" w:history="1">
+      <w:hyperlink r:id="rId680369bb638730d6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7553,90 +7553,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 439-441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411969a0d6bfce011" w:history="1">
+      <w:hyperlink r:id="rId995769bb638730e28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00888.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96184392" name="name491469a0d6bfce231" descr="eu_funding_250.png"/>
+            <wp:docPr id="61039107" name="name760669bb638730ec5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId380969a0d6bfce22f" cstate="print"/>
+                    <a:blip r:embed="rId697369bb638730ec4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7734,137 +7734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73072818">
+  <w:abstractNum w:abstractNumId="23840225">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29813780">
+    <w:lvl w:ilvl="0" w:tplc="14919583">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29813780" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14919583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29813780" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14919583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29813780" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14919583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29813780" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14919583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29813780" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14919583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29813780" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14919583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29813780" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14919583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29813780" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14919583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73072817">
+  <w:abstractNum w:abstractNumId="23840224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42755541">
+    <w:lvl w:ilvl="0" w:tplc="90998970">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8616,55 +8616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73072817">
-    <w:abstractNumId w:val="73072817"/>
+  <w:num w:numId="23840224">
+    <w:abstractNumId w:val="23840224"/>
   </w:num>
-  <w:num w:numId="73072818">
-    <w:abstractNumId w:val="73072818"/>
+  <w:num w:numId="23840225">
+    <w:abstractNumId w:val="23840225"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20214,51 +20214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId530171763" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377328487" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId178269a0d6bfc96b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId811469a0d6bfc9729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId781969a0d6bfc9e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId717869a0d6bfcd534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId466269a0d6bfcd6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId604969a0d6bfcdcd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId685669a0d6bfcde9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId436769a0d6bfcdf5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId411969a0d6bfce011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId950069a0d6bfc9cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId950069a0d6bfc9cb8.jpg"/><Relationship Id="rId852669a0d6bfcbe24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId852669a0d6bfcbe24.jpg"/><Relationship Id="rId380969a0d6bfce22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId380969a0d6bfce22f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940055320" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId142901181" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId514769bb63872c7de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/" TargetMode="External"/><Relationship Id="rId598269bb63872c824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/categorization" TargetMode="External"/><Relationship Id="rId348869bb63872d0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOCV00/photos" TargetMode="External"/><Relationship Id="rId757569bb6387302b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId576169bb6387304da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.10.2017.0220" TargetMode="External"/><Relationship Id="rId679569bb638730ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-019-00323-x" TargetMode="External"/><Relationship Id="rId435169bb638730c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/54069#todistributionDatabaseTable" TargetMode="External"/><Relationship Id="rId680369bb638730d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId995769bb638730e28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00888.x" TargetMode="External"/><Relationship Id="rId438469bb63872cf1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId438469bb63872cf1d.jpg"/><Relationship Id="rId451569bb63872f0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId451569bb63872f0ee.jpg"/><Relationship Id="rId697369bb638730ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId697369bb638730ec4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>