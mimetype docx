--- v0 (2025-10-08)
+++ v1 (2025-11-09)
@@ -236,51 +236,51 @@
               </w:rPr>
               <w:t xml:space="preserve">ToBRFV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato brown rugose fruit virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId774468e617e9bf539" w:history="1">
+            <w:hyperlink r:id="rId180969108cb2486b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -296,51 +296,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537468e617e9bf5a1" w:history="1">
+            <w:hyperlink r:id="rId777369108cb248722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOBRFV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8843943" name="name502168e617e9bf670" descr="15569.jpg"/>
+                  <wp:docPr id="5771532" name="name181569108cb248d95" descr="15569.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15569.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId212668e617e9bf66f" cstate="print"/>
+                          <a:blip r:embed="rId461569108cb248d93" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId800168e617e9bf798" w:history="1">
+            <w:hyperlink r:id="rId602569108cb248f3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1360,63 +1360,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017). As specific detection tests are only recent and considering the interceptions on infected seed in international trade, the pest may be present in countries where it has not been reported yet. The virus is considered transient under eradication in a number of countries such as Cyprus, France, the Netherlands, Spain and the United Kingdom.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99377241" name="name779968e617e9c0ad4" descr="TOBRFV_distribution_map.jpg"/>
+            <wp:docPr id="75775443" name="name552369108cb24a13d" descr="TOBRFV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOBRFV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId446468e617e9c0ad1" cstate="print"/>
+                    <a:blip r:embed="rId934969108cb24a13a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3374,51 +3374,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (June), 1–5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AHDB (2019) Tomato brown rugose fruit virus (ToBRFV). Poster. AHDB (Agriculture &amp; Horticulture Development Board), pp. 1–2. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138068e617e9c1a03" w:history="1">
+      <w:hyperlink r:id="rId234569108cb24b7f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3435,51 +3435,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719-723. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502968e617e9c1a6f" w:history="1">
+      <w:hyperlink r:id="rId916669108cb24b867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1007/s42161-019-00240-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3601,101 +3601,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547768e617e9c1b7b" w:history="1">
+      <w:hyperlink r:id="rId819769108cb24ba46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1810-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dombrovsky A &amp; Smith E (2017) Seed Transmission of Tobamoviruses: Aspects of Global Disease Distribution. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Advances in Seed Biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (INTECH, Vol. Chapter 12, pp. 233–260). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146268e617e9c1bcd" w:history="1">
+      <w:hyperlink r:id="rId839869108cb24ba9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5772/intechopen.70244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3721,90 +3721,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917568e617e9c1c3c" w:history="1">
+      <w:hyperlink r:id="rId664969108cb24bb10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119268e617e9c1c7a" w:history="1">
+      <w:hyperlink r:id="rId831869108cb24bb50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3830,51 +3830,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 250</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(30.09.2019), 91–94. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId840368e617e9c1cea" w:history="1">
+      <w:hyperlink r:id="rId151569108cb24bbc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3920,111 +3920,111 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43–49. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649068e617e9c1d80" w:history="1">
+      <w:hyperlink r:id="rId723369108cb24bc5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.29136/mediterranean.705740</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GSPP (2013) New international business chain system for hygiene in tomato seed production and plant raising to prevent infection with pathogens. Good seed and Plant Practices (GSPP). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732268e617e9c1db2" w:history="1">
+      <w:hyperlink r:id="rId299469108cb24bc8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gspp.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) Positive-sense RNA Viruses, Virgariridae, Genus: Tobamovirus. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320168e617e9c1de3" w:history="1">
+      <w:hyperlink r:id="rId465269108cb24bcc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4050,51 +4050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Version 1.4, March 2020). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263568e617e9c1e53" w:history="1">
+      <w:hyperlink r:id="rId230369108cb24bd33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4178,51 +4178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683768e617e9c1f20" w:history="1">
+      <w:hyperlink r:id="rId653669108cb24be21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1371/journal.pone.0210871</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,101 +4297,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705568e617e9c1fe0" w:history="1">
+      <w:hyperlink r:id="rId885369108cb24bee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-18-1959-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luria N, Smith E, Reingold V, Bekelman I, Lapidot M, Levin I, Elad N, Tam Y, Sela N, Abu-ras A, Ezra N, Haberman A, Yitzhak L, Lachman O &amp; Dombrovsky A (2017) A New Israeli Tobamovirus Isolate Infects Tomato Plants Harboring Tm-2 2 Resistance Genes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540068e617e9c2031" w:history="1">
+      <w:hyperlink r:id="rId502269108cb24bf39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4417,51 +4417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId379068e617e9c20aa" w:history="1">
+      <w:hyperlink r:id="rId149169108cb24bfab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4496,51 +4496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1443 .</w:t>
       </w:r>
-      <w:hyperlink r:id="rId341268e617e9c2131" w:history="1">
+      <w:hyperlink r:id="rId574269108cb24c030" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-18-2254-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 346–356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537068e617e9c225b" w:history="1">
+      <w:hyperlink r:id="rId725469108cb24c15d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1902-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4897,81 +4897,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">JKI Datasheets. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant diseases and diagnosis. Tomato brown rugose fruit virus (ToBRFV)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Braunschweig (DE). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664468e617e9c23b5" w:history="1">
+      <w:hyperlink r:id="rId326969108cb24c2d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5073/20190607-16091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2019) World Trade Organization. Notification of emergency measures (19-112). Turkey (G/SPS/N/TUR/109), 2 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId859568e617e9c23e7" w:history="1">
+      <w:hyperlink r:id="rId384469108cb24c306" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5037,51 +5037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tobamovirus fructirugosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462068e617e9c249b" w:history="1">
+      <w:hyperlink r:id="rId814569108cb24c3bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5146,51 +5146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 529-534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627368e617e9c255f" w:history="1">
+      <w:hyperlink r:id="rId698769108cb24c46e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12711</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5286,137 +5286,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55244200">
+  <w:abstractNum w:abstractNumId="73015547">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16648103">
+    <w:lvl w:ilvl="0" w:tplc="24139094">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16648103" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24139094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16648103" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24139094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16648103" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24139094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16648103" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24139094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16648103" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24139094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16648103" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24139094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16648103" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24139094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16648103" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24139094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55244199">
+  <w:abstractNum w:abstractNumId="73015546">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73504752">
+    <w:lvl w:ilvl="0" w:tplc="41475797">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6168,55 +6168,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55244199">
-    <w:abstractNumId w:val="55244199"/>
+  <w:num w:numId="73015546">
+    <w:abstractNumId w:val="73015546"/>
   </w:num>
-  <w:num w:numId="55244200">
-    <w:abstractNumId w:val="55244200"/>
+  <w:num w:numId="73015547">
+    <w:abstractNumId w:val="73015547"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17766,51 +17766,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId850783782" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId948116573" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId774468e617e9bf539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId537468e617e9bf5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId800168e617e9bf798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId138068e617e9c1a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId502968e617e9c1a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId547768e617e9c1b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId146268e617e9c1bcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId917568e617e9c1c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId119268e617e9c1c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId840368e617e9c1cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId649068e617e9c1d80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId732268e617e9c1db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId320168e617e9c1de3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId263568e617e9c1e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId683768e617e9c1f20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId705568e617e9c1fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId540068e617e9c2031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId379068e617e9c20aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId341268e617e9c2131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId537068e617e9c225b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId664468e617e9c23b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId859568e617e9c23e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId462068e617e9c249b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId627368e617e9c255f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId212668e617e9bf66f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId212668e617e9bf66f.jpg"/><Relationship Id="rId446468e617e9c0ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId446468e617e9c0ad1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665494664" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId382072074" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId180969108cb2486b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId777369108cb248722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId602569108cb248f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId234569108cb24b7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId916669108cb24b867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId819769108cb24ba46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId839869108cb24ba9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId664969108cb24bb10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId831869108cb24bb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId151569108cb24bbc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId723369108cb24bc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId299469108cb24bc8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId465269108cb24bcc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId230369108cb24bd33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId653669108cb24be21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId885369108cb24bee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId502269108cb24bf39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId149169108cb24bfab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId574269108cb24c030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId725469108cb24c15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId326969108cb24c2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId384469108cb24c306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId814569108cb24c3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId698769108cb24c46e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId461569108cb248d93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId461569108cb248d93.jpg"/><Relationship Id="rId934969108cb24a13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId934969108cb24a13a.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>