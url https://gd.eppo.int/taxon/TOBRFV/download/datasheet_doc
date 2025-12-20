--- v1 (2025-11-09)
+++ v2 (2025-12-20)
@@ -236,51 +236,51 @@
               </w:rPr>
               <w:t xml:space="preserve">ToBRFV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato brown rugose fruit virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180969108cb2486b6" w:history="1">
+            <w:hyperlink r:id="rId483969466d4d0524d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -296,51 +296,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId777369108cb248722" w:history="1">
+            <w:hyperlink r:id="rId555169466d4d052b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOBRFV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5771532" name="name181569108cb248d95" descr="15569.jpg"/>
+                  <wp:docPr id="69219080" name="name899069466d4d059d8" descr="15569.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15569.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId461569108cb248d93" cstate="print"/>
+                          <a:blip r:embed="rId112169466d4d059d6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId602569108cb248f3c" w:history="1">
+            <w:hyperlink r:id="rId136369466d4d05b27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1033,50 +1033,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chenopodiastrum murale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chrysanthemum indicum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Convolvulus arvensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corchorus olitorius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1360,105 +1380,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017). As specific detection tests are only recent and considering the interceptions on infected seed in international trade, the pest may be present in countries where it has not been reported yet. The virus is considered transient under eradication in a number of countries such as Cyprus, France, the Netherlands, Spain and the United Kingdom.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75775443" name="name552369108cb24a13d" descr="TOBRFV_distribution_map.jpg"/>
+            <wp:docPr id="54042163" name="name942869466d4d0710f" descr="TOBRFV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOBRFV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId934969108cb24a13a" cstate="print"/>
+                    <a:blip r:embed="rId391369466d4d0710b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Belgium, Bulgaria, Croatia, Cyprus, Czechia, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Jordan, Latvia, Lithuania, Malta, Morocco, Netherlands, Norway, Poland, Portugal (mainland), Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, United Kingdom (Channel Islands, England), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Belgium, Bulgaria, Croatia, Cyprus, Czechia, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Jordan, Latvia, Lithuania, Malta, Morocco, Netherlands, Norway, Poland, Portugal (mainland), Russian Federation (the), Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, United Kingdom (Channel Islands, England), Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Morocco, Western Sahara</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1519,51 +1539,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Argentina, Colombia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Australia (South Australia, Victoria)</w:t>
+        <w:t xml:space="preserve"> Australia (Victoria)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3374,51 +3394,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (June), 1–5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AHDB (2019) Tomato brown rugose fruit virus (ToBRFV). Poster. AHDB (Agriculture &amp; Horticulture Development Board), pp. 1–2. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234569108cb24b7f5" w:history="1">
+      <w:hyperlink r:id="rId399169466d4d081de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3435,51 +3455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719-723. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916669108cb24b867" w:history="1">
+      <w:hyperlink r:id="rId729069466d4d0824e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1007/s42161-019-00240-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3601,101 +3621,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819769108cb24ba46" w:history="1">
+      <w:hyperlink r:id="rId270469466d4d08362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1810-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dombrovsky A &amp; Smith E (2017) Seed Transmission of Tobamoviruses: Aspects of Global Disease Distribution. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Advances in Seed Biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (INTECH, Vol. Chapter 12, pp. 233–260). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839869108cb24ba9d" w:history="1">
+      <w:hyperlink r:id="rId975069466d4d083b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5772/intechopen.70244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3721,90 +3741,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664969108cb24bb10" w:history="1">
+      <w:hyperlink r:id="rId945669466d4d08424" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831869108cb24bb50" w:history="1">
+      <w:hyperlink r:id="rId458569466d4d08465" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3830,51 +3850,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 250</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(30.09.2019), 91–94. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151569108cb24bbc3" w:history="1">
+      <w:hyperlink r:id="rId907069466d4d084dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3920,111 +3940,111 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43–49. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723369108cb24bc5c" w:history="1">
+      <w:hyperlink r:id="rId792569466d4d08593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.29136/mediterranean.705740</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GSPP (2013) New international business chain system for hygiene in tomato seed production and plant raising to prevent infection with pathogens. Good seed and Plant Practices (GSPP). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299469108cb24bc8f" w:history="1">
+      <w:hyperlink r:id="rId265469466d4d085c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gspp.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) Positive-sense RNA Viruses, Virgariridae, Genus: Tobamovirus. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465269108cb24bcc1" w:history="1">
+      <w:hyperlink r:id="rId267869466d4d085f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4050,51 +4070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Version 1.4, March 2020). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230369108cb24bd33" w:history="1">
+      <w:hyperlink r:id="rId105169466d4d0866a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4178,51 +4198,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653669108cb24be21" w:history="1">
+      <w:hyperlink r:id="rId722969466d4d0877f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1371/journal.pone.0210871</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,101 +4317,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885369108cb24bee6" w:history="1">
+      <w:hyperlink r:id="rId442169466d4d08847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-18-1959-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luria N, Smith E, Reingold V, Bekelman I, Lapidot M, Levin I, Elad N, Tam Y, Sela N, Abu-ras A, Ezra N, Haberman A, Yitzhak L, Lachman O &amp; Dombrovsky A (2017) A New Israeli Tobamovirus Isolate Infects Tomato Plants Harboring Tm-2 2 Resistance Genes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502269108cb24bf39" w:history="1">
+      <w:hyperlink r:id="rId754569466d4d088a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4417,51 +4437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149169108cb24bfab" w:history="1">
+      <w:hyperlink r:id="rId922269466d4d08911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4496,51 +4516,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1443 .</w:t>
       </w:r>
-      <w:hyperlink r:id="rId574269108cb24c030" w:history="1">
+      <w:hyperlink r:id="rId248169466d4d08998" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-18-2254-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4682,51 +4702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 346–356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725469108cb24c15d" w:history="1">
+      <w:hyperlink r:id="rId558869466d4d08ac3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1902-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4897,81 +4917,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">JKI Datasheets. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant diseases and diagnosis. Tomato brown rugose fruit virus (ToBRFV)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Braunschweig (DE). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326969108cb24c2d0" w:history="1">
+      <w:hyperlink r:id="rId902269466d4d08c20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5073/20190607-16091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2019) World Trade Organization. Notification of emergency measures (19-112). Turkey (G/SPS/N/TUR/109), 2 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384469108cb24c306" w:history="1">
+      <w:hyperlink r:id="rId670069466d4d08c51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5037,51 +5057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tobamovirus fructirugosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814569108cb24c3bc" w:history="1">
+      <w:hyperlink r:id="rId982469466d4d08d30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5146,51 +5166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 529-534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId698769108cb24c46e" w:history="1">
+      <w:hyperlink r:id="rId381169466d4d08de7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12711</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5286,137 +5306,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73015547">
+  <w:abstractNum w:abstractNumId="68162812">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24139094">
+    <w:lvl w:ilvl="0" w:tplc="57340024">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24139094" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57340024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24139094" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57340024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24139094" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57340024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24139094" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57340024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24139094" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57340024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24139094" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57340024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24139094" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57340024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24139094" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57340024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73015546">
+  <w:abstractNum w:abstractNumId="68162811">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41475797">
+    <w:lvl w:ilvl="0" w:tplc="54342233">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6168,55 +6188,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73015546">
-    <w:abstractNumId w:val="73015546"/>
+  <w:num w:numId="68162811">
+    <w:abstractNumId w:val="68162811"/>
   </w:num>
-  <w:num w:numId="73015547">
-    <w:abstractNumId w:val="73015547"/>
+  <w:num w:numId="68162812">
+    <w:abstractNumId w:val="68162812"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17766,51 +17786,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665494664" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId382072074" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId180969108cb2486b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId777369108cb248722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId602569108cb248f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId234569108cb24b7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId916669108cb24b867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId819769108cb24ba46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId839869108cb24ba9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId664969108cb24bb10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId831869108cb24bb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId151569108cb24bbc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId723369108cb24bc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId299469108cb24bc8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId465269108cb24bcc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId230369108cb24bd33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId653669108cb24be21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId885369108cb24bee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId502269108cb24bf39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId149169108cb24bfab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId574269108cb24c030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId725469108cb24c15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId326969108cb24c2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId384469108cb24c306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId814569108cb24c3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId698769108cb24c46e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId461569108cb248d93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId461569108cb248d93.jpg"/><Relationship Id="rId934969108cb24a13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId934969108cb24a13a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId587744223" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId836315998" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId483969466d4d0524d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId555169466d4d052b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId136369466d4d05b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId399169466d4d081de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId729069466d4d0824e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId270469466d4d08362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId975069466d4d083b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId945669466d4d08424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId458569466d4d08465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId907069466d4d084dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId792569466d4d08593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId265469466d4d085c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId267869466d4d085f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId105169466d4d0866a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId722969466d4d0877f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId442169466d4d08847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId754569466d4d088a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId922269466d4d08911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId248169466d4d08998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId558869466d4d08ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId902269466d4d08c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId670069466d4d08c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId982469466d4d08d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId381169466d4d08de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId112169466d4d059d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId112169466d4d059d6.jpg"/><Relationship Id="rId391369466d4d0710b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId391369466d4d0710b.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>