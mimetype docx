--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -236,51 +236,51 @@
               </w:rPr>
               <w:t xml:space="preserve">ToBRFV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato brown rugose fruit virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483969466d4d0524d" w:history="1">
+            <w:hyperlink r:id="rId44536961261a88cf4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -296,51 +296,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId555169466d4d052b6" w:history="1">
+            <w:hyperlink r:id="rId38966961261a88d5f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOBRFV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69219080" name="name899069466d4d059d8" descr="15569.jpg"/>
+                  <wp:docPr id="9764994" name="name99906961261a89601" descr="15569.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15569.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId112169466d4d059d6" cstate="print"/>
+                          <a:blip r:embed="rId78416961261a895ff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId136369466d4d05b27" w:history="1">
+            <w:hyperlink r:id="rId91516961261a89729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -973,50 +973,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beta vulgaris subsp. maritima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Brassica napus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Capsicum annuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Capsicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1380,63 +1400,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017). As specific detection tests are only recent and considering the interceptions on infected seed in international trade, the pest may be present in countries where it has not been reported yet. The virus is considered transient under eradication in a number of countries such as Cyprus, France, the Netherlands, Spain and the United Kingdom.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54042163" name="name942869466d4d0710f" descr="TOBRFV_distribution_map.jpg"/>
+            <wp:docPr id="80518417" name="name28846961261a8ab5f" descr="TOBRFV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOBRFV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId391369466d4d0710b" cstate="print"/>
+                    <a:blip r:embed="rId75576961261a8ab5d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1497,51 +1517,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Hebei, Liaoning, Ningxia, Shandong, Yunnan), India (Karnataka, Maharashtra), Iran, Islamic Republic of, Iraq, Israel, Jordan, Lebanon, Saudi Arabia, Syrian Arab Republic, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Canada (Ontario, Québec), Mexico, United States of America (Florida, Louisiana)</w:t>
+        <w:t xml:space="preserve"> Canada (Ontario, Québec), Mexico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Argentina, Colombia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3394,51 +3414,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (June), 1–5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AHDB (2019) Tomato brown rugose fruit virus (ToBRFV). Poster. AHDB (Agriculture &amp; Horticulture Development Board), pp. 1–2. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399169466d4d081de" w:history="1">
+      <w:hyperlink r:id="rId61036961261a8ba7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3455,51 +3475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719-723. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729069466d4d0824e" w:history="1">
+      <w:hyperlink r:id="rId11726961261a8baec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1007/s42161-019-00240-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3621,101 +3641,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270469466d4d08362" w:history="1">
+      <w:hyperlink r:id="rId54886961261a8bc01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1810-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dombrovsky A &amp; Smith E (2017) Seed Transmission of Tobamoviruses: Aspects of Global Disease Distribution. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Advances in Seed Biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (INTECH, Vol. Chapter 12, pp. 233–260). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975069466d4d083b4" w:history="1">
+      <w:hyperlink r:id="rId19046961261a8bc54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5772/intechopen.70244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3741,90 +3761,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945669466d4d08424" w:history="1">
+      <w:hyperlink r:id="rId31846961261a8bcc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458569466d4d08465" w:history="1">
+      <w:hyperlink r:id="rId53226961261a8bd06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3850,51 +3870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 250</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(30.09.2019), 91–94. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907069466d4d084dd" w:history="1">
+      <w:hyperlink r:id="rId48426961261a8bd87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3940,111 +3960,111 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43–49. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId792569466d4d08593" w:history="1">
+      <w:hyperlink r:id="rId97946961261a8be24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.29136/mediterranean.705740</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GSPP (2013) New international business chain system for hygiene in tomato seed production and plant raising to prevent infection with pathogens. Good seed and Plant Practices (GSPP). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265469466d4d085c6" w:history="1">
+      <w:hyperlink r:id="rId50506961261a8be58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gspp.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) Positive-sense RNA Viruses, Virgariridae, Genus: Tobamovirus. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267869466d4d085f7" w:history="1">
+      <w:hyperlink r:id="rId17516961261a8be8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4070,51 +4090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Version 1.4, March 2020). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105169466d4d0866a" w:history="1">
+      <w:hyperlink r:id="rId57466961261a8befe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4198,51 +4218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722969466d4d0877f" w:history="1">
+      <w:hyperlink r:id="rId89026961261a8bfd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1371/journal.pone.0210871</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4317,101 +4337,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId442169466d4d08847" w:history="1">
+      <w:hyperlink r:id="rId59956961261a8c094" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-18-1959-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luria N, Smith E, Reingold V, Bekelman I, Lapidot M, Levin I, Elad N, Tam Y, Sela N, Abu-ras A, Ezra N, Haberman A, Yitzhak L, Lachman O &amp; Dombrovsky A (2017) A New Israeli Tobamovirus Isolate Infects Tomato Plants Harboring Tm-2 2 Resistance Genes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754569466d4d088a0" w:history="1">
+      <w:hyperlink r:id="rId51766961261a8c0e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4437,51 +4457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922269466d4d08911" w:history="1">
+      <w:hyperlink r:id="rId42986961261a8c159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4516,51 +4536,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1443 .</w:t>
       </w:r>
-      <w:hyperlink r:id="rId248169466d4d08998" w:history="1">
+      <w:hyperlink r:id="rId42156961261a8c1de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-18-2254-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4702,51 +4722,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 346–356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558869466d4d08ac3" w:history="1">
+      <w:hyperlink r:id="rId87626961261a8c31d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1902-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4917,81 +4937,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">JKI Datasheets. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant diseases and diagnosis. Tomato brown rugose fruit virus (ToBRFV)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Braunschweig (DE). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902269466d4d08c20" w:history="1">
+      <w:hyperlink r:id="rId41806961261a8c47e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5073/20190607-16091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2019) World Trade Organization. Notification of emergency measures (19-112). Turkey (G/SPS/N/TUR/109), 2 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670069466d4d08c51" w:history="1">
+      <w:hyperlink r:id="rId57456961261a8c4b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5035,73 +5055,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tobamovirus fructirugosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982469466d4d08d30" w:history="1">
+      <w:hyperlink r:id="rId10836961261a8c567" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5166,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 529-534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId381169466d4d08de7" w:history="1">
+      <w:hyperlink r:id="rId26256961261a8c61d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12711</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5306,137 +5326,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68162812">
+  <w:abstractNum w:abstractNumId="34120357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57340024">
+    <w:lvl w:ilvl="0" w:tplc="39334104">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57340024" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39334104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57340024" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39334104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57340024" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39334104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57340024" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39334104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57340024" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39334104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57340024" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39334104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57340024" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39334104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57340024" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39334104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68162811">
+  <w:abstractNum w:abstractNumId="34120356">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54342233">
+    <w:lvl w:ilvl="0" w:tplc="89993275">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6188,55 +6208,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68162811">
-    <w:abstractNumId w:val="68162811"/>
+  <w:num w:numId="34120356">
+    <w:abstractNumId w:val="34120356"/>
   </w:num>
-  <w:num w:numId="68162812">
-    <w:abstractNumId w:val="68162812"/>
+  <w:num w:numId="34120357">
+    <w:abstractNumId w:val="34120357"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17786,51 +17806,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId587744223" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId836315998" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId483969466d4d0524d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId555169466d4d052b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId136369466d4d05b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId399169466d4d081de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId729069466d4d0824e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId270469466d4d08362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId975069466d4d083b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId945669466d4d08424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId458569466d4d08465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId907069466d4d084dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId792569466d4d08593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId265469466d4d085c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId267869466d4d085f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId105169466d4d0866a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId722969466d4d0877f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId442169466d4d08847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId754569466d4d088a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId922269466d4d08911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId248169466d4d08998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId558869466d4d08ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId902269466d4d08c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId670069466d4d08c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId982469466d4d08d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId381169466d4d08de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId112169466d4d059d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId112169466d4d059d6.jpg"/><Relationship Id="rId391369466d4d0710b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId391369466d4d0710b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId616734703" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId777330173" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44536961261a88cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId38966961261a88d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId91516961261a89729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId61036961261a8ba7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId11726961261a8baec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId54886961261a8bc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId19046961261a8bc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId31846961261a8bcc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId53226961261a8bd06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId48426961261a8bd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId97946961261a8be24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId50506961261a8be58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId17516961261a8be8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId57466961261a8befe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId89026961261a8bfd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId59956961261a8c094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId51766961261a8c0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId42986961261a8c159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId42156961261a8c1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId87626961261a8c31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId41806961261a8c47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId57456961261a8c4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId10836961261a8c567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26256961261a8c61d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId78416961261a895ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78416961261a895ff.jpg"/><Relationship Id="rId75576961261a8ab5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75576961261a8ab5d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>