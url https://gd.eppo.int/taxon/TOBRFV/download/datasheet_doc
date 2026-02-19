--- v3 (2026-01-09)
+++ v4 (2026-02-19)
@@ -236,51 +236,51 @@
               </w:rPr>
               <w:t xml:space="preserve">ToBRFV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato brown rugose fruit virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44536961261a88cf4" w:history="1">
+            <w:hyperlink r:id="rId61916997335ca03ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -294,53 +294,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38966961261a88d5f" w:history="1">
+            <w:hyperlink r:id="rId34576997335ca0426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOBRFV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9764994" name="name99906961261a89601" descr="15569.jpg"/>
+                  <wp:docPr id="55095746" name="name94646997335ca0962" descr="15569.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15569.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId78416961261a895ff" cstate="print"/>
+                          <a:blip r:embed="rId29546997335ca0960" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId91516961261a89729" w:history="1">
+            <w:hyperlink r:id="rId81726997335ca0aaa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1400,189 +1400,189 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017). As specific detection tests are only recent and considering the interceptions on infected seed in international trade, the pest may be present in countries where it has not been reported yet. The virus is considered transient under eradication in a number of countries such as Cyprus, France, the Netherlands, Spain and the United Kingdom.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80518417" name="name28846961261a8ab5f" descr="TOBRFV_distribution_map.jpg"/>
+            <wp:docPr id="121233" name="name62176997335ca1f66" descr="TOBRFV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOBRFV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75576961261a8ab5d" cstate="print"/>
+                    <a:blip r:embed="rId25886997335ca1f63" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Belgium, Bulgaria, Croatia, Cyprus, Czechia, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Jordan, Latvia, Lithuania, Malta, Morocco, Netherlands, Norway, Poland, Portugal (mainland), Russian Federation (the), Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, United Kingdom (Channel Islands, England), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Belgium, Bulgaria, Croatia, Cyprus, Czechia, Estonia, Finland, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jersey, Jordan, Latvia, Lithuania, Malta, Morocco, Netherlands, Norway, Poland, Portugal (mainland), Russian Federation, Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, United Kingdom (Channel Islands, England), Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Morocco, Western Sahara</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Hebei, Liaoning, Ningxia, Shandong, Yunnan), India (Karnataka, Maharashtra), Iran, Islamic Republic of, Iraq, Israel, Jordan, Lebanon, Saudi Arabia, Syrian Arab Republic, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> China (Hebei, Liaoning, Neimenggu, Ningxia, Shandong, Yunnan), India (Karnataka, Maharashtra), Iran, Islamic Republic of, Iraq, Israel, Jordan, Lebanon, Saudi Arabia, Syrian Arab Republic, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario, Québec), Mexico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Argentina, Colombia</w:t>
+        <w:t xml:space="preserve"> Argentina, Colombia, Peru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Australia (Victoria)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3414,51 +3414,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (June), 1–5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AHDB (2019) Tomato brown rugose fruit virus (ToBRFV). Poster. AHDB (Agriculture &amp; Horticulture Development Board), pp. 1–2. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61036961261a8ba7e" w:history="1">
+      <w:hyperlink r:id="rId71906997335ca2f03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3475,51 +3475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719-723. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11726961261a8baec" w:history="1">
+      <w:hyperlink r:id="rId73916997335ca2f73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1007/s42161-019-00240-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3641,101 +3641,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54886961261a8bc01" w:history="1">
+      <w:hyperlink r:id="rId46466997335ca3085" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1810-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dombrovsky A &amp; Smith E (2017) Seed Transmission of Tobamoviruses: Aspects of Global Disease Distribution. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Advances in Seed Biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (INTECH, Vol. Chapter 12, pp. 233–260). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19046961261a8bc54" w:history="1">
+      <w:hyperlink r:id="rId67676997335ca30d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5772/intechopen.70244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3761,90 +3761,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31846961261a8bcc6" w:history="1">
+      <w:hyperlink r:id="rId67306997335ca3160" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53226961261a8bd06" w:history="1">
+      <w:hyperlink r:id="rId19466997335ca31a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3870,51 +3870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 250</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(30.09.2019), 91–94. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48426961261a8bd87" w:history="1">
+      <w:hyperlink r:id="rId30006997335ca3216" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3960,111 +3960,111 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43–49. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97946961261a8be24" w:history="1">
+      <w:hyperlink r:id="rId30326997335ca32b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.29136/mediterranean.705740</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GSPP (2013) New international business chain system for hygiene in tomato seed production and plant raising to prevent infection with pathogens. Good seed and Plant Practices (GSPP). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50506961261a8be58" w:history="1">
+      <w:hyperlink r:id="rId35266997335ca32e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gspp.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) Positive-sense RNA Viruses, Virgariridae, Genus: Tobamovirus. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17516961261a8be8a" w:history="1">
+      <w:hyperlink r:id="rId23116997335ca3319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4090,51 +4090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Version 1.4, March 2020). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57466961261a8befe" w:history="1">
+      <w:hyperlink r:id="rId38136997335ca338e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4218,51 +4218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89026961261a8bfd0" w:history="1">
+      <w:hyperlink r:id="rId96356997335ca346c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1371/journal.pone.0210871</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4337,101 +4337,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59956961261a8c094" w:history="1">
+      <w:hyperlink r:id="rId94776997335ca3533" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-18-1959-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luria N, Smith E, Reingold V, Bekelman I, Lapidot M, Levin I, Elad N, Tam Y, Sela N, Abu-ras A, Ezra N, Haberman A, Yitzhak L, Lachman O &amp; Dombrovsky A (2017) A New Israeli Tobamovirus Isolate Infects Tomato Plants Harboring Tm-2 2 Resistance Genes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51766961261a8c0e8" w:history="1">
+      <w:hyperlink r:id="rId35376997335ca358b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4457,51 +4457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42986961261a8c159" w:history="1">
+      <w:hyperlink r:id="rId29346997335ca35fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1443 .</w:t>
       </w:r>
-      <w:hyperlink r:id="rId42156961261a8c1de" w:history="1">
+      <w:hyperlink r:id="rId80636997335ca3683" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-18-2254-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4722,51 +4722,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 346–356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87626961261a8c31d" w:history="1">
+      <w:hyperlink r:id="rId52906997335ca37b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1902-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4937,81 +4937,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">JKI Datasheets. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant diseases and diagnosis. Tomato brown rugose fruit virus (ToBRFV)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Braunschweig (DE). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41806961261a8c47e" w:history="1">
+      <w:hyperlink r:id="rId17346997335ca390f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5073/20190607-16091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2019) World Trade Organization. Notification of emergency measures (19-112). Turkey (G/SPS/N/TUR/109), 2 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57456961261a8c4b0" w:history="1">
+      <w:hyperlink r:id="rId65966997335ca3941" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tobamovirus fructirugosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10836961261a8c567" w:history="1">
+      <w:hyperlink r:id="rId51356997335ca39f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 529-534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26256961261a8c61d" w:history="1">
+      <w:hyperlink r:id="rId67106997335ca3aad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12711</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5326,137 +5326,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34120357">
+  <w:abstractNum w:abstractNumId="65574045">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39334104">
+    <w:lvl w:ilvl="0" w:tplc="77232467">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39334104" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77232467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39334104" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77232467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39334104" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77232467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39334104" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77232467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39334104" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77232467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39334104" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77232467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39334104" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77232467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39334104" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77232467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34120356">
+  <w:abstractNum w:abstractNumId="65574044">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89993275">
+    <w:lvl w:ilvl="0" w:tplc="77716399">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6208,55 +6208,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34120356">
-    <w:abstractNumId w:val="34120356"/>
+  <w:num w:numId="65574044">
+    <w:abstractNumId w:val="65574044"/>
   </w:num>
-  <w:num w:numId="34120357">
-    <w:abstractNumId w:val="34120357"/>
+  <w:num w:numId="65574045">
+    <w:abstractNumId w:val="65574045"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17806,51 +17806,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId616734703" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId777330173" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44536961261a88cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId38966961261a88d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId91516961261a89729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId61036961261a8ba7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId11726961261a8baec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId54886961261a8bc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId19046961261a8bc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId31846961261a8bcc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId53226961261a8bd06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId48426961261a8bd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId97946961261a8be24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId50506961261a8be58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId17516961261a8be8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId57466961261a8befe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId89026961261a8bfd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId59956961261a8c094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId51766961261a8c0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId42986961261a8c159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId42156961261a8c1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId87626961261a8c31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId41806961261a8c47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId57456961261a8c4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId10836961261a8c567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26256961261a8c61d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId78416961261a895ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78416961261a895ff.jpg"/><Relationship Id="rId75576961261a8ab5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75576961261a8ab5d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId239767481" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896059465" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61916997335ca03ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId34576997335ca0426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId81726997335ca0aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId71906997335ca2f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId73916997335ca2f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId46466997335ca3085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId67676997335ca30d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId67306997335ca3160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId19466997335ca31a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId30006997335ca3216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId30326997335ca32b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId35266997335ca32e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId23116997335ca3319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId38136997335ca338e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId96356997335ca346c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId94776997335ca3533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId35376997335ca358b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId29346997335ca35fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId80636997335ca3683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId52906997335ca37b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId17346997335ca390f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId65966997335ca3941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId51356997335ca39f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67106997335ca3aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId29546997335ca0960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29546997335ca0960.jpg"/><Relationship Id="rId25886997335ca1f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25886997335ca1f63.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>