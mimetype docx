--- v4 (2026-02-19)
+++ v5 (2026-03-11)
@@ -236,51 +236,51 @@
               </w:rPr>
               <w:t xml:space="preserve">ToBRFV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato brown rugose fruit virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61916997335ca03ba" w:history="1">
+            <w:hyperlink r:id="rId883569b1c9159a550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -296,51 +296,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34576997335ca0426" w:history="1">
+            <w:hyperlink r:id="rId295769b1c9159a5bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOBRFV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55095746" name="name94646997335ca0962" descr="15569.jpg"/>
+                  <wp:docPr id="91266294" name="name352669b1c9159a6fc" descr="15569.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15569.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId29546997335ca0960" cstate="print"/>
+                          <a:blip r:embed="rId121869b1c9159a6fa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId81726997335ca0aaa" w:history="1">
+            <w:hyperlink r:id="rId556469b1c9159a859" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1400,63 +1400,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017). As specific detection tests are only recent and considering the interceptions on infected seed in international trade, the pest may be present in countries where it has not been reported yet. The virus is considered transient under eradication in a number of countries such as Cyprus, France, the Netherlands, Spain and the United Kingdom.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="121233" name="name62176997335ca1f66" descr="TOBRFV_distribution_map.jpg"/>
+            <wp:docPr id="743734" name="name489569b1c9159be11" descr="TOBRFV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOBRFV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25886997335ca1f63" cstate="print"/>
+                    <a:blip r:embed="rId711169b1c9159be0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3414,51 +3414,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (June), 1–5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AHDB (2019) Tomato brown rugose fruit virus (ToBRFV). Poster. AHDB (Agriculture &amp; Horticulture Development Board), pp. 1–2. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71906997335ca2f03" w:history="1">
+      <w:hyperlink r:id="rId659269b1c9159cd9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3475,51 +3475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719-723. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73916997335ca2f73" w:history="1">
+      <w:hyperlink r:id="rId517469b1c9159ce09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1007/s42161-019-00240-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3641,101 +3641,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46466997335ca3085" w:history="1">
+      <w:hyperlink r:id="rId244369b1c9159cf1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1810-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dombrovsky A &amp; Smith E (2017) Seed Transmission of Tobamoviruses: Aspects of Global Disease Distribution. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Advances in Seed Biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (INTECH, Vol. Chapter 12, pp. 233–260). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67676997335ca30d9" w:history="1">
+      <w:hyperlink r:id="rId396569b1c9159cf70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5772/intechopen.70244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3761,90 +3761,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67306997335ca3160" w:history="1">
+      <w:hyperlink r:id="rId181769b1c9159cfe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19466997335ca31a2" w:history="1">
+      <w:hyperlink r:id="rId121569b1c9159d021" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3870,51 +3870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 250</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(30.09.2019), 91–94. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30006997335ca3216" w:history="1">
+      <w:hyperlink r:id="rId469369b1c9159d093" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3960,111 +3960,111 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43–49. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30326997335ca32b3" w:history="1">
+      <w:hyperlink r:id="rId615669b1c9159d12c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.29136/mediterranean.705740</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GSPP (2013) New international business chain system for hygiene in tomato seed production and plant raising to prevent infection with pathogens. Good seed and Plant Practices (GSPP). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35266997335ca32e7" w:history="1">
+      <w:hyperlink r:id="rId796269b1c9159d15f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gspp.eu/publications</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) Positive-sense RNA Viruses, Virgariridae, Genus: Tobamovirus. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23116997335ca3319" w:history="1">
+      <w:hyperlink r:id="rId505669b1c9159d18f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4090,51 +4090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Version 1.4, March 2020). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38136997335ca338e" w:history="1">
+      <w:hyperlink r:id="rId601169b1c9159d204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4218,51 +4218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96356997335ca346c" w:history="1">
+      <w:hyperlink r:id="rId985069b1c9159d2d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/https://doi.org/10.1371/journal.pone.0210871</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4337,101 +4337,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94776997335ca3533" w:history="1">
+      <w:hyperlink r:id="rId801069b1c9159d3b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-18-1959-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luria N, Smith E, Reingold V, Bekelman I, Lapidot M, Levin I, Elad N, Tam Y, Sela N, Abu-ras A, Ezra N, Haberman A, Yitzhak L, Lachman O &amp; Dombrovsky A (2017) A New Israeli Tobamovirus Isolate Infects Tomato Plants Harboring Tm-2 2 Resistance Genes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35376997335ca358b" w:history="1">
+      <w:hyperlink r:id="rId431969b1c9159d413" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4457,51 +4457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29346997335ca35fc" w:history="1">
+      <w:hyperlink r:id="rId306769b1c9159d485" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1443 .</w:t>
       </w:r>
-      <w:hyperlink r:id="rId80636997335ca3683" w:history="1">
+      <w:hyperlink r:id="rId873669b1c9159d50c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-18-2254-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4722,51 +4722,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 346–356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52906997335ca37b2" w:history="1">
+      <w:hyperlink r:id="rId677069b1c9159d638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.18781/R.MEX.FIT.1902-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4937,81 +4937,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">JKI Datasheets. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant diseases and diagnosis. Tomato brown rugose fruit virus (ToBRFV)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Braunschweig (DE). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17346997335ca390f" w:history="1">
+      <w:hyperlink r:id="rId103369b1c9159d798" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5073/20190607-16091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2019) World Trade Organization. Notification of emergency measures (19-112). Turkey (G/SPS/N/TUR/109), 2 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65966997335ca3941" w:history="1">
+      <w:hyperlink r:id="rId931669b1c9159d7ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tobamovirus fructirugosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51356997335ca39f9" w:history="1">
+      <w:hyperlink r:id="rId180169b1c9159d880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 529-534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67106997335ca3aad" w:history="1">
+      <w:hyperlink r:id="rId419469b1c9159d934" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12711</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5326,137 +5326,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65574045">
+  <w:abstractNum w:abstractNumId="34809976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77232467">
+    <w:lvl w:ilvl="0" w:tplc="17314110">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77232467" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17314110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77232467" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17314110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77232467" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17314110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77232467" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17314110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77232467" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17314110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77232467" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17314110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77232467" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17314110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77232467" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17314110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65574044">
+  <w:abstractNum w:abstractNumId="34809975">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77716399">
+    <w:lvl w:ilvl="0" w:tplc="78321192">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6208,55 +6208,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65574044">
-    <w:abstractNumId w:val="65574044"/>
+  <w:num w:numId="34809975">
+    <w:abstractNumId w:val="34809975"/>
   </w:num>
-  <w:num w:numId="65574045">
-    <w:abstractNumId w:val="65574045"/>
+  <w:num w:numId="34809976">
+    <w:abstractNumId w:val="34809976"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17806,51 +17806,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId239767481" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896059465" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61916997335ca03ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId34576997335ca0426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId81726997335ca0aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId71906997335ca2f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId73916997335ca2f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId46466997335ca3085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId67676997335ca30d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId67306997335ca3160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId19466997335ca31a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId30006997335ca3216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId30326997335ca32b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId35266997335ca32e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId23116997335ca3319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId38136997335ca338e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId96356997335ca346c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId94776997335ca3533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId35376997335ca358b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId29346997335ca35fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId80636997335ca3683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId52906997335ca37b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId17346997335ca390f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId65966997335ca3941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId51356997335ca39f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67106997335ca3aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId29546997335ca0960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29546997335ca0960.jpg"/><Relationship Id="rId25886997335ca1f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25886997335ca1f63.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132320414" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId882012970" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId883569b1c9159a550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/" TargetMode="External"/><Relationship Id="rId295769b1c9159a5bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/categorization" TargetMode="External"/><Relationship Id="rId556469b1c9159a859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/photos" TargetMode="External"/><Relationship Id="rId659269b1c9159cd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projectblue.blob.core.windows.net/media/Default/Imported%20Publication%20Docs/Tomato%20Brown%20Rugose%20Fruit%20Virus%20Poster05_03_2019_WEB.pdf" TargetMode="External"/><Relationship Id="rId517469b1c9159ce09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1007/s42161-019-00240-7" TargetMode="External"/><Relationship Id="rId244369b1c9159cf1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1810-5" TargetMode="External"/><Relationship Id="rId396569b1c9159cf70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5772/intechopen.70244" TargetMode="External"/><Relationship Id="rId181769b1c9159cfe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId121569b1c9159d021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId469369b1c9159d093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2019/1615/oj" TargetMode="External"/><Relationship Id="rId615669b1c9159d12c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29136/mediterranean.705740" TargetMode="External"/><Relationship Id="rId796269b1c9159d15f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gspp.eu/publications" TargetMode="External"/><Relationship Id="rId505669b1c9159d18f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_online_report/positive-sense-rna-viruses/w/virgaviridae/672/genus-tobamovirus" TargetMode="External"/><Relationship Id="rId601169b1c9159d204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/our-work/phytosanitary-matters/seed-health/ishi-veg-protocols/" TargetMode="External"/><Relationship Id="rId985069b1c9159d2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/https://doi.org/10.1371/journal.pone.0210871" TargetMode="External"/><Relationship Id="rId801069b1c9159d3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-18-1959-PDN" TargetMode="External"/><Relationship Id="rId431969b1c9159d413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170429" TargetMode="External"/><Relationship Id="rId306769b1c9159d485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/http://dx.doi.org/10.5197/j.2044-0588.2019.039.001" TargetMode="External"/><Relationship Id="rId873669b1c9159d50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-18-2254-PDN" TargetMode="External"/><Relationship Id="rId677069b1c9159d638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18781/R.MEX.FIT.1902-6" TargetMode="External"/><Relationship Id="rId103369b1c9159d798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/20190607-16091" TargetMode="External"/><Relationship Id="rId931669b1c9159d7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/imrd" TargetMode="External"/><Relationship Id="rId180169b1c9159d880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId419469b1c9159d934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12711" TargetMode="External"/><Relationship Id="rId121869b1c9159a6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId121869b1c9159a6fa.jpg"/><Relationship Id="rId711169b1c9159be0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId711169b1c9159be0e.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>