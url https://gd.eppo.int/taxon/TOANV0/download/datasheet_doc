--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato apex necrosis virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato marchitez virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183368e7ca5aa10c9" w:history="1">
+            <w:hyperlink r:id="rId4796692276c7007ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496068e7ca5aa12b2" w:history="1">
+            <w:hyperlink r:id="rId9010692276c700832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -751,63 +751,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ToMarV is only known from Mexico.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80583928" name="name588668e7ca5aa258f" descr="TOANV0_distribution_map.jpg"/>
+            <wp:docPr id="21700679" name="name8254692276c7018a8" descr="TOANV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOANV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId111568e7ca5aa258c" cstate="print"/>
+                    <a:blip r:embed="rId7711692276c7018a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1674,51 +1674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 857-69. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100068e7ca5aa2f2a" w:history="1">
+      <w:hyperlink r:id="rId9876692276c7020f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0653-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1822,51 +1822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656268e7ca5aa302f" w:history="1">
+      <w:hyperlink r:id="rId1306692276c7021ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1892,81 +1892,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1251. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296868e7ca5aa30c3" w:history="1">
+      <w:hyperlink r:id="rId9032692276c702263" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v14061251</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) Report Chapters. Secoviridae. Torradovirus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId438668e7ca5aa30f6" w:history="1">
+      <w:hyperlink r:id="rId1341692276c7022a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1992,51 +1992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 899–907. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548468e7ca5aa3181" w:history="1">
+      <w:hyperlink r:id="rId1963692276c702321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-009-0367-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2216,51 +2216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 751-755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530368e7ca5aa32fb" w:history="1">
+      <w:hyperlink r:id="rId6047692276c7024c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0640-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2462,51 +2462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Torradovirus marchitezum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268868e7ca5aa34c1" w:history="1">
+      <w:hyperlink r:id="rId1114692276c702684" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2519,63 +2519,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66741350" name="name564968e7ca5aa3d77" descr="eu_funding_250.png"/>
+            <wp:docPr id="31063502" name="name2650692276c702740" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId668768e7ca5aa3d71" cstate="print"/>
+                    <a:blip r:embed="rId9794692276c70273e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2673,137 +2673,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80907389">
+  <w:abstractNum w:abstractNumId="19494091">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37875096">
+    <w:lvl w:ilvl="0" w:tplc="93149383">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37875096" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93149383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37875096" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93149383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37875096" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93149383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37875096" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93149383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37875096" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93149383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37875096" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93149383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37875096" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93149383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37875096" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93149383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80907388">
+  <w:abstractNum w:abstractNumId="19494090">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31113409">
+    <w:lvl w:ilvl="0" w:tplc="56996163">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3555,55 +3555,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80907388">
-    <w:abstractNumId w:val="80907388"/>
+  <w:num w:numId="19494090">
+    <w:abstractNumId w:val="19494090"/>
   </w:num>
-  <w:num w:numId="80907389">
-    <w:abstractNumId w:val="80907389"/>
+  <w:num w:numId="19494091">
+    <w:abstractNumId w:val="19494091"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15153,51 +15153,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId834276531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId628568306" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId183368e7ca5aa10c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId496068e7ca5aa12b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId100068e7ca5aa2f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId656268e7ca5aa302f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId296868e7ca5aa30c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId438668e7ca5aa30f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId548468e7ca5aa3181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId530368e7ca5aa32fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId268868e7ca5aa34c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId111568e7ca5aa258c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId111568e7ca5aa258c.jpg"/><Relationship Id="rId668768e7ca5aa3d71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId668768e7ca5aa3d71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId524272604" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669929485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4796692276c7007ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId9010692276c700832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId9876692276c7020f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId1306692276c7021ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId9032692276c702263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId1341692276c7022a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId1963692276c702321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId6047692276c7024c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId1114692276c702684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7711692276c7018a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7711692276c7018a5.jpg"/><Relationship Id="rId9794692276c70273e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9794692276c70273e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>