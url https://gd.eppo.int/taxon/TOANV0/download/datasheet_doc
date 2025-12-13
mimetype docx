--- v1 (2025-11-23)
+++ v2 (2025-12-13)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato apex necrosis virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato marchitez virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4796692276c7007ef" w:history="1">
+            <w:hyperlink r:id="rId7047693de25fe6e5d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9010692276c700832" w:history="1">
+            <w:hyperlink r:id="rId7473693de25fe6ea1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -751,63 +751,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ToMarV is only known from Mexico.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21700679" name="name8254692276c7018a8" descr="TOANV0_distribution_map.jpg"/>
+            <wp:docPr id="98100356" name="name7449693de25fe895e" descr="TOANV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOANV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7711692276c7018a5" cstate="print"/>
+                    <a:blip r:embed="rId5547693de25fe895a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1674,51 +1674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 857-69. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9876692276c7020f8" w:history="1">
+      <w:hyperlink r:id="rId7526693de25fe9306" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0653-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1822,51 +1822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1306692276c7021ef" w:history="1">
+      <w:hyperlink r:id="rId6907693de25fe9438" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1892,81 +1892,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1251. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9032692276c702263" w:history="1">
+      <w:hyperlink r:id="rId1825693de25fe94af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v14061251</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) Report Chapters. Secoviridae. Torradovirus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1341692276c7022a9" w:history="1">
+      <w:hyperlink r:id="rId4597693de25fe94e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1992,51 +1992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 899–907. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1963692276c702321" w:history="1">
+      <w:hyperlink r:id="rId9460693de25fe9556" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-009-0367-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2216,51 +2216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 751-755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6047692276c7024c0" w:history="1">
+      <w:hyperlink r:id="rId5555693de25fe9786" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0640-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2462,51 +2462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Torradovirus marchitezum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1114692276c702684" w:history="1">
+      <w:hyperlink r:id="rId1446693de25fe9958" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2519,63 +2519,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31063502" name="name2650692276c702740" descr="eu_funding_250.png"/>
+            <wp:docPr id="45863679" name="name2369693de25fe9a9d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9794692276c70273e" cstate="print"/>
+                    <a:blip r:embed="rId1477693de25fe9a94" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2673,137 +2673,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19494091">
+  <w:abstractNum w:abstractNumId="38626867">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93149383">
+    <w:lvl w:ilvl="0" w:tplc="36985075">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93149383" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36985075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93149383" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36985075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93149383" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36985075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93149383" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36985075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93149383" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36985075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93149383" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36985075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93149383" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36985075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93149383" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36985075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19494090">
+  <w:abstractNum w:abstractNumId="38626866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56996163">
+    <w:lvl w:ilvl="0" w:tplc="63240688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3555,55 +3555,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19494090">
-    <w:abstractNumId w:val="19494090"/>
+  <w:num w:numId="38626866">
+    <w:abstractNumId w:val="38626866"/>
   </w:num>
-  <w:num w:numId="19494091">
-    <w:abstractNumId w:val="19494091"/>
+  <w:num w:numId="38626867">
+    <w:abstractNumId w:val="38626867"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15153,51 +15153,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId524272604" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669929485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4796692276c7007ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId9010692276c700832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId9876692276c7020f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId1306692276c7021ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId9032692276c702263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId1341692276c7022a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId1963692276c702321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId6047692276c7024c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId1114692276c702684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7711692276c7018a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7711692276c7018a5.jpg"/><Relationship Id="rId9794692276c70273e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9794692276c70273e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479350738" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId567675594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7047693de25fe6e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId7473693de25fe6ea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId7526693de25fe9306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId6907693de25fe9438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId1825693de25fe94af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId4597693de25fe94e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId9460693de25fe9556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId5555693de25fe9786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId1446693de25fe9958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5547693de25fe895a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5547693de25fe895a.jpg"/><Relationship Id="rId1477693de25fe9a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1477693de25fe9a94.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>