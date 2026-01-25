--- v2 (2025-12-13)
+++ v3 (2026-01-25)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato apex necrosis virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato marchitez virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7047693de25fe6e5d" w:history="1">
+            <w:hyperlink r:id="rId29976976264fc0199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7473693de25fe6ea1" w:history="1">
+            <w:hyperlink r:id="rId92776976264fc01e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -751,63 +751,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ToMarV is only known from Mexico.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98100356" name="name7449693de25fe895e" descr="TOANV0_distribution_map.jpg"/>
+            <wp:docPr id="24559750" name="name72496976264fc1692" descr="TOANV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOANV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5547693de25fe895a" cstate="print"/>
+                    <a:blip r:embed="rId29816976264fc168f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1674,51 +1674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 857-69. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7526693de25fe9306" w:history="1">
+      <w:hyperlink r:id="rId59046976264fc1f87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0653-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1822,51 +1822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6907693de25fe9438" w:history="1">
+      <w:hyperlink r:id="rId38076976264fc2089" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1892,81 +1892,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1251. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1825693de25fe94af" w:history="1">
+      <w:hyperlink r:id="rId87346976264fc20fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v14061251</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) Report Chapters. Secoviridae. Torradovirus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4597693de25fe94e2" w:history="1">
+      <w:hyperlink r:id="rId48116976264fc2130" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1992,51 +1992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 899–907. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9460693de25fe9556" w:history="1">
+      <w:hyperlink r:id="rId61506976264fc21d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-009-0367-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2216,51 +2216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 751-755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5555693de25fe9786" w:history="1">
+      <w:hyperlink r:id="rId82276976264fc2343" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0640-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2440,73 +2440,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Torradovirus marchitezum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1446693de25fe9958" w:history="1">
+      <w:hyperlink r:id="rId16436976264fc24d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2519,63 +2519,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45863679" name="name2369693de25fe9a9d" descr="eu_funding_250.png"/>
+            <wp:docPr id="82074726" name="name71676976264fc271c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1477693de25fe9a94" cstate="print"/>
+                    <a:blip r:embed="rId73486976264fc271a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2673,137 +2673,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38626867">
+  <w:abstractNum w:abstractNumId="76364001">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36985075">
+    <w:lvl w:ilvl="0" w:tplc="30710481">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36985075" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30710481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36985075" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30710481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36985075" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30710481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36985075" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30710481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36985075" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30710481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36985075" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30710481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36985075" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30710481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36985075" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30710481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38626866">
+  <w:abstractNum w:abstractNumId="76364000">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63240688">
+    <w:lvl w:ilvl="0" w:tplc="97326646">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3555,55 +3555,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38626866">
-    <w:abstractNumId w:val="38626866"/>
+  <w:num w:numId="76364000">
+    <w:abstractNumId w:val="76364000"/>
   </w:num>
-  <w:num w:numId="38626867">
-    <w:abstractNumId w:val="38626867"/>
+  <w:num w:numId="76364001">
+    <w:abstractNumId w:val="76364001"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15153,51 +15153,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479350738" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId567675594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7047693de25fe6e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId7473693de25fe6ea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId7526693de25fe9306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId6907693de25fe9438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId1825693de25fe94af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId4597693de25fe94e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId9460693de25fe9556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId5555693de25fe9786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId1446693de25fe9958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5547693de25fe895a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5547693de25fe895a.jpg"/><Relationship Id="rId1477693de25fe9a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1477693de25fe9a94.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308144618" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776641612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId29976976264fc0199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId92776976264fc01e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId59046976264fc1f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId38076976264fc2089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId87346976264fc20fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId48116976264fc2130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId61506976264fc21d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId82276976264fc2343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId16436976264fc24d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29816976264fc168f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29816976264fc168f.jpg"/><Relationship Id="rId73486976264fc271a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73486976264fc271a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>