--- v3 (2026-01-25)
+++ v4 (2026-02-14)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato apex necrosis virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato marchitez virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29976976264fc0199" w:history="1">
+            <w:hyperlink r:id="rId98626990cf2e11116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92776976264fc01e4" w:history="1">
+            <w:hyperlink r:id="rId28206990cf2e1115b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -751,63 +751,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ToMarV is only known from Mexico.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24559750" name="name72496976264fc1692" descr="TOANV0_distribution_map.jpg"/>
+            <wp:docPr id="45643206" name="name66716990cf2e121dd" descr="TOANV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOANV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29816976264fc168f" cstate="print"/>
+                    <a:blip r:embed="rId55766990cf2e121da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1674,51 +1674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 857-69. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59046976264fc1f87" w:history="1">
+      <w:hyperlink r:id="rId14316990cf2e129d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0653-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1822,51 +1822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38076976264fc2089" w:history="1">
+      <w:hyperlink r:id="rId32116990cf2e12ad0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1892,81 +1892,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1251. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87346976264fc20fd" w:history="1">
+      <w:hyperlink r:id="rId37186990cf2e12b41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v14061251</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) Report Chapters. Secoviridae. Torradovirus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48116976264fc2130" w:history="1">
+      <w:hyperlink r:id="rId52136990cf2e12b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1992,51 +1992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 899–907. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61506976264fc21d1" w:history="1">
+      <w:hyperlink r:id="rId82096990cf2e12be6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-009-0367-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2216,51 +2216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 751-755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82276976264fc2343" w:history="1">
+      <w:hyperlink r:id="rId18056990cf2e12d4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0640-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2462,51 +2462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Torradovirus marchitezum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16436976264fc24d3" w:history="1">
+      <w:hyperlink r:id="rId77156990cf2e12eed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2519,63 +2519,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82074726" name="name71676976264fc271c" descr="eu_funding_250.png"/>
+            <wp:docPr id="64717687" name="name73466990cf2e1321a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73486976264fc271a" cstate="print"/>
+                    <a:blip r:embed="rId21556990cf2e13218" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2673,137 +2673,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76364001">
+  <w:abstractNum w:abstractNumId="98912594">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30710481">
+    <w:lvl w:ilvl="0" w:tplc="53485616">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30710481" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53485616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30710481" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53485616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30710481" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53485616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30710481" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53485616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30710481" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53485616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30710481" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53485616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30710481" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53485616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30710481" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53485616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76364000">
+  <w:abstractNum w:abstractNumId="98912593">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97326646">
+    <w:lvl w:ilvl="0" w:tplc="27570407">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3555,55 +3555,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76364000">
-    <w:abstractNumId w:val="76364000"/>
+  <w:num w:numId="98912593">
+    <w:abstractNumId w:val="98912593"/>
   </w:num>
-  <w:num w:numId="76364001">
-    <w:abstractNumId w:val="76364001"/>
+  <w:num w:numId="98912594">
+    <w:abstractNumId w:val="98912594"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15153,51 +15153,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308144618" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776641612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId29976976264fc0199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId92776976264fc01e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId59046976264fc1f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId38076976264fc2089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId87346976264fc20fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId48116976264fc2130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId61506976264fc21d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId82276976264fc2343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId16436976264fc24d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29816976264fc168f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29816976264fc168f.jpg"/><Relationship Id="rId73486976264fc271a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73486976264fc271a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId189086298" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209396982" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98626990cf2e11116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId28206990cf2e1115b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId14316990cf2e129d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId32116990cf2e12ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId37186990cf2e12b41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId52136990cf2e12b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId82096990cf2e12be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId18056990cf2e12d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId77156990cf2e12eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55766990cf2e121da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55766990cf2e121da.jpg"/><Relationship Id="rId21556990cf2e13218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21556990cf2e13218.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>