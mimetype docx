--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato apex necrosis virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato marchitez virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98626990cf2e11116" w:history="1">
+            <w:hyperlink r:id="rId467969abcb4fa8487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28206990cf2e1115b" w:history="1">
+            <w:hyperlink r:id="rId693869abcb4fa84cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -751,63 +751,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ToMarV is only known from Mexico.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45643206" name="name66716990cf2e121dd" descr="TOANV0_distribution_map.jpg"/>
+            <wp:docPr id="25653140" name="name122869abcb4fa9455" descr="TOANV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOANV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55766990cf2e121da" cstate="print"/>
+                    <a:blip r:embed="rId155269abcb4fa9451" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1674,51 +1674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 857-69. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14316990cf2e129d8" w:history="1">
+      <w:hyperlink r:id="rId101669abcb4fa9c3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0653-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1822,51 +1822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32116990cf2e12ad0" w:history="1">
+      <w:hyperlink r:id="rId406369abcb4fa9d8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1892,81 +1892,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1251. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37186990cf2e12b41" w:history="1">
+      <w:hyperlink r:id="rId484569abcb4fa9e00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v14061251</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) Report Chapters. Secoviridae. Torradovirus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52136990cf2e12b75" w:history="1">
+      <w:hyperlink r:id="rId579769abcb4fa9e34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1992,51 +1992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 899–907. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82096990cf2e12be6" w:history="1">
+      <w:hyperlink r:id="rId773169abcb4fa9eb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-009-0367-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2216,51 +2216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 751-755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18056990cf2e12d4f" w:history="1">
+      <w:hyperlink r:id="rId566069abcb4faa029" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0640-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2462,51 +2462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Torradovirus marchitezum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77156990cf2e12eed" w:history="1">
+      <w:hyperlink r:id="rId953569abcb4faa1bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2519,63 +2519,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64717687" name="name73466990cf2e1321a" descr="eu_funding_250.png"/>
+            <wp:docPr id="11256113" name="name455069abcb4faa25c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21556990cf2e13218" cstate="print"/>
+                    <a:blip r:embed="rId138269abcb4faa25b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2673,137 +2673,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98912594">
+  <w:abstractNum w:abstractNumId="26671834">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53485616">
+    <w:lvl w:ilvl="0" w:tplc="58458544">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53485616" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58458544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53485616" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58458544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53485616" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58458544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53485616" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58458544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53485616" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58458544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53485616" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58458544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53485616" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58458544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53485616" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58458544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98912593">
+  <w:abstractNum w:abstractNumId="26671833">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27570407">
+    <w:lvl w:ilvl="0" w:tplc="52825846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3555,55 +3555,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98912593">
-    <w:abstractNumId w:val="98912593"/>
+  <w:num w:numId="26671833">
+    <w:abstractNumId w:val="26671833"/>
   </w:num>
-  <w:num w:numId="98912594">
-    <w:abstractNumId w:val="98912594"/>
+  <w:num w:numId="26671834">
+    <w:abstractNumId w:val="26671834"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15153,51 +15153,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId189086298" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209396982" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98626990cf2e11116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId28206990cf2e1115b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId14316990cf2e129d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId32116990cf2e12ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId37186990cf2e12b41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId52136990cf2e12b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId82096990cf2e12be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId18056990cf2e12d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId77156990cf2e12eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55766990cf2e121da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55766990cf2e121da.jpg"/><Relationship Id="rId21556990cf2e13218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21556990cf2e13218.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId374572620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId512697374" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId467969abcb4fa8487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId693869abcb4fa84cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId101669abcb4fa9c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId406369abcb4fa9d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId484569abcb4fa9e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId579769abcb4fa9e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId773169abcb4fa9eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId566069abcb4faa029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId953569abcb4faa1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155269abcb4fa9451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155269abcb4fa9451.jpg"/><Relationship Id="rId138269abcb4faa25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId138269abcb4faa25b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>