--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato apex necrosis virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato marchitez virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467969abcb4fa8487" w:history="1">
+            <w:hyperlink r:id="rId529469c643860ddbd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId693869abcb4fa84cd" w:history="1">
+            <w:hyperlink r:id="rId330669c643860de06" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -751,63 +751,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ToMarV is only known from Mexico.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25653140" name="name122869abcb4fa9455" descr="TOANV0_distribution_map.jpg"/>
+            <wp:docPr id="63319070" name="name745769c643860ee3c" descr="TOANV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TOANV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId155269abcb4fa9451" cstate="print"/>
+                    <a:blip r:embed="rId886369c643860ee38" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1674,51 +1674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 857-69. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101669abcb4fa9c3f" w:history="1">
+      <w:hyperlink r:id="rId641269c643860f653" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0653-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1822,51 +1822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 3162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406369abcb4fa9d8c" w:history="1">
+      <w:hyperlink r:id="rId209869c643860f759" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1892,81 +1892,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1251. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484569abcb4fa9e00" w:history="1">
+      <w:hyperlink r:id="rId770769c643860f7de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v14061251</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) Report Chapters. Secoviridae. Torradovirus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579769abcb4fa9e34" w:history="1">
+      <w:hyperlink r:id="rId156869c643860f811" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1992,51 +1992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 899–907. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773169abcb4fa9eb9" w:history="1">
+      <w:hyperlink r:id="rId293269c643860f886" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-009-0367-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2216,51 +2216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 751-755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566069abcb4faa029" w:history="1">
+      <w:hyperlink r:id="rId808069c643860fa3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0640-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2462,51 +2462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Torradovirus marchitezum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953569abcb4faa1bc" w:history="1">
+      <w:hyperlink r:id="rId887769c643860fc01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2519,63 +2519,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11256113" name="name455069abcb4faa25c" descr="eu_funding_250.png"/>
+            <wp:docPr id="85349724" name="name780569c643860fcab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId138269abcb4faa25b" cstate="print"/>
+                    <a:blip r:embed="rId192569c643860fcaa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2673,137 +2673,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26671834">
+  <w:abstractNum w:abstractNumId="93719239">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58458544">
+    <w:lvl w:ilvl="0" w:tplc="64924019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58458544" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64924019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58458544" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64924019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58458544" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64924019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58458544" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64924019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58458544" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64924019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58458544" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64924019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58458544" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64924019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58458544" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64924019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26671833">
+  <w:abstractNum w:abstractNumId="93719238">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52825846">
+    <w:lvl w:ilvl="0" w:tplc="19776592">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3555,55 +3555,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26671833">
-    <w:abstractNumId w:val="26671833"/>
+  <w:num w:numId="93719238">
+    <w:abstractNumId w:val="93719238"/>
   </w:num>
-  <w:num w:numId="26671834">
-    <w:abstractNumId w:val="26671834"/>
+  <w:num w:numId="93719239">
+    <w:abstractNumId w:val="93719239"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15153,51 +15153,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId374572620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId512697374" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId467969abcb4fa8487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId693869abcb4fa84cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId101669abcb4fa9c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId406369abcb4fa9d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId484569abcb4fa9e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId579769abcb4fa9e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId773169abcb4fa9eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId566069abcb4faa029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId953569abcb4faa1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155269abcb4fa9451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155269abcb4fa9451.jpg"/><Relationship Id="rId138269abcb4faa25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId138269abcb4faa25b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId167022445" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId851475524" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId529469c643860ddbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/" TargetMode="External"/><Relationship Id="rId330669c643860de06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOANV0/categorization" TargetMode="External"/><Relationship Id="rId641269c643860f653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0653-9" TargetMode="External"/><Relationship Id="rId209869c643860f759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId770769c643860f7de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v14061251" TargetMode="External"/><Relationship Id="rId156869c643860f811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/torradovirus" TargetMode="External"/><Relationship Id="rId293269c643860f886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-009-0367-z" TargetMode="External"/><Relationship Id="rId808069c643860fa3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0640-1" TargetMode="External"/><Relationship Id="rId887769c643860fc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId886369c643860ee38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId886369c643860ee38.jpg"/><Relationship Id="rId192569c643860fcaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId192569c643860fcaa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>