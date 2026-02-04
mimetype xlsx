--- v0 (2025-10-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TILAM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CHONRO</t>
   </si>
   <si>
     <t>Choristoneura rosaceana</t>
   </si>
   <si>
     <t>* Food Plant Database for the Leafrollers of the World (Lepidoptera: Tortricidae). http://www.tortricidae.com/foodplantreferences.asp
 ------- LACM Index. Records from the card file at the Los Angeles County Museum of Natural History, Los Angeles, California; transcribed by Gaeden Robinson (BMNH).
 * Prentice RM (1966) Vol. 4. Microlepidoptera. In: Forest Lepidoptera of Canada recorded by the Forest Insect Survey. Department of Forestry Canada, Publication 1142 (1965), 543–840.</t>
@@ -174,50 +174,59 @@
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>PPV000</t>
   </si>
   <si>
     <t>Potyvirus plumpoxi (as Tilia)</t>
   </si>
   <si>
     <t>* Çıtır A, Akbilek Y, Ilbağı H (2021) First report of Plum pox virus on Tilia spp. in Turkey. New Disease Report 44, e12027. https://doi.org/10.1002/ndr2.12027</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Tilia)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CHEIBR</t>
   </si>
   <si>
     <t>Operophtera brumata</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Webster RL (1916) The white-marked tussock-moth. Circular. Paper 33. https://lib.dr.iastate.edu/iaes_circulars/39
 * Drooz AT (1985) Insects of eastern forests. USDA Forest Service, Miscellaneous Publication 1426, 608 pp.
 * Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>OXYALV</t>
   </si>
   <si>
     <t>Oxycarenus lavaterae (as Tilia)</t>
   </si>
@@ -557,51 +566,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -797,98 +806,112 @@
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" t="s">
         <v>50</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>51</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>52</v>
       </c>
-      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C19" t="s">
         <v>56</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s">
         <v>59</v>
       </c>
-      <c r="D20" t="s">
+      <c r="D20"/>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
         <v>60</v>
+      </c>
+      <c r="B21" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">