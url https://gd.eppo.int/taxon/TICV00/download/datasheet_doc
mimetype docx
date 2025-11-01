--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato infectious chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato infectious chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId651668e432d98cea9" w:history="1">
+            <w:hyperlink r:id="rId89716905f2253ffe1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277068e432d98ceed" w:history="1">
+            <w:hyperlink r:id="rId10266905f22540024" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TICV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43669744" name="name702868e432d98d41c" descr="14121.jpg"/>
+                  <wp:docPr id="16272766" name="name54766905f22540728" descr="14121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId513068e432d98d41a" cstate="print"/>
+                          <a:blip r:embed="rId81706905f22540726" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId127068e432d98d568" w:history="1">
+            <w:hyperlink r:id="rId98376905f22540808" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2097,63 +2097,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Asia TICV has been detected in protected and in field-grown tomato crops in Indonesia and Japan (Parella, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19207044" name="name559268e432d98eb1f" descr="TICV00_distribution_map.jpg"/>
+            <wp:docPr id="93756130" name="name96306905f22541f16" descr="TICV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TICV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId907168e432d98eb1c" cstate="print"/>
+                    <a:blip r:embed="rId15016905f22541f14" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4267,51 +4267,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–190.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSL (2005) Pest Risk Analysis for Tomato infectious chlorosis virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319268e432d98fa91" w:history="1">
+      <w:hyperlink r:id="rId11626905f22542e80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4589,51 +4589,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 462–470. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) PRA for Tomato infectious chlorosis virus. Available from the EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892468e432d98fc95" w:history="1">
+      <w:hyperlink r:id="rId34306905f2254308b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812768e432d98fd08" w:history="1">
+      <w:hyperlink r:id="rId32716905f225430fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5609,51 +5609,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encarsia formosa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424168e432d9902f5" w:history="1">
+      <w:hyperlink r:id="rId10946905f22543747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/20973</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus contagichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725068e432d9903a9" w:history="1">
+      <w:hyperlink r:id="rId33536905f225437ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5848,81 +5848,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218068e432d990490" w:history="1">
+      <w:hyperlink r:id="rId15936905f225438d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02239.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28476800" name="name606768e432d990880" descr="eu_funding_250.png"/>
+            <wp:docPr id="38672654" name="name26396905f2254393f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId549068e432d99087f" cstate="print"/>
+                    <a:blip r:embed="rId40096905f2254393d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6020,137 +6020,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48597163">
+  <w:abstractNum w:abstractNumId="14492576">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85484437">
+    <w:lvl w:ilvl="0" w:tplc="57561624">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85484437" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57561624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85484437" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57561624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85484437" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57561624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85484437" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57561624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85484437" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57561624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85484437" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57561624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85484437" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57561624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85484437" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57561624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48597162">
+  <w:abstractNum w:abstractNumId="14492575">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62939601">
+    <w:lvl w:ilvl="0" w:tplc="31871123">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6902,55 +6902,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48597162">
-    <w:abstractNumId w:val="48597162"/>
+  <w:num w:numId="14492575">
+    <w:abstractNumId w:val="14492575"/>
   </w:num>
-  <w:num w:numId="48597163">
-    <w:abstractNumId w:val="48597163"/>
+  <w:num w:numId="14492576">
+    <w:abstractNumId w:val="14492576"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18500,51 +18500,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846459483" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId836736932" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId651668e432d98cea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/" TargetMode="External"/><Relationship Id="rId277068e432d98ceed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/categorization" TargetMode="External"/><Relationship Id="rId127068e432d98d568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/photos" TargetMode="External"/><Relationship Id="rId319268e432d98fa91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925" TargetMode="External"/><Relationship Id="rId892468e432d98fc95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57" TargetMode="External"/><Relationship Id="rId812768e432d98fd08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId424168e432d9902f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20973" TargetMode="External"/><Relationship Id="rId725068e432d9903a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId218068e432d990490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02239.x" TargetMode="External"/><Relationship Id="rId513068e432d98d41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId513068e432d98d41a.jpg"/><Relationship Id="rId907168e432d98eb1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId907168e432d98eb1c.jpg"/><Relationship Id="rId549068e432d99087f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId549068e432d99087f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId260112396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId813457538" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89716905f2253ffe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/" TargetMode="External"/><Relationship Id="rId10266905f22540024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/categorization" TargetMode="External"/><Relationship Id="rId98376905f22540808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/photos" TargetMode="External"/><Relationship Id="rId11626905f22542e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925" TargetMode="External"/><Relationship Id="rId34306905f2254308b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57" TargetMode="External"/><Relationship Id="rId32716905f225430fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId10946905f22543747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20973" TargetMode="External"/><Relationship Id="rId33536905f225437ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15936905f225438d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02239.x" TargetMode="External"/><Relationship Id="rId81706905f22540726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81706905f22540726.jpg"/><Relationship Id="rId15016905f22541f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15016905f22541f14.jpg"/><Relationship Id="rId40096905f2254393d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40096905f2254393d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>