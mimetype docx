--- v1 (2025-11-01)
+++ v2 (2025-12-13)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato infectious chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato infectious chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89716905f2253ffe1" w:history="1">
+            <w:hyperlink r:id="rId7551693d7f9d5fbe4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10266905f22540024" w:history="1">
+            <w:hyperlink r:id="rId2386693d7f9d5fc28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TICV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16272766" name="name54766905f22540728" descr="14121.jpg"/>
+                  <wp:docPr id="38623123" name="name1598693d7f9d5fcf3" descr="14121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId81706905f22540726" cstate="print"/>
+                          <a:blip r:embed="rId9673693d7f9d5fcf2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId98376905f22540808" w:history="1">
+            <w:hyperlink r:id="rId7168693d7f9d5fddb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2097,63 +2097,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Asia TICV has been detected in protected and in field-grown tomato crops in Indonesia and Japan (Parella, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93756130" name="name96306905f22541f16" descr="TICV00_distribution_map.jpg"/>
+            <wp:docPr id="86383611" name="name7983693d7f9d6097c" descr="TICV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TICV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15016905f22541f14" cstate="print"/>
+                    <a:blip r:embed="rId4062693d7f9d6097b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4267,51 +4267,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–190.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSL (2005) Pest Risk Analysis for Tomato infectious chlorosis virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11626905f22542e80" w:history="1">
+      <w:hyperlink r:id="rId1272693d7f9d61924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4589,51 +4589,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 462–470. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) PRA for Tomato infectious chlorosis virus. Available from the EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34306905f2254308b" w:history="1">
+      <w:hyperlink r:id="rId7517693d7f9d61b4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32716905f225430fe" w:history="1">
+      <w:hyperlink r:id="rId3517693d7f9d61bc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5609,51 +5609,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encarsia formosa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10946905f22543747" w:history="1">
+      <w:hyperlink r:id="rId1729693d7f9d621da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/20973</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus contagichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33536905f225437ff" w:history="1">
+      <w:hyperlink r:id="rId8916693d7f9d62290" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5848,81 +5848,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15936905f225438d9" w:history="1">
+      <w:hyperlink r:id="rId3220693d7f9d62364" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02239.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38672654" name="name26396905f2254393f" descr="eu_funding_250.png"/>
+            <wp:docPr id="4248017" name="name7145693d7f9d623c8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40096905f2254393d" cstate="print"/>
+                    <a:blip r:embed="rId8150693d7f9d623c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6020,137 +6020,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14492576">
+  <w:abstractNum w:abstractNumId="77478160">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57561624">
+    <w:lvl w:ilvl="0" w:tplc="22654560">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57561624" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22654560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57561624" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22654560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57561624" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22654560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57561624" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22654560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57561624" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22654560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57561624" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22654560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57561624" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22654560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57561624" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22654560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14492575">
+  <w:abstractNum w:abstractNumId="77478159">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31871123">
+    <w:lvl w:ilvl="0" w:tplc="64890909">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6902,55 +6902,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14492575">
-    <w:abstractNumId w:val="14492575"/>
+  <w:num w:numId="77478159">
+    <w:abstractNumId w:val="77478159"/>
   </w:num>
-  <w:num w:numId="14492576">
-    <w:abstractNumId w:val="14492576"/>
+  <w:num w:numId="77478160">
+    <w:abstractNumId w:val="77478160"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18500,51 +18500,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId260112396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId813457538" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89716905f2253ffe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/" TargetMode="External"/><Relationship Id="rId10266905f22540024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/categorization" TargetMode="External"/><Relationship Id="rId98376905f22540808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/photos" TargetMode="External"/><Relationship Id="rId11626905f22542e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925" TargetMode="External"/><Relationship Id="rId34306905f2254308b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57" TargetMode="External"/><Relationship Id="rId32716905f225430fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId10946905f22543747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20973" TargetMode="External"/><Relationship Id="rId33536905f225437ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15936905f225438d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02239.x" TargetMode="External"/><Relationship Id="rId81706905f22540726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81706905f22540726.jpg"/><Relationship Id="rId15016905f22541f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15016905f22541f14.jpg"/><Relationship Id="rId40096905f2254393d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40096905f2254393d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId969955791" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId715489590" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7551693d7f9d5fbe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/" TargetMode="External"/><Relationship Id="rId2386693d7f9d5fc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/categorization" TargetMode="External"/><Relationship Id="rId7168693d7f9d5fddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/photos" TargetMode="External"/><Relationship Id="rId1272693d7f9d61924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925" TargetMode="External"/><Relationship Id="rId7517693d7f9d61b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57" TargetMode="External"/><Relationship Id="rId3517693d7f9d61bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId1729693d7f9d621da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20973" TargetMode="External"/><Relationship Id="rId8916693d7f9d62290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3220693d7f9d62364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02239.x" TargetMode="External"/><Relationship Id="rId9673693d7f9d5fcf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9673693d7f9d5fcf2.jpg"/><Relationship Id="rId4062693d7f9d6097b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4062693d7f9d6097b.jpg"/><Relationship Id="rId8150693d7f9d623c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8150693d7f9d623c7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>