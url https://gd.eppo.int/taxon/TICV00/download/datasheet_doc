--- v2 (2025-12-13)
+++ v3 (2026-01-09)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato infectious chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato infectious chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7551693d7f9d5fbe4" w:history="1">
+            <w:hyperlink r:id="rId36156960531d3c23d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2386693d7f9d5fc28" w:history="1">
+            <w:hyperlink r:id="rId52116960531d3c281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TICV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38623123" name="name1598693d7f9d5fcf3" descr="14121.jpg"/>
+                  <wp:docPr id="57187381" name="name76106960531d3c9a0" descr="14121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9673693d7f9d5fcf2" cstate="print"/>
+                          <a:blip r:embed="rId47856960531d3c99f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7168693d7f9d5fddb" w:history="1">
+            <w:hyperlink r:id="rId18226960531d3cac4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2097,63 +2097,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Asia TICV has been detected in protected and in field-grown tomato crops in Indonesia and Japan (Parella, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86383611" name="name7983693d7f9d6097c" descr="TICV00_distribution_map.jpg"/>
+            <wp:docPr id="16450670" name="name92246960531d3dfcd" descr="TICV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TICV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4062693d7f9d6097b" cstate="print"/>
+                    <a:blip r:embed="rId47746960531d3dfca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4267,51 +4267,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–190.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSL (2005) Pest Risk Analysis for Tomato infectious chlorosis virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1272693d7f9d61924" w:history="1">
+      <w:hyperlink r:id="rId34236960531d3ef6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4589,51 +4589,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 462–470. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) PRA for Tomato infectious chlorosis virus. Available from the EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7517693d7f9d61b4d" w:history="1">
+      <w:hyperlink r:id="rId83306960531d3f172" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3517693d7f9d61bc0" w:history="1">
+      <w:hyperlink r:id="rId40026960531d3f1e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5609,51 +5609,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encarsia formosa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1729693d7f9d621da" w:history="1">
+      <w:hyperlink r:id="rId15696960531d3f80c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/20973</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5697,73 +5697,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus contagichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8916693d7f9d62290" w:history="1">
+      <w:hyperlink r:id="rId51406960531d3f8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5848,81 +5848,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3220693d7f9d62364" w:history="1">
+      <w:hyperlink r:id="rId20806960531d3f995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02239.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4248017" name="name7145693d7f9d623c8" descr="eu_funding_250.png"/>
+            <wp:docPr id="40763409" name="name79586960531d3fd19" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8150693d7f9d623c7" cstate="print"/>
+                    <a:blip r:embed="rId46266960531d3fd17" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6020,137 +6020,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77478160">
+  <w:abstractNum w:abstractNumId="86511207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22654560">
+    <w:lvl w:ilvl="0" w:tplc="30631393">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22654560" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30631393" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22654560" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30631393" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22654560" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30631393" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22654560" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30631393" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22654560" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30631393" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22654560" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30631393" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22654560" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30631393" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22654560" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30631393" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77478159">
+  <w:abstractNum w:abstractNumId="86511206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64890909">
+    <w:lvl w:ilvl="0" w:tplc="47967616">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6902,55 +6902,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77478159">
-    <w:abstractNumId w:val="77478159"/>
+  <w:num w:numId="86511206">
+    <w:abstractNumId w:val="86511206"/>
   </w:num>
-  <w:num w:numId="77478160">
-    <w:abstractNumId w:val="77478160"/>
+  <w:num w:numId="86511207">
+    <w:abstractNumId w:val="86511207"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18500,51 +18500,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId969955791" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId715489590" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7551693d7f9d5fbe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/" TargetMode="External"/><Relationship Id="rId2386693d7f9d5fc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/categorization" TargetMode="External"/><Relationship Id="rId7168693d7f9d5fddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/photos" TargetMode="External"/><Relationship Id="rId1272693d7f9d61924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925" TargetMode="External"/><Relationship Id="rId7517693d7f9d61b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57" TargetMode="External"/><Relationship Id="rId3517693d7f9d61bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId1729693d7f9d621da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20973" TargetMode="External"/><Relationship Id="rId8916693d7f9d62290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3220693d7f9d62364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02239.x" TargetMode="External"/><Relationship Id="rId9673693d7f9d5fcf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9673693d7f9d5fcf2.jpg"/><Relationship Id="rId4062693d7f9d6097b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4062693d7f9d6097b.jpg"/><Relationship Id="rId8150693d7f9d623c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8150693d7f9d623c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173576156" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId257976186" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36156960531d3c23d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/" TargetMode="External"/><Relationship Id="rId52116960531d3c281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/categorization" TargetMode="External"/><Relationship Id="rId18226960531d3cac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/photos" TargetMode="External"/><Relationship Id="rId34236960531d3ef6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925" TargetMode="External"/><Relationship Id="rId83306960531d3f172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57" TargetMode="External"/><Relationship Id="rId40026960531d3f1e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId15696960531d3f80c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20973" TargetMode="External"/><Relationship Id="rId51406960531d3f8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20806960531d3f995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02239.x" TargetMode="External"/><Relationship Id="rId47856960531d3c99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47856960531d3c99f.jpg"/><Relationship Id="rId47746960531d3dfca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47746960531d3dfca.jpg"/><Relationship Id="rId46266960531d3fd17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId46266960531d3fd17.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>