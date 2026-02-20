--- v3 (2026-01-09)
+++ v4 (2026-02-20)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato infectious chlorosis crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato infectious chlorosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36156960531d3c23d" w:history="1">
+            <w:hyperlink r:id="rId10546998df1dc56b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52116960531d3c281" w:history="1">
+            <w:hyperlink r:id="rId66556998df1dc56f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TICV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57187381" name="name76106960531d3c9a0" descr="14121.jpg"/>
+                  <wp:docPr id="23233114" name="name31116998df1dc5dd8" descr="14121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47856960531d3c99f" cstate="print"/>
+                          <a:blip r:embed="rId29996998df1dc5dd6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId18226960531d3cac4" w:history="1">
+            <w:hyperlink r:id="rId95886998df1dc5f2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2097,63 +2097,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Asia TICV has been detected in protected and in field-grown tomato crops in Indonesia and Japan (Parella, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16450670" name="name92246960531d3dfcd" descr="TICV00_distribution_map.jpg"/>
+            <wp:docPr id="5530105" name="name96606998df1dc750a" descr="TICV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TICV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47746960531d3dfca" cstate="print"/>
+                    <a:blip r:embed="rId94316998df1dc7506" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4267,51 +4267,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–190.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSL (2005) Pest Risk Analysis for Tomato infectious chlorosis virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34236960531d3ef6c" w:history="1">
+      <w:hyperlink r:id="rId18036998df1dc849b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4589,51 +4589,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 462–470. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) PRA for Tomato infectious chlorosis virus. Available from the EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83306960531d3f172" w:history="1">
+      <w:hyperlink r:id="rId39926998df1dc86a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20(9), 1307-1320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40026960531d3f1e3" w:history="1">
+      <w:hyperlink r:id="rId43806998df1dc8713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5609,51 +5609,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encarsia formosa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15696960531d3f80c" w:history="1">
+      <w:hyperlink r:id="rId73556998df1dc8d00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/20973</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus contagichlorosis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51406960531d3f8c2" w:history="1">
+      <w:hyperlink r:id="rId58576998df1dc8db5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5848,81 +5848,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20806960531d3f995" w:history="1">
+      <w:hyperlink r:id="rId92126998df1dc8e84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02239.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40763409" name="name79586960531d3fd19" descr="eu_funding_250.png"/>
+            <wp:docPr id="85629754" name="name48876998df1dc8ee2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46266960531d3fd17" cstate="print"/>
+                    <a:blip r:embed="rId40066998df1dc8ee1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6020,137 +6020,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86511207">
+  <w:abstractNum w:abstractNumId="87030134">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30631393">
+    <w:lvl w:ilvl="0" w:tplc="95234666">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30631393" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95234666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30631393" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95234666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30631393" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95234666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30631393" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95234666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30631393" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95234666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30631393" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95234666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30631393" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95234666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30631393" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95234666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86511206">
+  <w:abstractNum w:abstractNumId="87030133">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47967616">
+    <w:lvl w:ilvl="0" w:tplc="40463123">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6902,55 +6902,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86511206">
-    <w:abstractNumId w:val="86511206"/>
+  <w:num w:numId="87030133">
+    <w:abstractNumId w:val="87030133"/>
   </w:num>
-  <w:num w:numId="86511207">
-    <w:abstractNumId w:val="86511207"/>
+  <w:num w:numId="87030134">
+    <w:abstractNumId w:val="87030134"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18500,51 +18500,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173576156" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId257976186" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36156960531d3c23d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/" TargetMode="External"/><Relationship Id="rId52116960531d3c281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/categorization" TargetMode="External"/><Relationship Id="rId18226960531d3cac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/photos" TargetMode="External"/><Relationship Id="rId34236960531d3ef6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925" TargetMode="External"/><Relationship Id="rId83306960531d3f172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57" TargetMode="External"/><Relationship Id="rId40026960531d3f1e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId15696960531d3f80c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20973" TargetMode="External"/><Relationship Id="rId51406960531d3f8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20806960531d3f995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02239.x" TargetMode="External"/><Relationship Id="rId47856960531d3c99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47856960531d3c99f.jpg"/><Relationship Id="rId47746960531d3dfca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47746960531d3dfca.jpg"/><Relationship Id="rId46266960531d3fd17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId46266960531d3fd17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId813146801" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId529026585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10546998df1dc56b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/" TargetMode="External"/><Relationship Id="rId66556998df1dc56f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/categorization" TargetMode="External"/><Relationship Id="rId95886998df1dc5f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TICV00/photos" TargetMode="External"/><Relationship Id="rId18036998df1dc849b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3925" TargetMode="External"/><Relationship Id="rId39926998df1dc86a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/510b867e-ec9f-4928-bf23-bad1cea8ee57" TargetMode="External"/><Relationship Id="rId43806998df1dc8713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12847" TargetMode="External"/><Relationship Id="rId73556998df1dc8d00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20973" TargetMode="External"/><Relationship Id="rId58576998df1dc8db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92126998df1dc8e84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02239.x" TargetMode="External"/><Relationship Id="rId29996998df1dc5dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29996998df1dc5dd6.jpg"/><Relationship Id="rId94316998df1dc7506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94316998df1dc7506.jpg"/><Relationship Id="rId40066998df1dc8ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40066998df1dc8ee1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>