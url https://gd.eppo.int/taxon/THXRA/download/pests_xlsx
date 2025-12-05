--- v0 (2025-10-03)
+++ v1 (2025-12-05)
@@ -41,51 +41,51 @@
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Ferguson MH, Singh R, Cook M, Burks T, Ong K (2020) Geographic distribution and host range of lethal bronzing associated with phytoplasma subgroup 16SrIV-D on palms in southern Louisiana. Plant health progress 21(4), 350-355. https://doi.org/10.1094/PHP-06-20-0046-S</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Narvaez M, Cordova I, Orellana R, Harrison NA, Oropeza C (2006) First report of a lethal yellowing phytoplasma in Thrinax radiata and Coccothrinax readii palms in the Yucatan Peninsula of Mexico. Plant Pathology 55(2), 292-294.</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>* Drizou F, Redstone S, Salisbury A (2023) Impact and management of Opogona sacchari (Bojer, 1856)(Lepidoptera: Tineidae) in a display glasshouse in the United Kingdom. EPPO Bulletin 53(3), 624-631.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>