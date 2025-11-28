--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="THUPL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
   <si>
     <t>Chondrostereum purpureum</t>
   </si>
   <si>
     <t>* Bishop GC (1978) Studies on silver leaf disease of stone and pome fruit trees (Doctoral dissertation, Adelaide, Australia), 155 pp. https://digital.library.adelaide.edu.au/dspace/bitstream/2440/20649/2/02whole.pdf
 * Fernando A, Ring F, Lowe D, Callan B (1999) Index of plant pathogens, plant-associated microorganisms, and forest fungi of British Columbia. Natural Resources Canada, Canadian Forest Service, Pacific Forestry Centre, 459 pp.</t>
   </si>
@@ -80,50 +80,59 @@
   </si>
   <si>
     <t>LAMBFI</t>
   </si>
   <si>
     <t>Lambdina fiscellaria</t>
   </si>
   <si>
     <t xml:space="preserve">* Natural Resource Canada (2015) Western hemlock looper  https://tidcf.nrcan.gc.ca/en/insects/factsheet/1000002 
 -------Lambina fiscellaria lugubrosa </t>
   </si>
   <si>
     <t>PHYTCN</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi (as Cupressaceae)</t>
   </si>
   <si>
     <t>SEIRCA</t>
   </si>
   <si>
     <t>Seiridium cardinale</t>
   </si>
   <si>
     <t>Seiridium cardinale (as Thuja)</t>
+  </si>
+  <si>
+    <t>HESOCA</t>
+  </si>
+  <si>
+    <t>Trichoferus campestris</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>INONWE</t>
   </si>
   <si>
     <t>Coniferiporia weirii</t>
   </si>
   <si>
     <t>* Leal I, Bergeron MJ, Feau N, Tsui CKM, Foord B, Pellow K, Hamelin RC &amp; Sturrock RN (2019) Cryptic speciation in western North America and Eastern Eurasia of the pathogens responsible for laminated root rot. Phytopathology 109(3), 456–468. https://doi:10.1094/PHYTO-12-17-0399-R
 * McMurtrey S, Alcalá-Briseño RI, Showalter D, LeBoldus JM (2023) Draft genome resource for the forest pathogen Coniferiporia weirii – a pathogen of Thuja plicata and Callitropsis nootkatensis. Plant Disease 107(2), 534-537. https://doi.org/10.1094/PDIS-04-22-0917-A
 * Wang XW, Jiang JH, Liu SL, Gafforov Y, Zhou LW (2022) Species diversification of the coniferous pathogenic fungal genus Coniferiporia (Hymenochaetales, Basidiomycota) in association with its biogeography and host plants. Phytopathology 112(2), 404-413.
 * Zhou LW, Vlasák J, Dai YC (2016) Taxonomy and phylogeny of Phellinidium (Hymenochaetales, Basidiomycota): a redefinition and the segregation of Coniferiporia gen. nov. for forest pathogens. Fungal Biology 120(8), 988–1001.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -442,62 +451,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="345.487" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="370.338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -564,60 +573,74 @@
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>23</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
         <v>25</v>
+      </c>
+      <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">