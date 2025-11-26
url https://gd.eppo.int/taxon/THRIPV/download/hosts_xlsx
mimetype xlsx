--- v0 (2025-10-17)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="THRIPV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Basavaraj K, Sreenivas AG, Prasad PRB, Rachana RR (2022) First report of invasive Thrips, Thrips parvispinus (karny) (Thysanoptera: Thripidae) infesting chilli, Capsicum annuum L. in Kalaburagi, Karnataka, India.  Journal of Experimental Zoology, India 25(1) 191-194.
 * Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1–21. https://doi.org/10.3897/zookeys.306.5455
 ------- Collected from this plant in Java (Indonesia).
@@ -178,50 +178,60 @@
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>DAHPI</t>
   </si>
   <si>
     <t>Dahlia pinnata</t>
   </si>
   <si>
     <t>* Rachana RR, Roselin P &amp; Varatharajan R (2018) Report of invasive thrips species, Thrips parvispinus (Karny) (Thripidae: Thysanoptera) on Dahlia rosea (Asteraceae) in Karnataka. Pest Management in Horticultural Ecosystems, 24(2): 175-176.
 ------- confirmed host (as D. rosea)</t>
   </si>
   <si>
     <t>DAUCA</t>
   </si>
   <si>
     <t>Daucus carota</t>
   </si>
   <si>
     <t>DENSS</t>
   </si>
   <si>
     <t>Dendrobium sp.</t>
   </si>
   <si>
+    <t>DIFSS</t>
+  </si>
+  <si>
+    <t>Dieffenbachia sp.</t>
+  </si>
+  <si>
+    <t>* Šimala M, Pintar M, Kadoić Balaško M (2025) The first records of two Asian Invasive pest thrips species in Croatia. Entomologia Croatica. 24(1), 27-39. https://doi.org/10.17971/ec.24.1.4 
+-----adult reported on one plant in 2023</t>
+  </si>
+  <si>
     <t>GADJA</t>
   </si>
   <si>
     <t>Gardenia jasminoides</t>
   </si>
   <si>
     <t>* Anagnou-Veroniki M, Papaioannou-Souliotis P, Karanastasi E, Giannopolitis CN (2008) New records of plant pests and weeds in Greece, 1990-2007. Hellenic Plant Protection Journal 1(2), 55-78.
 ------- confirmed host</t>
   </si>
   <si>
     <t>GOSBA</t>
   </si>
   <si>
     <t>Gossypium barbadense</t>
   </si>
   <si>
     <t>* Amutha M,  Rachana RR (2022) A new host record for the invasive thrips Thrips parvispinus Karny from India. Indian Journal of Entomology, 1–3. https://doi.org/10.55446/IJE.2021.354</t>
   </si>
   <si>
     <t>GOSSS</t>
   </si>
   <si>
     <t>Gossypium sp.</t>
   </si>
   <si>
@@ -380,50 +390,56 @@
   </si>
   <si>
     <t>VIGSI</t>
   </si>
   <si>
     <t>Vigna unguiculata</t>
   </si>
   <si>
     <t>ZEAMX</t>
   </si>
   <si>
     <t>Zea mays</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CVNSS</t>
   </si>
   <si>
     <t>Croton sp.</t>
   </si>
   <si>
     <t>* Rodríguez Arrieta J, Barrientos Castro A, Masís Arce J, Varela Benavides IL (2025) First report of the pepper thrips Thrips parvispinus (Karny) in Costa Rica. Tropical and Subtropical Agroecosystems 28 (3) http://doi.org/10.56369/tsaes.6334
 -----found on Croton sp. in an open field, host status not confirmed</t>
+  </si>
+  <si>
+    <t>SYNPO</t>
+  </si>
+  <si>
+    <t>Syngonium podophyllum</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -727,51 +743,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="442.321" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1032,401 +1048,429 @@
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>15</v>
       </c>
       <c r="B21" t="s">
         <v>57</v>
       </c>
       <c r="C21" t="s">
         <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
         <v>66</v>
       </c>
       <c r="C25" t="s">
         <v>67</v>
       </c>
       <c r="D25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
         <v>69</v>
       </c>
       <c r="C26" t="s">
         <v>70</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29" t="s">
         <v>76</v>
       </c>
       <c r="C29" t="s">
         <v>77</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D30" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D31" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33" t="s">
         <v>85</v>
       </c>
       <c r="C33" t="s">
         <v>86</v>
       </c>
       <c r="D33" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D34" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D36" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D37" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>15</v>
       </c>
       <c r="B42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D42" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>15</v>
       </c>
       <c r="B43" t="s">
         <v>106</v>
       </c>
       <c r="C43" t="s">
         <v>107</v>
       </c>
       <c r="D43" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>15</v>
       </c>
       <c r="B44" t="s">
         <v>109</v>
       </c>
       <c r="C44" t="s">
         <v>110</v>
       </c>
       <c r="D44" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D45" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>113</v>
+        <v>15</v>
       </c>
       <c r="B46" t="s">
         <v>114</v>
       </c>
       <c r="C46" t="s">
         <v>115</v>
       </c>
       <c r="D46" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
         <v>116</v>
+      </c>
+      <c r="B47" t="s">
+        <v>117</v>
+      </c>
+      <c r="C47" t="s">
+        <v>118</v>
+      </c>
+      <c r="D47" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>116</v>
+      </c>
+      <c r="B48" t="s">
+        <v>120</v>
+      </c>
+      <c r="C48" t="s">
+        <v>121</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">