--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="THRIPL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>AMASP</t>
   </si>
   <si>
     <t>Amaranthus spinosus</t>
   </si>
   <si>
     <t>* Kalpana Tillekaratne, Edirisinghe JP, Gunatilleke CVS, Karunaratne AIP (2011) A checklist of thrips species of Sri Lanka. Ceylon Journal of Science (Bio. Sci.) 40(2), 89-108.
 * Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.</t>
   </si>
@@ -877,50 +877,59 @@
     <t>SOLMA</t>
   </si>
   <si>
     <t>Solanum macrocarpon</t>
   </si>
   <si>
     <t>SOLMR</t>
   </si>
   <si>
     <t>Solanum mauritianum</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Duran IC, Mesa NC, Estrada EI (1999) [Life cyle of Thrips palmi (Thysanoptera: Thripidae) and host plant registered in the Cauca Valley]. Revista Colombiana de Entomologia 25(3/4), 109-120 (in Spanish).
 * Elizondo AI, Murguido CA, Pérez I, Piedra F, Peña E, Martínez M, Martell M, de los Ángeles Fernández M, Sariol H, Rodríguez S, Jiménez R, Granda G, Palacios F (2003) Thrips palmi Karny en la agricultura cubana. Fitosanidad 7(2), 1-9.
 * Kajita H, Hirose Y, Takagi M, Okajima S, Napompeth B, Buranapanichpan S (1996) Host plants and abundance of Thrips palmi Karny (Thysanoptera: Thripidae), an important pest of vegetables in Southeast Asia. Applied Entomology and Zoology 31(1), 87-94.
 * Kreiter S, Moraes GJ de (1997) Phytoseiid mites (Araci: Phytoseiidae) from Guadeloupe and Martinique. Florida Entomologist 80(3), 376-382. 
 * Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1-21.
 * Seal DR (2001) Seasonal abundance and distribution of Thrips palmi Karny (Thysanoptera: Thripidae) in Southern Florida. Proceedings of the Florida State Horticultural Society 114, 337-342.
 * Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.</t>
+  </si>
+  <si>
+    <t>SOLMU</t>
+  </si>
+  <si>
+    <t>Solanum muricatum</t>
+  </si>
+  <si>
+    <t>* Ishikawa T, Takahata K (2019) Insect and mite pests of pepino (Solanum muricatum Ait.) in Japan. Biodiversity Data Journal 7, e36453. https://doi.org/10.3897/BDJ.7.e36453</t>
   </si>
   <si>
     <t>SOLQU</t>
   </si>
   <si>
     <t>Solanum quitoense</t>
   </si>
   <si>
     <t>SOLTO</t>
   </si>
   <si>
     <t>Solanum torvum</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>* Elizondo AI, Murguido CA, Pérez I, Piedra F, Peña E, Martínez M, Martell M, de los Ángeles Fernández M, Sariol H, Rodríguez S, Jiménez R, Granda G, Palacios F (2003) Thrips palmi Karny en la agricultura cubana. Fitosanidad 7(2), 1-9.
 * Kalpana Tillekaratne, Edirisinghe JP, Gunatilleke CVS, Karunaratne AIP (2011) A checklist of thrips species of Sri Lanka. Ceylon Journal of Science (Bio. Sci.) 40(2), 89-108.
 * Seal DR (2001) Seasonal abundance and distribution of Thrips palmi Karny (Thysanoptera: Thripidae) in Southern Florida. Proceedings of the Florida State Horticultural Society 114, 337-342,</t>
   </si>
   <si>
@@ -1407,51 +1416,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D137"/>
+  <dimension ref="A1:D138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="399.76" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3000,387 +3009,401 @@
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>24</v>
       </c>
       <c r="B112" t="s">
         <v>271</v>
       </c>
       <c r="C112" t="s">
         <v>272</v>
       </c>
       <c r="D112" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>24</v>
       </c>
       <c r="B113" t="s">
         <v>274</v>
       </c>
       <c r="C113" t="s">
         <v>275</v>
       </c>
       <c r="D113" t="s">
-        <v>39</v>
+        <v>276</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>24</v>
       </c>
       <c r="B114" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C114" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D114" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>24</v>
       </c>
       <c r="B115" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C115" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D115" t="s">
-        <v>280</v>
+        <v>33</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>24</v>
       </c>
       <c r="B116" t="s">
         <v>281</v>
       </c>
       <c r="C116" t="s">
         <v>282</v>
       </c>
       <c r="D116" t="s">
-        <v>58</v>
+        <v>283</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>24</v>
       </c>
       <c r="B117" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C117" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D117" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>24</v>
       </c>
       <c r="B118" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C118" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D118" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>24</v>
       </c>
       <c r="B119" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C119" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D119" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>24</v>
       </c>
       <c r="B120" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C120" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D120" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>24</v>
       </c>
       <c r="B121" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C121" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D121" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>24</v>
       </c>
       <c r="B122" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C122" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D122" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>24</v>
       </c>
       <c r="B123" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C123" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D123" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>24</v>
       </c>
       <c r="B124" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C124" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D124" t="s">
-        <v>299</v>
+        <v>42</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>24</v>
       </c>
       <c r="B125" t="s">
         <v>300</v>
       </c>
       <c r="C125" t="s">
         <v>301</v>
       </c>
       <c r="D125" t="s">
-        <v>252</v>
+        <v>302</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>24</v>
       </c>
       <c r="B126" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C126" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D126" t="s">
-        <v>33</v>
+        <v>252</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>24</v>
       </c>
       <c r="B127" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C127" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D127" t="s">
-        <v>306</v>
+        <v>33</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>24</v>
       </c>
       <c r="B128" t="s">
         <v>307</v>
       </c>
       <c r="C128" t="s">
         <v>308</v>
       </c>
       <c r="D128" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>24</v>
       </c>
       <c r="B129" t="s">
         <v>310</v>
       </c>
       <c r="C129" t="s">
         <v>311</v>
       </c>
       <c r="D129" t="s">
-        <v>58</v>
+        <v>312</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>24</v>
       </c>
       <c r="B130" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C130" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D130" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>24</v>
       </c>
       <c r="B131" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C131" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D131" t="s">
-        <v>177</v>
+        <v>58</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>24</v>
       </c>
       <c r="B132" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C132" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D132" t="s">
-        <v>58</v>
+        <v>177</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>24</v>
       </c>
       <c r="B133" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C133" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D133" t="s">
-        <v>320</v>
+        <v>58</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>24</v>
       </c>
       <c r="B134" t="s">
         <v>321</v>
       </c>
       <c r="C134" t="s">
         <v>322</v>
       </c>
       <c r="D134" t="s">
-        <v>58</v>
+        <v>323</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>24</v>
       </c>
       <c r="B135" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C135" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D135" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>325</v>
+        <v>24</v>
       </c>
       <c r="B136" t="s">
         <v>326</v>
       </c>
       <c r="C136" t="s">
         <v>327</v>
       </c>
       <c r="D136" t="s">
-        <v>328</v>
+        <v>68</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B137" t="s">
         <v>329</v>
       </c>
       <c r="C137" t="s">
         <v>330</v>
       </c>
       <c r="D137" t="s">
         <v>331</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>328</v>
+      </c>
+      <c r="B138" t="s">
+        <v>332</v>
+      </c>
+      <c r="C138" t="s">
+        <v>333</v>
+      </c>
+      <c r="D138" t="s">
+        <v>334</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">