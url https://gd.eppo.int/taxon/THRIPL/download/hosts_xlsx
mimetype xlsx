--- v1 (2025-11-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="THRIPL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>AMASP</t>
   </si>
   <si>
     <t>Amaranthus spinosus</t>
   </si>
   <si>
     <t>* Kalpana Tillekaratne, Edirisinghe JP, Gunatilleke CVS, Karunaratne AIP (2011) A checklist of thrips species of Sri Lanka. Ceylon Journal of Science (Bio. Sci.) 40(2), 89-108.
 * Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.</t>
   </si>
@@ -292,56 +292,50 @@
   <si>
     <t>1CHYG</t>
   </si>
   <si>
     <t>Chrysanthemum</t>
   </si>
   <si>
     <t>* Miyashita T, Soichi N (1993) Studies on the varietal difference in injury caused by Thrips palmi in chrysanthemum. 3. Relationship between infested part, density and injury. Japanese Journal of Applied Entomology and Zoology 37(4), 227-233.
 * Ng YF, Zaimi JS (2018) The economically important thrips from Malaysia, with a key to species (Thysanoptera, Thripinae). ZooKeys 810, 113-126.</t>
   </si>
   <si>
     <t>CHYHO</t>
   </si>
   <si>
     <t>Chrysanthemum x morifolium</t>
   </si>
   <si>
     <t>CITLA</t>
   </si>
   <si>
     <t>Citrullus lanatus</t>
   </si>
   <si>
     <t>* Kajita H, Hirose Y, Takagi M, Okajima S, Napompeth B, Buranapanichpan S (1996) Host plants and abundance of Thrips palmi Karny (Thysanoptera: Thripidae), an important pest of vegetables in Southeast Asia. Applied Entomology and Zoology 31(1), 87-94,
 * Elizondo AI, Murguido CA, Pérez I, Piedra F, Peña E, Martínez M, Martell M, de los Ángeles Fernández M, Sariol H, Rodríguez S, Jiménez R, Granda G, Palacios F (2003) Thrips palmi Karny en la agricultura cubana. Fitosanidad 7(2), 1-9.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Citrus</t>
   </si>
   <si>
     <t>CLESS</t>
   </si>
   <si>
     <t>Cleome sp.</t>
   </si>
   <si>
     <t>CORSA</t>
   </si>
   <si>
     <t>Coriandrum sativum</t>
   </si>
   <si>
     <t>CMSSU</t>
   </si>
   <si>
     <t>Cosmos sulphureus</t>
   </si>
   <si>
     <t>CUMME</t>
   </si>
   <si>
     <t>Cucumis melo</t>
   </si>
@@ -1045,50 +1039,63 @@
     <t>Vigna unguiculata subsp. sesquipedalis</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
   </si>
   <si>
     <t>* Ranganath HR, Kumar NKK, Vikas Kumar (2008) Thrips species composition on grapes in Karnataka and Maharashtra. Journal of Horticultural Sciences, 3(2), 172-175.</t>
   </si>
   <si>
     <t>ZNTAE</t>
   </si>
   <si>
     <t>Zantedeschia aethiopica</t>
   </si>
   <si>
     <t>ZEAMX</t>
   </si>
   <si>
     <t>Zea mays</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>1CIDG</t>
+  </si>
+  <si>
+    <t>Citrus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citrus was changed from Host to "doubtfult host" in 2026 because of insufficient evidence. 
+Childers and Beshear (1992) observed T. palmi feeding on Citrus flowers but there is no reference of citrus as a host that supports pest life cycle.
+* Childers CC, Beshear RJ (1992) Thrips (Thysanoptera) species associated with developing citrus flowers in Florida and a key to adult lerebrantian females. Journal of Entomological Science, 27(4):392-412
+* Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.
+------- list Citrus as host without sufficient reference. </t>
   </si>
   <si>
     <t>FIUBE</t>
   </si>
   <si>
     <t>Ficus benjamina</t>
   </si>
   <si>
     <t>* Loomans AJM, Heijboer A, Vierbergen G (1998) Host plant performances of Thrips palmi Karny (Thysanoptera: Thripidae), with particular reference to Ficus (Moraceae). Proceedings of the 6th International Symposium on Thysanoptera (Antalya, TR, 1998-04-27/05-01), 99-105.
 ------- Considered to be a host plant.
 * O'Donnell CA, Parrella MP (2005) Host suitability of selected Ficus species for Thrips palmi (Thysanoptera: Thripidae). Florida Entomologist 88(1), 97-98.
 -------- F. benjamina considered to be an unsuitable host (no breeding populations).</t>
   </si>
   <si>
     <t>FIUEL</t>
   </si>
   <si>
     <t>Ficus elastica</t>
   </si>
   <si>
     <t>* Loomans AJM, Heijboer A, Vierbergen G (1998) Host plant performances of Thrips palmi Karny (Thysanoptera: Thripidae), with particular reference to Ficus (Moraceae). Proceedings of the 6th International Symposium on Thysanoptera (Antalya, TR, 1998-04-27/05-01), 99-105.
 ------- Considered as a host plant.
 * O'Donnell CA, Parrella MP (2005) Host suitability of selected Ficus species for Thrips palmi (Thysanoptera: Thripidae). Florida Entomologist 88(1), 97-98.
 -------- Ficus spp.  are considered to be unsuitable hosts.</t>
   </si>
@@ -1931,1479 +1938,1479 @@
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>24</v>
       </c>
       <c r="B35" t="s">
         <v>87</v>
       </c>
       <c r="C35" t="s">
         <v>88</v>
       </c>
       <c r="D35" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>24</v>
       </c>
       <c r="B36" t="s">
         <v>90</v>
       </c>
       <c r="C36" t="s">
         <v>91</v>
       </c>
       <c r="D36" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>24</v>
       </c>
       <c r="B37" t="s">
         <v>92</v>
       </c>
       <c r="C37" t="s">
         <v>93</v>
       </c>
       <c r="D37" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38" t="s">
         <v>94</v>
       </c>
       <c r="C38" t="s">
         <v>95</v>
       </c>
       <c r="D38" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>24</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" t="s">
         <v>97</v>
       </c>
       <c r="D39" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>24</v>
       </c>
       <c r="B40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>24</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>24</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>24</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D43" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>24</v>
       </c>
       <c r="B44" t="s">
         <v>110</v>
       </c>
       <c r="C44" t="s">
         <v>111</v>
       </c>
       <c r="D44" t="s">
-        <v>58</v>
+        <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>24</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D45" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>24</v>
       </c>
       <c r="B46" t="s">
         <v>115</v>
       </c>
       <c r="C46" t="s">
         <v>116</v>
       </c>
       <c r="D46" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>24</v>
       </c>
       <c r="B47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D47" t="s">
-        <v>119</v>
+        <v>58</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>24</v>
       </c>
       <c r="B48" t="s">
         <v>120</v>
       </c>
       <c r="C48" t="s">
         <v>121</v>
       </c>
       <c r="D48" t="s">
-        <v>58</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>24</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D49" t="s">
-        <v>124</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>24</v>
       </c>
       <c r="B50" t="s">
         <v>125</v>
       </c>
       <c r="C50" t="s">
         <v>126</v>
       </c>
       <c r="D50" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>24</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>128</v>
       </c>
       <c r="D51" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>24</v>
       </c>
       <c r="B52" t="s">
         <v>129</v>
       </c>
       <c r="C52" t="s">
         <v>130</v>
       </c>
       <c r="D52" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>24</v>
       </c>
       <c r="B53" t="s">
         <v>131</v>
       </c>
       <c r="C53" t="s">
         <v>132</v>
       </c>
       <c r="D53" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>24</v>
       </c>
       <c r="B54" t="s">
         <v>133</v>
       </c>
       <c r="C54" t="s">
         <v>134</v>
       </c>
       <c r="D54" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>24</v>
       </c>
       <c r="B55" t="s">
         <v>135</v>
       </c>
       <c r="C55" t="s">
         <v>136</v>
       </c>
       <c r="D55" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>24</v>
       </c>
       <c r="B56" t="s">
         <v>137</v>
       </c>
       <c r="C56" t="s">
         <v>138</v>
       </c>
       <c r="D56" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>24</v>
       </c>
       <c r="B57" t="s">
         <v>139</v>
       </c>
       <c r="C57" t="s">
         <v>140</v>
       </c>
       <c r="D57" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>24</v>
       </c>
       <c r="B58" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C58" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D58" t="s">
-        <v>143</v>
+        <v>58</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>24</v>
       </c>
       <c r="B59" t="s">
         <v>144</v>
       </c>
       <c r="C59" t="s">
         <v>145</v>
       </c>
       <c r="D59" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>24</v>
       </c>
       <c r="B60" t="s">
         <v>146</v>
       </c>
       <c r="C60" t="s">
         <v>147</v>
       </c>
       <c r="D60" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>24</v>
       </c>
       <c r="B61" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C61" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D61" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>24</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C62" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>24</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C63" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D63" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>24</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D64" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>24</v>
       </c>
       <c r="B65" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C65" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D65" t="s">
-        <v>162</v>
+        <v>58</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>24</v>
       </c>
       <c r="B66" t="s">
         <v>163</v>
       </c>
       <c r="C66" t="s">
         <v>164</v>
       </c>
       <c r="D66" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>24</v>
       </c>
       <c r="B67" t="s">
         <v>165</v>
       </c>
       <c r="C67" t="s">
         <v>166</v>
       </c>
       <c r="D67" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>24</v>
       </c>
       <c r="B68" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C68" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D68" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>24</v>
       </c>
       <c r="B69" t="s">
         <v>170</v>
       </c>
       <c r="C69" t="s">
         <v>171</v>
       </c>
       <c r="D69" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>24</v>
       </c>
       <c r="B70" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C70" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D70" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>24</v>
       </c>
       <c r="B71" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C71" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D71" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>24</v>
       </c>
       <c r="B72" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C72" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D72" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>24</v>
       </c>
       <c r="B73" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C73" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D73" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>24</v>
       </c>
       <c r="B74" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C74" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D74" t="s">
-        <v>186</v>
+        <v>39</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>24</v>
       </c>
       <c r="B75" t="s">
         <v>187</v>
       </c>
       <c r="C75" t="s">
         <v>188</v>
       </c>
       <c r="D75" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>24</v>
       </c>
       <c r="B76" t="s">
         <v>189</v>
       </c>
       <c r="C76" t="s">
         <v>190</v>
       </c>
       <c r="D76" t="s">
-        <v>42</v>
+        <v>175</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>24</v>
       </c>
       <c r="B77" t="s">
         <v>191</v>
       </c>
       <c r="C77" t="s">
         <v>192</v>
       </c>
       <c r="D77" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>24</v>
       </c>
       <c r="B78" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C78" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D78" t="s">
-        <v>195</v>
+        <v>68</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>24</v>
       </c>
       <c r="B79" t="s">
         <v>196</v>
       </c>
       <c r="C79" t="s">
         <v>197</v>
       </c>
       <c r="D79" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>24</v>
       </c>
       <c r="B80" t="s">
         <v>198</v>
       </c>
       <c r="C80" t="s">
         <v>199</v>
       </c>
       <c r="D80" t="s">
-        <v>58</v>
+        <v>117</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>24</v>
       </c>
       <c r="B81" t="s">
         <v>200</v>
       </c>
       <c r="C81" t="s">
         <v>201</v>
       </c>
       <c r="D81" t="s">
-        <v>119</v>
+        <v>58</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>24</v>
       </c>
       <c r="B82" t="s">
         <v>202</v>
       </c>
       <c r="C82" t="s">
         <v>203</v>
       </c>
       <c r="D82" t="s">
-        <v>58</v>
+        <v>204</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>24</v>
       </c>
       <c r="B83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C83" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>24</v>
       </c>
       <c r="B84" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C84" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D84" t="s">
-        <v>209</v>
+        <v>151</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>24</v>
       </c>
       <c r="B85" t="s">
         <v>210</v>
       </c>
       <c r="C85" t="s">
         <v>211</v>
       </c>
       <c r="D85" t="s">
-        <v>153</v>
+        <v>39</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>24</v>
       </c>
       <c r="B86" t="s">
         <v>212</v>
       </c>
       <c r="C86" t="s">
         <v>213</v>
       </c>
       <c r="D86" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>24</v>
       </c>
       <c r="B87" t="s">
         <v>214</v>
       </c>
       <c r="C87" t="s">
         <v>215</v>
       </c>
       <c r="D87" t="s">
-        <v>58</v>
+        <v>216</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>24</v>
       </c>
       <c r="B88" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C88" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D88" t="s">
-        <v>218</v>
+        <v>58</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>24</v>
       </c>
       <c r="B89" t="s">
         <v>219</v>
       </c>
       <c r="C89" t="s">
         <v>220</v>
       </c>
       <c r="D89" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>24</v>
       </c>
       <c r="B90" t="s">
         <v>221</v>
       </c>
       <c r="C90" t="s">
         <v>222</v>
       </c>
       <c r="D90" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>24</v>
       </c>
       <c r="B91" t="s">
         <v>223</v>
       </c>
       <c r="C91" t="s">
         <v>224</v>
       </c>
       <c r="D91" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>24</v>
       </c>
       <c r="B92" t="s">
         <v>225</v>
       </c>
       <c r="C92" t="s">
         <v>226</v>
       </c>
       <c r="D92" t="s">
-        <v>42</v>
+        <v>227</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>24</v>
       </c>
       <c r="B93" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C93" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D93" t="s">
-        <v>229</v>
+        <v>33</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>24</v>
       </c>
       <c r="B94" t="s">
         <v>230</v>
       </c>
       <c r="C94" t="s">
         <v>231</v>
       </c>
       <c r="D94" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>24</v>
       </c>
       <c r="B95" t="s">
         <v>232</v>
       </c>
       <c r="C95" t="s">
         <v>233</v>
       </c>
       <c r="D95" t="s">
-        <v>33</v>
+        <v>234</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>24</v>
       </c>
       <c r="B96" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C96" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D96" t="s">
-        <v>236</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>24</v>
       </c>
       <c r="B97" t="s">
         <v>237</v>
       </c>
       <c r="C97" t="s">
         <v>238</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>24</v>
       </c>
       <c r="B98" t="s">
         <v>239</v>
       </c>
       <c r="C98" t="s">
         <v>240</v>
       </c>
       <c r="D98" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>24</v>
       </c>
       <c r="B99" t="s">
         <v>241</v>
       </c>
       <c r="C99" t="s">
         <v>242</v>
       </c>
       <c r="D99" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>24</v>
       </c>
       <c r="B100" t="s">
         <v>243</v>
       </c>
       <c r="C100" t="s">
         <v>244</v>
       </c>
       <c r="D100" t="s">
-        <v>39</v>
+        <v>245</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>24</v>
       </c>
       <c r="B101" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C101" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D101" t="s">
-        <v>247</v>
+        <v>42</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>24</v>
       </c>
       <c r="B102" t="s">
         <v>248</v>
       </c>
       <c r="C102" t="s">
         <v>249</v>
       </c>
       <c r="D102" t="s">
-        <v>42</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>24</v>
       </c>
       <c r="B103" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C103" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D103" t="s">
-        <v>252</v>
+        <v>33</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>24</v>
       </c>
       <c r="B104" t="s">
         <v>253</v>
       </c>
       <c r="C104" t="s">
         <v>254</v>
       </c>
       <c r="D104" t="s">
-        <v>33</v>
+        <v>117</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>24</v>
       </c>
       <c r="B105" t="s">
         <v>255</v>
       </c>
       <c r="C105" t="s">
         <v>256</v>
       </c>
       <c r="D105" t="s">
-        <v>119</v>
+        <v>257</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>24</v>
       </c>
       <c r="B106" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C106" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D106" t="s">
-        <v>259</v>
+        <v>42</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>24</v>
       </c>
       <c r="B107" t="s">
         <v>260</v>
       </c>
       <c r="C107" t="s">
         <v>261</v>
       </c>
       <c r="D107" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>24</v>
       </c>
       <c r="B108" t="s">
         <v>262</v>
       </c>
       <c r="C108" t="s">
         <v>263</v>
       </c>
       <c r="D108" t="s">
-        <v>39</v>
+        <v>264</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>24</v>
       </c>
       <c r="B109" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C109" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D109" t="s">
-        <v>266</v>
+        <v>58</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>24</v>
       </c>
       <c r="B110" t="s">
         <v>267</v>
       </c>
       <c r="C110" t="s">
         <v>268</v>
       </c>
       <c r="D110" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>24</v>
       </c>
       <c r="B111" t="s">
         <v>269</v>
       </c>
       <c r="C111" t="s">
         <v>270</v>
       </c>
       <c r="D111" t="s">
-        <v>58</v>
+        <v>271</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>24</v>
       </c>
       <c r="B112" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C112" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D112" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>24</v>
       </c>
       <c r="B113" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C113" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D113" t="s">
-        <v>276</v>
+        <v>39</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>24</v>
       </c>
       <c r="B114" t="s">
         <v>277</v>
       </c>
       <c r="C114" t="s">
         <v>278</v>
       </c>
       <c r="D114" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>24</v>
       </c>
       <c r="B115" t="s">
         <v>279</v>
       </c>
       <c r="C115" t="s">
         <v>280</v>
       </c>
       <c r="D115" t="s">
-        <v>33</v>
+        <v>281</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>24</v>
       </c>
       <c r="B116" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C116" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D116" t="s">
-        <v>283</v>
+        <v>58</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>24</v>
       </c>
       <c r="B117" t="s">
         <v>284</v>
       </c>
       <c r="C117" t="s">
         <v>285</v>
       </c>
       <c r="D117" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>24</v>
       </c>
       <c r="B118" t="s">
         <v>286</v>
       </c>
       <c r="C118" t="s">
         <v>287</v>
       </c>
       <c r="D118" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>24</v>
       </c>
       <c r="B119" t="s">
         <v>288</v>
       </c>
       <c r="C119" t="s">
         <v>289</v>
       </c>
       <c r="D119" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>24</v>
       </c>
       <c r="B120" t="s">
         <v>290</v>
       </c>
       <c r="C120" t="s">
         <v>291</v>
       </c>
       <c r="D120" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>24</v>
       </c>
       <c r="B121" t="s">
         <v>292</v>
       </c>
       <c r="C121" t="s">
         <v>293</v>
       </c>
       <c r="D121" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>24</v>
       </c>
       <c r="B122" t="s">
         <v>294</v>
       </c>
       <c r="C122" t="s">
         <v>295</v>
       </c>
       <c r="D122" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>24</v>
       </c>
       <c r="B123" t="s">
         <v>296</v>
       </c>
       <c r="C123" t="s">
         <v>297</v>
       </c>
       <c r="D123" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>24</v>
       </c>
       <c r="B124" t="s">
         <v>298</v>
       </c>
       <c r="C124" t="s">
         <v>299</v>
       </c>
       <c r="D124" t="s">
-        <v>42</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>24</v>
       </c>
       <c r="B125" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C125" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D125" t="s">
-        <v>302</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>24</v>
       </c>
       <c r="B126" t="s">
         <v>303</v>
       </c>
       <c r="C126" t="s">
         <v>304</v>
       </c>
       <c r="D126" t="s">
-        <v>252</v>
+        <v>33</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>24</v>
       </c>
       <c r="B127" t="s">
         <v>305</v>
       </c>
       <c r="C127" t="s">
         <v>306</v>
       </c>
       <c r="D127" t="s">
-        <v>33</v>
+        <v>307</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>24</v>
       </c>
       <c r="B128" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C128" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D128" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>24</v>
       </c>
       <c r="B129" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C129" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D129" t="s">
-        <v>312</v>
+        <v>58</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>24</v>
       </c>
       <c r="B130" t="s">
         <v>313</v>
       </c>
       <c r="C130" t="s">
         <v>314</v>
       </c>
       <c r="D130" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>24</v>
       </c>
       <c r="B131" t="s">
         <v>315</v>
       </c>
       <c r="C131" t="s">
         <v>316</v>
       </c>
       <c r="D131" t="s">
-        <v>58</v>
+        <v>175</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>24</v>
       </c>
       <c r="B132" t="s">
         <v>317</v>
       </c>
       <c r="C132" t="s">
         <v>318</v>
       </c>
       <c r="D132" t="s">
-        <v>177</v>
+        <v>58</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>24</v>
       </c>
       <c r="B133" t="s">
         <v>319</v>
       </c>
       <c r="C133" t="s">
         <v>320</v>
       </c>
       <c r="D133" t="s">
-        <v>58</v>
+        <v>321</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>24</v>
       </c>
       <c r="B134" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C134" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D134" t="s">
-        <v>323</v>
+        <v>58</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>24</v>
       </c>
       <c r="B135" t="s">
         <v>324</v>
       </c>
       <c r="C135" t="s">
         <v>325</v>
       </c>
       <c r="D135" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="B136" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C136" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D136" t="s">
-        <v>68</v>
+        <v>329</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B137" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C137" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D137" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B138" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C138" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D138" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">