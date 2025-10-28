--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> melon thrips, oriental thrips, palm thrips, southern yellow thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId697968e625f75e442" w:history="1">
+            <w:hyperlink r:id="rId92466901583c7b9fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId891568e625f75e4e8" w:history="1">
+            <w:hyperlink r:id="rId24476901583c7ba7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THRIPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66487424" name="name234568e625f75e8c6" descr="14433.jpg"/>
+                  <wp:docPr id="53835567" name="name56536901583c7c0b9" descr="14433.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14433.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId466168e625f75e8c5" cstate="print"/>
+                          <a:blip r:embed="rId57516901583c7c0b7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId637468e625f75e9ef" w:history="1">
+            <w:hyperlink r:id="rId48256901583c7c1db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3419,50 +3419,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum melongena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Solanum muricatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Solanum quitoense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum torvum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3977,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1986; Guyot, 1988), and since 1988 there have been several limited outbreaks in the EPPO region which have been subsequently eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63006410" name="name781168e625f760e7d" descr="THRIPL_distribution_map.jpg"/>
+            <wp:docPr id="31643287" name="name53296901583c7e761" descr="THRIPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THRIPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId636368e625f760e7a" cstate="print"/>
+                    <a:blip r:embed="rId25546901583c7e75e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6353,51 +6373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pest Report to support ranking of EU candidate priority pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId840068e625f761f79" w:history="1">
+      <w:hyperlink r:id="rId86316901583c7f884" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2789875</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8957,101 +8977,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326268e625f762fd7" w:history="1">
+      <w:hyperlink r:id="rId99886901583c80d62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/53745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 17(2), 5620, 39 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926968e625f76302b" w:history="1">
+      <w:hyperlink r:id="rId90556901583c80db8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5620</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9117,51 +9137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId795468e625f7630e9" w:history="1">
+      <w:hyperlink r:id="rId43966901583c80e87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9352,90 +9372,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 717-720.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389068e625f76325c" w:history="1">
+      <w:hyperlink r:id="rId59956901583c81017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01167.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26772023" name="name399968e625f7632c8" descr="eu_funding_250.png"/>
+            <wp:docPr id="34997305" name="name69956901583c810af" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId178468e625f7632c7" cstate="print"/>
+                    <a:blip r:embed="rId56576901583c810ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9533,137 +9553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46687439">
+  <w:abstractNum w:abstractNumId="12259858">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66192155">
+    <w:lvl w:ilvl="0" w:tplc="93968276">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66192155" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93968276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66192155" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93968276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66192155" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93968276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66192155" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93968276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66192155" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93968276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66192155" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93968276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66192155" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93968276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66192155" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93968276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46687438">
+  <w:abstractNum w:abstractNumId="12259857">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55252509">
+    <w:lvl w:ilvl="0" w:tplc="20483557">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10415,55 +10435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46687438">
-    <w:abstractNumId w:val="46687438"/>
+  <w:num w:numId="12259857">
+    <w:abstractNumId w:val="12259857"/>
   </w:num>
-  <w:num w:numId="46687439">
-    <w:abstractNumId w:val="46687439"/>
+  <w:num w:numId="12259858">
+    <w:abstractNumId w:val="12259858"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22013,51 +22033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId953343109" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId270064588" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId697968e625f75e442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId891568e625f75e4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId637468e625f75e9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId840068e625f761f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId326268e625f762fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId926968e625f76302b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId795468e625f7630e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId389068e625f76325c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId466168e625f75e8c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466168e625f75e8c5.jpg"/><Relationship Id="rId636368e625f760e7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636368e625f760e7a.jpg"/><Relationship Id="rId178468e625f7632c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId178468e625f7632c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId281648385" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId515091199" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92466901583c7b9fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId24476901583c7ba7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId48256901583c7c1db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId86316901583c7f884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId99886901583c80d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId90556901583c80db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId43966901583c80e87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59956901583c81017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId57516901583c7c0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57516901583c7c0b7.jpg"/><Relationship Id="rId25546901583c7e75e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25546901583c7e75e.jpg"/><Relationship Id="rId56576901583c810ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56576901583c810ae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>