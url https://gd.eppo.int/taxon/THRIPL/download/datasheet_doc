--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> melon thrips, oriental thrips, palm thrips, southern yellow thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92466901583c7b9fd" w:history="1">
+            <w:hyperlink r:id="rId9526691cc504565f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24476901583c7ba7e" w:history="1">
+            <w:hyperlink r:id="rId1962691cc504566bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THRIPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53835567" name="name56536901583c7c0b9" descr="14433.jpg"/>
+                  <wp:docPr id="75601359" name="name9339691cc50456819" descr="14433.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14433.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57516901583c7c0b7" cstate="print"/>
+                          <a:blip r:embed="rId9276691cc50456817" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId48256901583c7c1db" w:history="1">
+            <w:hyperlink r:id="rId1310691cc504569ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1986; Guyot, 1988), and since 1988 there have been several limited outbreaks in the EPPO region which have been subsequently eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31643287" name="name53296901583c7e761" descr="THRIPL_distribution_map.jpg"/>
+            <wp:docPr id="12175149" name="name3037691cc50459ea5" descr="THRIPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THRIPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25546901583c7e75e" cstate="print"/>
+                    <a:blip r:embed="rId3956691cc50459ea2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6373,51 +6373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pest Report to support ranking of EU candidate priority pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86316901583c7f884" w:history="1">
+      <w:hyperlink r:id="rId7090691cc5045b194" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2789875</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8977,101 +8977,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99886901583c80d62" w:history="1">
+      <w:hyperlink r:id="rId6975691cc5045c348" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/53745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 17(2), 5620, 39 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90556901583c80db8" w:history="1">
+      <w:hyperlink r:id="rId6307691cc5045c3a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5620</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9137,51 +9137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43966901583c80e87" w:history="1">
+      <w:hyperlink r:id="rId6847691cc5045c465" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9372,90 +9372,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 717-720.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59956901583c81017" w:history="1">
+      <w:hyperlink r:id="rId3986691cc5045c5d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01167.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34997305" name="name69956901583c810af" descr="eu_funding_250.png"/>
+            <wp:docPr id="34181619" name="name2026691cc5045c684" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56576901583c810ae" cstate="print"/>
+                    <a:blip r:embed="rId5380691cc5045c682" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9553,137 +9553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12259858">
+  <w:abstractNum w:abstractNumId="67966684">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93968276">
+    <w:lvl w:ilvl="0" w:tplc="21150986">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93968276" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21150986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93968276" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21150986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93968276" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21150986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93968276" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21150986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93968276" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21150986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93968276" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21150986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93968276" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21150986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93968276" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21150986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12259857">
+  <w:abstractNum w:abstractNumId="67966683">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20483557">
+    <w:lvl w:ilvl="0" w:tplc="34113832">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10435,55 +10435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12259857">
-    <w:abstractNumId w:val="12259857"/>
+  <w:num w:numId="67966683">
+    <w:abstractNumId w:val="67966683"/>
   </w:num>
-  <w:num w:numId="12259858">
-    <w:abstractNumId w:val="12259858"/>
+  <w:num w:numId="67966684">
+    <w:abstractNumId w:val="67966684"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22033,51 +22033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId281648385" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId515091199" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92466901583c7b9fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId24476901583c7ba7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId48256901583c7c1db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId86316901583c7f884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId99886901583c80d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId90556901583c80db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId43966901583c80e87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59956901583c81017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId57516901583c7c0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57516901583c7c0b7.jpg"/><Relationship Id="rId25546901583c7e75e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25546901583c7e75e.jpg"/><Relationship Id="rId56576901583c810ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56576901583c810ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId221988200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId921265497" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9526691cc504565f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId1962691cc504566bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId1310691cc504569ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId7090691cc5045b194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId6975691cc5045c348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId6307691cc5045c3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId6847691cc5045c465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3986691cc5045c5d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId9276691cc50456817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9276691cc50456817.jpg"/><Relationship Id="rId3956691cc50459ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3956691cc50459ea2.jpg"/><Relationship Id="rId5380691cc5045c682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5380691cc5045c682.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>