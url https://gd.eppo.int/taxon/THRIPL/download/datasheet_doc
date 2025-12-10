--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> melon thrips, oriental thrips, palm thrips, southern yellow thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9526691cc504565f2" w:history="1">
+            <w:hyperlink r:id="rId66596938d0d53643b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1962691cc504566bb" w:history="1">
+            <w:hyperlink r:id="rId93736938d0d5364a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THRIPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75601359" name="name9339691cc50456819" descr="14433.jpg"/>
+                  <wp:docPr id="15752939" name="name12276938d0d536b25" descr="14433.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14433.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9276691cc50456817" cstate="print"/>
+                          <a:blip r:embed="rId24116938d0d536b23" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1310691cc504569ba" w:history="1">
+            <w:hyperlink r:id="rId97126938d0d536c2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1986; Guyot, 1988), and since 1988 there have been several limited outbreaks in the EPPO region which have been subsequently eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12175149" name="name3037691cc50459ea5" descr="THRIPL_distribution_map.jpg"/>
+            <wp:docPr id="42135159" name="name82386938d0d53916f" descr="THRIPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THRIPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3956691cc50459ea2" cstate="print"/>
+                    <a:blip r:embed="rId13116938d0d53916c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6373,51 +6373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pest Report to support ranking of EU candidate priority pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7090691cc5045b194" w:history="1">
+      <w:hyperlink r:id="rId45146938d0d53a20b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2789875</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8977,101 +8977,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6975691cc5045c348" w:history="1">
+      <w:hyperlink r:id="rId27196938d0d53b275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/53745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 17(2), 5620, 39 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6307691cc5045c3a0" w:history="1">
+      <w:hyperlink r:id="rId26806938d0d53b2ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5620</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9137,51 +9137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6847691cc5045c465" w:history="1">
+      <w:hyperlink r:id="rId30966938d0d53b381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9372,90 +9372,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 717-720.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3986691cc5045c5d8" w:history="1">
+      <w:hyperlink r:id="rId15416938d0d53b4ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01167.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34181619" name="name2026691cc5045c684" descr="eu_funding_250.png"/>
+            <wp:docPr id="49295239" name="name95776938d0d53b572" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5380691cc5045c682" cstate="print"/>
+                    <a:blip r:embed="rId22656938d0d53b570" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9553,137 +9553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67966684">
+  <w:abstractNum w:abstractNumId="81467135">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21150986">
+    <w:lvl w:ilvl="0" w:tplc="68107312">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21150986" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68107312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21150986" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68107312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21150986" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68107312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21150986" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68107312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21150986" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68107312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21150986" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68107312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21150986" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68107312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21150986" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68107312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67966683">
+  <w:abstractNum w:abstractNumId="81467134">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34113832">
+    <w:lvl w:ilvl="0" w:tplc="58996716">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10435,55 +10435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67966683">
-    <w:abstractNumId w:val="67966683"/>
+  <w:num w:numId="81467134">
+    <w:abstractNumId w:val="81467134"/>
   </w:num>
-  <w:num w:numId="67966684">
-    <w:abstractNumId w:val="67966684"/>
+  <w:num w:numId="81467135">
+    <w:abstractNumId w:val="81467135"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22033,51 +22033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId221988200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId921265497" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9526691cc504565f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId1962691cc504566bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId1310691cc504569ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId7090691cc5045b194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId6975691cc5045c348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId6307691cc5045c3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId6847691cc5045c465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3986691cc5045c5d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId9276691cc50456817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9276691cc50456817.jpg"/><Relationship Id="rId3956691cc50459ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3956691cc50459ea2.jpg"/><Relationship Id="rId5380691cc5045c682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5380691cc5045c682.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149176904" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850921918" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66596938d0d53643b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId93736938d0d5364a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId97126938d0d536c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId45146938d0d53a20b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId27196938d0d53b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId26806938d0d53b2ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId30966938d0d53b381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15416938d0d53b4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId24116938d0d536b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24116938d0d536b23.jpg"/><Relationship Id="rId13116938d0d53916c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13116938d0d53916c.jpg"/><Relationship Id="rId22656938d0d53b570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22656938d0d53b570.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>