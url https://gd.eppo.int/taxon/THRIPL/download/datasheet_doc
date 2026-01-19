--- v3 (2025-12-10)
+++ v4 (2026-01-19)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> melon thrips, oriental thrips, palm thrips, southern yellow thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66596938d0d53643b" w:history="1">
+            <w:hyperlink r:id="rId3274696dc2ae58951" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93736938d0d5364a2" w:history="1">
+            <w:hyperlink r:id="rId6917696dc2ae589b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THRIPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15752939" name="name12276938d0d536b25" descr="14433.jpg"/>
+                  <wp:docPr id="29097073" name="name9767696dc2ae59068" descr="14433.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14433.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId24116938d0d536b23" cstate="print"/>
+                          <a:blip r:embed="rId7176696dc2ae59066" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId97126938d0d536c2a" w:history="1">
+            <w:hyperlink r:id="rId6188696dc2ae591a1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1986; Guyot, 1988), and since 1988 there have been several limited outbreaks in the EPPO region which have been subsequently eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42135159" name="name82386938d0d53916f" descr="THRIPL_distribution_map.jpg"/>
+            <wp:docPr id="86042893" name="name4489696dc2ae5b410" descr="THRIPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THRIPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13116938d0d53916c" cstate="print"/>
+                    <a:blip r:embed="rId2739696dc2ae5b40d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6373,51 +6373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pest Report to support ranking of EU candidate priority pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45146938d0d53a20b" w:history="1">
+      <w:hyperlink r:id="rId8312696dc2ae5c4b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2789875</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8977,101 +8977,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27196938d0d53b275" w:history="1">
+      <w:hyperlink r:id="rId6211696dc2ae5d4f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/53745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 17(2), 5620, 39 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26806938d0d53b2ca" w:history="1">
+      <w:hyperlink r:id="rId2750696dc2ae5d545" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5620</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9115,73 +9115,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30966938d0d53b381" w:history="1">
+      <w:hyperlink r:id="rId3841696dc2ae5d5f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9372,90 +9372,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 717-720.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15416938d0d53b4ed" w:history="1">
+      <w:hyperlink r:id="rId5731696dc2ae5d763" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01167.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49295239" name="name95776938d0d53b572" descr="eu_funding_250.png"/>
+            <wp:docPr id="10063624" name="name1319696dc2ae5d7c7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22656938d0d53b570" cstate="print"/>
+                    <a:blip r:embed="rId4637696dc2ae5d7c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9553,137 +9553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81467135">
+  <w:abstractNum w:abstractNumId="84177502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68107312">
+    <w:lvl w:ilvl="0" w:tplc="14807651">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68107312" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14807651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68107312" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14807651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68107312" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14807651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68107312" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14807651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68107312" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14807651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68107312" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14807651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68107312" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14807651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68107312" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14807651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81467134">
+  <w:abstractNum w:abstractNumId="84177501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58996716">
+    <w:lvl w:ilvl="0" w:tplc="21144628">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10435,55 +10435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81467134">
-    <w:abstractNumId w:val="81467134"/>
+  <w:num w:numId="84177501">
+    <w:abstractNumId w:val="84177501"/>
   </w:num>
-  <w:num w:numId="81467135">
-    <w:abstractNumId w:val="81467135"/>
+  <w:num w:numId="84177502">
+    <w:abstractNumId w:val="84177502"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22033,51 +22033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149176904" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850921918" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66596938d0d53643b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId93736938d0d5364a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId97126938d0d536c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId45146938d0d53a20b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId27196938d0d53b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId26806938d0d53b2ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId30966938d0d53b381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15416938d0d53b4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId24116938d0d536b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24116938d0d536b23.jpg"/><Relationship Id="rId13116938d0d53916c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13116938d0d53916c.jpg"/><Relationship Id="rId22656938d0d53b570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22656938d0d53b570.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId713366909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId246292656" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3274696dc2ae58951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId6917696dc2ae589b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId6188696dc2ae591a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId8312696dc2ae5c4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId6211696dc2ae5d4f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId2750696dc2ae5d545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId3841696dc2ae5d5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5731696dc2ae5d763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId7176696dc2ae59066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7176696dc2ae59066.jpg"/><Relationship Id="rId2739696dc2ae5b40d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2739696dc2ae5b40d.jpg"/><Relationship Id="rId4637696dc2ae5d7c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4637696dc2ae5d7c6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>