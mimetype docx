--- v4 (2026-01-19)
+++ v5 (2026-02-09)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> melon thrips, oriental thrips, palm thrips, southern yellow thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3274696dc2ae58951" w:history="1">
+            <w:hyperlink r:id="rId88836989fa35af740" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6917696dc2ae589b9" w:history="1">
+            <w:hyperlink r:id="rId25856989fa35af7a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THRIPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29097073" name="name9767696dc2ae59068" descr="14433.jpg"/>
+                  <wp:docPr id="44902652" name="name32366989fa35afd6b" descr="14433.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14433.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7176696dc2ae59066" cstate="print"/>
+                          <a:blip r:embed="rId67076989fa35afd69" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6188696dc2ae591a1" w:history="1">
+            <w:hyperlink r:id="rId45406989fa35afe95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3997,63 +3997,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1986; Guyot, 1988), and since 1988 there have been several limited outbreaks in the EPPO region which have been subsequently eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86042893" name="name4489696dc2ae5b410" descr="THRIPL_distribution_map.jpg"/>
+            <wp:docPr id="49977472" name="name28996989fa35b22b1" descr="THRIPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THRIPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2739696dc2ae5b40d" cstate="print"/>
+                    <a:blip r:embed="rId69516989fa35b22ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6373,51 +6373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pest Report to support ranking of EU candidate priority pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8312696dc2ae5c4b7" w:history="1">
+      <w:hyperlink r:id="rId23016989fa35b3402" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2789875</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8977,101 +8977,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6211696dc2ae5d4f0" w:history="1">
+      <w:hyperlink r:id="rId65436989fa35b4466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/53745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 17(2), 5620, 39 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2750696dc2ae5d545" w:history="1">
+      <w:hyperlink r:id="rId93446989fa35b44b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5620</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9137,51 +9137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3841696dc2ae5d5f8" w:history="1">
+      <w:hyperlink r:id="rId96086989fa35b4572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9372,90 +9372,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 717-720.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5731696dc2ae5d763" w:history="1">
+      <w:hyperlink r:id="rId86956989fa35b46e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01167.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10063624" name="name1319696dc2ae5d7c7" descr="eu_funding_250.png"/>
+            <wp:docPr id="8171752" name="name39856989fa35b474b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4637696dc2ae5d7c6" cstate="print"/>
+                    <a:blip r:embed="rId31866989fa35b474a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9553,137 +9553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84177502">
+  <w:abstractNum w:abstractNumId="61189525">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14807651">
+    <w:lvl w:ilvl="0" w:tplc="30289373">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14807651" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30289373" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14807651" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30289373" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14807651" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30289373" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14807651" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30289373" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14807651" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30289373" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14807651" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30289373" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14807651" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30289373" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14807651" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30289373" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84177501">
+  <w:abstractNum w:abstractNumId="61189524">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21144628">
+    <w:lvl w:ilvl="0" w:tplc="16360535">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10435,55 +10435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84177501">
-    <w:abstractNumId w:val="84177501"/>
+  <w:num w:numId="61189524">
+    <w:abstractNumId w:val="61189524"/>
   </w:num>
-  <w:num w:numId="84177502">
-    <w:abstractNumId w:val="84177502"/>
+  <w:num w:numId="61189525">
+    <w:abstractNumId w:val="61189525"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22033,51 +22033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId713366909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId246292656" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3274696dc2ae58951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId6917696dc2ae589b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId6188696dc2ae591a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId8312696dc2ae5c4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId6211696dc2ae5d4f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId2750696dc2ae5d545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId3841696dc2ae5d5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5731696dc2ae5d763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId7176696dc2ae59066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7176696dc2ae59066.jpg"/><Relationship Id="rId2739696dc2ae5b40d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2739696dc2ae5b40d.jpg"/><Relationship Id="rId4637696dc2ae5d7c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4637696dc2ae5d7c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId114945711" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886591371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88836989fa35af740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId25856989fa35af7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId45406989fa35afe95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId23016989fa35b3402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId65436989fa35b4466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId93446989fa35b44b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId96086989fa35b4572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86956989fa35b46e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId67076989fa35afd69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67076989fa35afd69.jpg"/><Relationship Id="rId69516989fa35b22ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69516989fa35b22ae.jpg"/><Relationship Id="rId31866989fa35b474a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31866989fa35b474a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>