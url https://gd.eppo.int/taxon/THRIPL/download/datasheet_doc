--- v5 (2026-02-09)
+++ v6 (2026-03-03)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> melon thrips, oriental thrips, palm thrips, southern yellow thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88836989fa35af740" w:history="1">
+            <w:hyperlink r:id="rId345269a6c459341a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25856989fa35af7a9" w:history="1">
+            <w:hyperlink r:id="rId756369a6c45934214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THRIPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44902652" name="name32366989fa35afd6b" descr="14433.jpg"/>
+                  <wp:docPr id="76610262" name="name450869a6c45934970" descr="14433.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14433.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId67076989fa35afd69" cstate="print"/>
+                          <a:blip r:embed="rId399869a6c4593496d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId45406989fa35afe95" w:history="1">
+            <w:hyperlink r:id="rId217069a6c45934ac2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1859,70 +1859,50 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrullus lanatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Citrus</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Cleome sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coriandrum sativum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3997,63 +3977,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1986; Guyot, 1988), and since 1988 there have been several limited outbreaks in the EPPO region which have been subsequently eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49977472" name="name28996989fa35b22b1" descr="THRIPL_distribution_map.jpg"/>
+            <wp:docPr id="50777082" name="name895569a6c4593743e" descr="THRIPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THRIPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69516989fa35b22ae" cstate="print"/>
+                    <a:blip r:embed="rId184569a6c4593743a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6373,51 +6353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pest Report to support ranking of EU candidate priority pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23016989fa35b3402" w:history="1">
+      <w:hyperlink r:id="rId716269a6c45938610" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2789875</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8977,101 +8957,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65436989fa35b4466" w:history="1">
+      <w:hyperlink r:id="rId660669a6c459396c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/53745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 17(2), 5620, 39 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93446989fa35b44b9" w:history="1">
+      <w:hyperlink r:id="rId579269a6c4593971d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5620</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9137,51 +9117,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96086989fa35b4572" w:history="1">
+      <w:hyperlink r:id="rId458769a6c459397e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9372,90 +9352,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 717-720.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86956989fa35b46e0" w:history="1">
+      <w:hyperlink r:id="rId973069a6c4593995d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01167.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8171752" name="name39856989fa35b474b" descr="eu_funding_250.png"/>
+            <wp:docPr id="66069548" name="name592569a6c45939a0b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31866989fa35b474a" cstate="print"/>
+                    <a:blip r:embed="rId526869a6c45939a0a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9553,137 +9533,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61189525">
+  <w:abstractNum w:abstractNumId="58307073">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30289373">
+    <w:lvl w:ilvl="0" w:tplc="79219473">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30289373" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79219473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30289373" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79219473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30289373" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79219473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30289373" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79219473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30289373" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79219473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30289373" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79219473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30289373" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79219473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30289373" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79219473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61189524">
+  <w:abstractNum w:abstractNumId="58307072">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16360535">
+    <w:lvl w:ilvl="0" w:tplc="98053511">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10435,55 +10415,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61189524">
-    <w:abstractNumId w:val="61189524"/>
+  <w:num w:numId="58307072">
+    <w:abstractNumId w:val="58307072"/>
   </w:num>
-  <w:num w:numId="61189525">
-    <w:abstractNumId w:val="61189525"/>
+  <w:num w:numId="58307073">
+    <w:abstractNumId w:val="58307073"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22033,51 +22013,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId114945711" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886591371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88836989fa35af740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId25856989fa35af7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId45406989fa35afe95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId23016989fa35b3402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId65436989fa35b4466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId93446989fa35b44b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId96086989fa35b4572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86956989fa35b46e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId67076989fa35afd69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67076989fa35afd69.jpg"/><Relationship Id="rId69516989fa35b22ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69516989fa35b22ae.jpg"/><Relationship Id="rId31866989fa35b474a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31866989fa35b474a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId286300166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899238682" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId345269a6c459341a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId756369a6c45934214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId217069a6c45934ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId716269a6c45938610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId660669a6c459396c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId579269a6c4593971d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId458769a6c459397e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973069a6c4593995d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId399869a6c4593496d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId399869a6c4593496d.jpg"/><Relationship Id="rId184569a6c4593743a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184569a6c4593743a.jpg"/><Relationship Id="rId526869a6c45939a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId526869a6c45939a0a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>