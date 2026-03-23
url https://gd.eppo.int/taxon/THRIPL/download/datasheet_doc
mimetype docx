--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Ramakrishna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> melon thrips, oriental thrips, palm thrips, southern yellow thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345269a6c459341a6" w:history="1">
+            <w:hyperlink r:id="rId742169c1588925484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId756369a6c45934214" w:history="1">
+            <w:hyperlink r:id="rId611369c15889254f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THRIPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76610262" name="name450869a6c45934970" descr="14433.jpg"/>
+                  <wp:docPr id="80155276" name="name623369c1588925a04" descr="14433.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14433.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId399869a6c4593496d" cstate="print"/>
+                          <a:blip r:embed="rId583469c1588925a02" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId217069a6c45934ac2" w:history="1">
+            <w:hyperlink r:id="rId301369c1588925f76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3977,63 +3977,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1986; Guyot, 1988), and since 1988 there have been several limited outbreaks in the EPPO region which have been subsequently eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50777082" name="name895569a6c4593743e" descr="THRIPL_distribution_map.jpg"/>
+            <wp:docPr id="54593982" name="name321869c1588928327" descr="THRIPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THRIPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId184569a6c4593743a" cstate="print"/>
+                    <a:blip r:embed="rId853069c1588928325" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6353,51 +6353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pest Report to support ranking of EU candidate priority pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId716269a6c45938610" w:history="1">
+      <w:hyperlink r:id="rId664669c15889299e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2789875</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8957,101 +8957,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660669a6c459396c8" w:history="1">
+      <w:hyperlink r:id="rId265369c158892aaf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/53745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 17(2), 5620, 39 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579269a6c4593971d" w:history="1">
+      <w:hyperlink r:id="rId314969c158892ab4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5620</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9117,51 +9117,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thrips palmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458769a6c459397e4" w:history="1">
+      <w:hyperlink r:id="rId113069c158892ac0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9352,90 +9352,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 717-720.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973069a6c4593995d" w:history="1">
+      <w:hyperlink r:id="rId988669c158892ad7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01167.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66069548" name="name592569a6c45939a0b" descr="eu_funding_250.png"/>
+            <wp:docPr id="51162486" name="name854269c158892b17f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId526869a6c45939a0a" cstate="print"/>
+                    <a:blip r:embed="rId429169c158892b17e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9533,137 +9533,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58307073">
+  <w:abstractNum w:abstractNumId="77221478">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79219473">
+    <w:lvl w:ilvl="0" w:tplc="86619351">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79219473" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86619351" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79219473" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86619351" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79219473" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86619351" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79219473" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86619351" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79219473" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86619351" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79219473" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86619351" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79219473" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86619351" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79219473" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86619351" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58307072">
+  <w:abstractNum w:abstractNumId="77221477">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98053511">
+    <w:lvl w:ilvl="0" w:tplc="66961068">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10415,55 +10415,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58307072">
-    <w:abstractNumId w:val="58307072"/>
+  <w:num w:numId="77221477">
+    <w:abstractNumId w:val="77221477"/>
   </w:num>
-  <w:num w:numId="58307073">
-    <w:abstractNumId w:val="58307073"/>
+  <w:num w:numId="77221478">
+    <w:abstractNumId w:val="77221478"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22013,51 +22013,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId286300166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899238682" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId345269a6c459341a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId756369a6c45934214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId217069a6c45934ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId716269a6c45938610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId660669a6c459396c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId579269a6c4593971d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId458769a6c459397e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973069a6c4593995d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId399869a6c4593496d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId399869a6c4593496d.jpg"/><Relationship Id="rId184569a6c4593743a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184569a6c4593743a.jpg"/><Relationship Id="rId526869a6c45939a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId526869a6c45939a0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId245873748" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId241949735" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId742169c1588925484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/" TargetMode="External"/><Relationship Id="rId611369c15889254f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/categorization" TargetMode="External"/><Relationship Id="rId301369c1588925f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THRIPL/photos" TargetMode="External"/><Relationship Id="rId664669c15889299e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2789875" TargetMode="External"/><Relationship Id="rId265369c158892aaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/53745" TargetMode="External"/><Relationship Id="rId314969c158892ab4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5620" TargetMode="External"/><Relationship Id="rId113069c158892ac0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId988669c158892ad7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01167.x" TargetMode="External"/><Relationship Id="rId583469c1588925a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId583469c1588925a02.jpg"/><Relationship Id="rId853069c1588928325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId853069c1588928325.jpg"/><Relationship Id="rId429169c158892b17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId429169c158892b17e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>