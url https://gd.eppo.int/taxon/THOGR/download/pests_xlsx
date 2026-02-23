--- v0 (2025-10-09)
+++ v1 (2026-02-23)
@@ -12,93 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="THOGR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>EUWAPE</t>
   </si>
   <si>
     <t>Euwallacea perbrevis (as Theobroma)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Martins dos S. D, Fornazier MJ, Peronti ALBG, Culik MP, Souza CAS, Taques RC, Zanuncio Jr JS, Queiroz RB (2019) Maconellicoccus hirsutus (Hemiptera: Pseudococcidae) in Brazil: recent spread, natural enemies, and new hosts. Florida Entomologist 102(2), 438-443.  https://doi.org/10.1653/024.102.0225
 ------- Confirmed host in Brazil.</t>
   </si>
   <si>
     <t>CRNPPE</t>
   </si>
   <si>
     <t>Moniliophthora perniciosa</t>
   </si>
   <si>
     <t>* Patrocínio NGRB, Ceresini PC, Gomes LIS, Resende MLV, Mizubuti ESG, Gramacho KP (2017) Population structure and migration of the witches' broom pathogen Moniliophthora perniciosa from cacao and cultivated and wild solanaceous hosts in southeastern Brazil. Plant Pathology, 66(6) 900-911.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Theobroma)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* Vasconcelos G (2011) Diversidade de ácaros em agroecossistemas e testes para o controle alternativo do ácaro branco, Polyphagotarsonemus latus (Acari, Tarsonemidae) na região de Manaus. Universidade de Sao Paulo.</t>
   </si>
   <si>
     <t>XYLSCO</t>
   </si>
   <si>
     <t>Xylosandrus compactus</t>
   </si>
   <si>
     <t>* Oliveira CM, Flechtmann CAH, Frizzas MR (2008) First record of Xylosandrus compactus (Eichhoff) (Coleoptera: Curculionidae: Scolytinae) on soursop, Annona muricata L. (Annonaceae) in Brazil, with a list of host plants. Coleopterists Bulletin 62(1), 45-48.
 * Torrez AA, Imakawa AM, Barbosa ML, Souza LA, Sampaio PD (2022) Traps efficiency in the capture of Xylosandrus compactus (Eichhoff, 1875)(Coleoptera: Curculionidae: Scolytinae) during the early development of Aniba rosaeodora Ducke. Research Society and Development 11(1), e48911125186. http://dx.doi.org/10.33448/rsd-v11i1.25186</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
@@ -421,61 +431,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="390.333" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -517,50 +527,64 @@
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">