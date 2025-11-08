--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Schweinitz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blueberry rust, leaf rust of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId767768f40043b52c1" w:history="1">
+            <w:hyperlink r:id="rId9886690ea3c1e23a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId740068f40043b532b" w:history="1">
+            <w:hyperlink r:id="rId7983690ea3c1e2413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THEKMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40956689" name="name505768f40043b5a6f" descr="14850.jpg"/>
+                  <wp:docPr id="84373640" name="name7737690ea3c1e2bb7" descr="14850.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14850.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId944568f40043b5a6d" cstate="print"/>
+                          <a:blip r:embed="rId6667690ea3c1e2bb5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId898168f40043b5b96" w:history="1">
+            <w:hyperlink r:id="rId6693690ea3c1e2d1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2269,63 +2269,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is thus uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71188525" name="name108068f40043b73b8" descr="THEKMI_distribution_map.jpg"/>
+            <wp:docPr id="69145983" name="name4799690ea3c1e447b" descr="THEKMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THEKMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId472168f40043b73b5" cstate="print"/>
+                    <a:blip r:embed="rId4429690ea3c1e4478" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5414,131 +5414,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21–47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413868f40043b897b" w:history="1">
+      <w:hyperlink r:id="rId5951690ea3c1e5a01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/fuse.2021.07.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agriculture and Agri-Food Canada (2021) Crop Profile for Lowbush Blueberry in Canada, 2020. Pest management Program, Agriculture and Agri-Food Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903868f40043b89b5" w:history="1">
+      <w:hyperlink r:id="rId4949690ea3c1e5a3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304068f40043b8a09" w:history="1">
+      <w:hyperlink r:id="rId3120690ea3c1e5a8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5682,81 +5682,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133768f40043b8b31" w:history="1">
+      <w:hyperlink r:id="rId8459690ea3c1e5bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.10.1178B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buntain M &amp; Barry K (2019) Managing blueberry rust in a cool climate. Tasmanian Institute of Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId611368f40043b8b63" w:history="1">
+      <w:hyperlink r:id="rId8389690ea3c1e5beb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5809,101 +5809,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194468f40043b8bff" w:history="1">
+      <w:hyperlink r:id="rId1896690ea3c1e5c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 09 – 2016, Num. article: 2016/171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504968f40043b8c50" w:history="1">
+      <w:hyperlink r:id="rId6746690ea3c1e5cdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5918,92 +5918,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) EPPO Reporting Service no. 03 – 2017; First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands, Num. article: 2017/059 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId667968f40043b8cad" w:history="1">
+      <w:hyperlink r:id="rId6201690ea3c1e5d38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6027</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal, Num. article: 2017/060 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId588868f40043b8ceb" w:history="1">
+      <w:hyperlink r:id="rId3958690ea3c1e5d75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6028</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6018,161 +6018,161 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId585468f40043b8d47" w:history="1">
+      <w:hyperlink r:id="rId6149690ea3c1e5dd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677168f40043b8d66" w:history="1">
+      <w:hyperlink r:id="rId9595690ea3c1e5def" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/THEKMI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017c) New additions to the EPPO A1 and A2 Lists. EPPO Reporting Service no. 09 – 2017, Num. article: 2017/158. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994468f40043b8da3" w:history="1">
+      <w:hyperlink r:id="rId4302690ea3c1e5e2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 2 – 2021, Num. article: 2021/039. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962668f40043b8df3" w:history="1">
+      <w:hyperlink r:id="rId5688690ea3c1e5e7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6978</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6187,207 +6187,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022a) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Sweden. EPPO Reporting Service no. 3 – 2022, Num. article: 2022/062. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528968f40043b8e50" w:history="1">
+      <w:hyperlink r:id="rId1734690ea3c1e5ed8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-7293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022b) EPPO A2 List of pests recommended for regulation as quarantine pests, version 2022-09, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873468f40043b8e8d" w:history="1">
+      <w:hyperlink r:id="rId6211690ea3c1e5f15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2023) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453768f40043b8eca" w:history="1">
+      <w:hyperlink r:id="rId4827690ea3c1e5f54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 February 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of Western Australia (2022) Blueberry rust. Department of Primary Industries and Regional Development. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572668f40043b8f13" w:history="1">
+      <w:hyperlink r:id="rId6141690ea3c1e5f92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hildebrand PD, Renderos WE &amp; Delbridge RW (2016). Diseases of Lowbush Blueberry and their Identification. Agriculture and Agri-Food Canada. 44 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441068f40043b8f52" w:history="1">
+      <w:hyperlink r:id="rId5935690ea3c1e5fd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6696,51 +6696,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miles T, Isaacs R, Landis J &amp; Marienfield M (2020) A Pocket Guide to IPM Scouting in Highbush Blueberries. Michigan State University Extension Bulletin E-2928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148468f40043b917a" w:history="1">
+      <w:hyperlink r:id="rId5402690ea3c1e61fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6980,51 +6980,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parliament of Tasmania (2018) Report on Blueberry Rust in Tasmania. Legislative Council Government Administration Committee ‘B’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567568f40043b9338" w:history="1">
+      <w:hyperlink r:id="rId5680690ea3c1e63bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7195,51 +7195,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">359-362.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt JW &amp; Ocamb CM (Senior Eds.) (2023) Pacific Northwest Plant Disease Management Handbook.  Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662568f40043b9489" w:history="1">
+      <w:hyperlink r:id="rId4948690ea3c1e6511" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/12791/print</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7528,81 +7528,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 768-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351368f40043b968f" w:history="1">
+      <w:hyperlink r:id="rId5100690ea3c1e6729" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-10-0884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schilder A (2014) Be on the lookout for leaf rust in Michigan blueberry fields. MSU Extension. Michigan State University Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157368f40043b96c0" w:history="1">
+      <w:hyperlink r:id="rId4178690ea3c1e6772" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7920,51 +7920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105-110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310068f40043b990a" w:history="1">
+      <w:hyperlink r:id="rId5934690ea3c1e69b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.actahort.org/books/1180/1180_14.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8062,51 +8062,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sinclair WA &amp; Lyon HH (2005) Diseases of Trees and Shrubs (No. Ed. 2). Comstock Publishing Associates. 650 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Georgia (2015) Blueberry Leaf Rust. Appling County Crop E news. UGA Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868668f40043b99f5" w:history="1">
+      <w:hyperlink r:id="rId8078690ea3c1e6a9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8239,51 +8239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1949-1949. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId995368f40043b9b15" w:history="1">
+      <w:hyperlink r:id="rId5966690ea3c1e6bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-15-1344-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8387,101 +8387,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712368f40043b9c06" w:history="1">
+      <w:hyperlink r:id="rId4882690ea3c1e6caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427868f40043b9c57" w:history="1">
+      <w:hyperlink r:id="rId1052690ea3c1e6cfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8547,51 +8547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666868f40043b9d0b" w:history="1">
+      <w:hyperlink r:id="rId3395690ea3c1e6db1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8604,63 +8604,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16526602" name="name810768f40043b9dd3" descr="eu_funding_250.png"/>
+            <wp:docPr id="32079189" name="name9699690ea3c1e6fa9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId873368f40043b9dd2" cstate="print"/>
+                    <a:blip r:embed="rId4542690ea3c1e6fa8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8758,137 +8758,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30898042">
+  <w:abstractNum w:abstractNumId="81762117">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66338401">
+    <w:lvl w:ilvl="0" w:tplc="91362659">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66338401" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91362659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66338401" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91362659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66338401" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91362659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66338401" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91362659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66338401" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91362659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66338401" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91362659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66338401" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91362659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66338401" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91362659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30898041">
+  <w:abstractNum w:abstractNumId="81762116">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39387255">
+    <w:lvl w:ilvl="0" w:tplc="73745882">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9640,55 +9640,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30898041">
-    <w:abstractNumId w:val="30898041"/>
+  <w:num w:numId="81762116">
+    <w:abstractNumId w:val="81762116"/>
   </w:num>
-  <w:num w:numId="30898042">
-    <w:abstractNumId w:val="30898042"/>
+  <w:num w:numId="81762117">
+    <w:abstractNumId w:val="81762117"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21238,51 +21238,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId858005185" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId898768303" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId767768f40043b52c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId740068f40043b532b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId898168f40043b5b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId413868f40043b897b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId903868f40043b89b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId304068f40043b8a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId133768f40043b8b31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId611368f40043b8b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId194468f40043b8bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId504968f40043b8c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId667968f40043b8cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId588868f40043b8ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId585468f40043b8d47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId677168f40043b8d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId994468f40043b8da3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId962668f40043b8df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId528968f40043b8e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId873468f40043b8e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId453768f40043b8eca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId572668f40043b8f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId441068f40043b8f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId148468f40043b917a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId567568f40043b9338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId662568f40043b9489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId351368f40043b968f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId157368f40043b96c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId310068f40043b990a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId868668f40043b99f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId995368f40043b9b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId712368f40043b9c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId427868f40043b9c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId666868f40043b9d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId944568f40043b5a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId944568f40043b5a6d.jpg"/><Relationship Id="rId472168f40043b73b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId472168f40043b73b5.jpg"/><Relationship Id="rId873368f40043b9dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId873368f40043b9dd2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId144592461" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689216569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9886690ea3c1e23a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId7983690ea3c1e2413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId6693690ea3c1e2d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId5951690ea3c1e5a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId4949690ea3c1e5a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId3120690ea3c1e5a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId8459690ea3c1e5bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId8389690ea3c1e5beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId1896690ea3c1e5c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId6746690ea3c1e5cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId6201690ea3c1e5d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId3958690ea3c1e5d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId6149690ea3c1e5dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9595690ea3c1e5def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId4302690ea3c1e5e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId5688690ea3c1e5e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId1734690ea3c1e5ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId6211690ea3c1e5f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId4827690ea3c1e5f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId6141690ea3c1e5f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId5935690ea3c1e5fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId5402690ea3c1e61fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId5680690ea3c1e63bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId4948690ea3c1e6511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId5100690ea3c1e6729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId4178690ea3c1e6772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId5934690ea3c1e69b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId8078690ea3c1e6a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId5966690ea3c1e6bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId4882690ea3c1e6caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId1052690ea3c1e6cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId3395690ea3c1e6db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6667690ea3c1e2bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6667690ea3c1e2bb5.jpg"/><Relationship Id="rId4429690ea3c1e4478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4429690ea3c1e4478.jpg"/><Relationship Id="rId4542690ea3c1e6fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4542690ea3c1e6fa8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>