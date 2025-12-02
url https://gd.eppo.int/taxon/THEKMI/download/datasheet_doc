--- v1 (2025-11-08)
+++ v2 (2025-12-02)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Schweinitz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blueberry rust, leaf rust of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9886690ea3c1e23a8" w:history="1">
+            <w:hyperlink r:id="rId2613692f18b53a623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7983690ea3c1e2413" w:history="1">
+            <w:hyperlink r:id="rId2764692f18b53a68c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THEKMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84373640" name="name7737690ea3c1e2bb7" descr="14850.jpg"/>
+                  <wp:docPr id="83887389" name="name8798692f18b53adfa" descr="14850.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14850.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6667690ea3c1e2bb5" cstate="print"/>
+                          <a:blip r:embed="rId4689692f18b53adf8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6693690ea3c1e2d1c" w:history="1">
+            <w:hyperlink r:id="rId1234692f18b53aee8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2269,63 +2269,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is thus uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69145983" name="name4799690ea3c1e447b" descr="THEKMI_distribution_map.jpg"/>
+            <wp:docPr id="96847230" name="name3977692f18b53c896" descr="THEKMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THEKMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4429690ea3c1e4478" cstate="print"/>
+                    <a:blip r:embed="rId7953692f18b53c893" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5414,131 +5414,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21–47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5951690ea3c1e5a01" w:history="1">
+      <w:hyperlink r:id="rId4755692f18b53ddd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/fuse.2021.07.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agriculture and Agri-Food Canada (2021) Crop Profile for Lowbush Blueberry in Canada, 2020. Pest management Program, Agriculture and Agri-Food Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4949690ea3c1e5a3a" w:history="1">
+      <w:hyperlink r:id="rId3152692f18b53de12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3120690ea3c1e5a8f" w:history="1">
+      <w:hyperlink r:id="rId9763692f18b53de65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5682,81 +5682,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8459690ea3c1e5bb8" w:history="1">
+      <w:hyperlink r:id="rId5475692f18b53dfac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.10.1178B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buntain M &amp; Barry K (2019) Managing blueberry rust in a cool climate. Tasmanian Institute of Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8389690ea3c1e5beb" w:history="1">
+      <w:hyperlink r:id="rId2887692f18b53dfe0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5809,101 +5809,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1896690ea3c1e5c89" w:history="1">
+      <w:hyperlink r:id="rId1541692f18b53e082" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 09 – 2016, Num. article: 2016/171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6746690ea3c1e5cdb" w:history="1">
+      <w:hyperlink r:id="rId3843692f18b53e0d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5918,92 +5918,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) EPPO Reporting Service no. 03 – 2017; First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands, Num. article: 2017/059 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6201690ea3c1e5d38" w:history="1">
+      <w:hyperlink r:id="rId2929692f18b53e132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6027</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal, Num. article: 2017/060 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3958690ea3c1e5d75" w:history="1">
+      <w:hyperlink r:id="rId4945692f18b53e170" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6028</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6018,161 +6018,161 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6149690ea3c1e5dd0" w:history="1">
+      <w:hyperlink r:id="rId8854692f18b53e1cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9595690ea3c1e5def" w:history="1">
+      <w:hyperlink r:id="rId3528692f18b53e1eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/THEKMI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017c) New additions to the EPPO A1 and A2 Lists. EPPO Reporting Service no. 09 – 2017, Num. article: 2017/158. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4302690ea3c1e5e2c" w:history="1">
+      <w:hyperlink r:id="rId6763692f18b53e22b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 2 – 2021, Num. article: 2021/039. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5688690ea3c1e5e7c" w:history="1">
+      <w:hyperlink r:id="rId7320692f18b53e27b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6978</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6187,207 +6187,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022a) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Sweden. EPPO Reporting Service no. 3 – 2022, Num. article: 2022/062. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1734690ea3c1e5ed8" w:history="1">
+      <w:hyperlink r:id="rId2751692f18b53e2d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-7293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022b) EPPO A2 List of pests recommended for regulation as quarantine pests, version 2022-09, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6211690ea3c1e5f15" w:history="1">
+      <w:hyperlink r:id="rId1952692f18b53e317" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2023) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4827690ea3c1e5f54" w:history="1">
+      <w:hyperlink r:id="rId5384692f18b53e354" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 February 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of Western Australia (2022) Blueberry rust. Department of Primary Industries and Regional Development. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6141690ea3c1e5f92" w:history="1">
+      <w:hyperlink r:id="rId4791692f18b53e390" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hildebrand PD, Renderos WE &amp; Delbridge RW (2016). Diseases of Lowbush Blueberry and their Identification. Agriculture and Agri-Food Canada. 44 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5935690ea3c1e5fd0" w:history="1">
+      <w:hyperlink r:id="rId4230692f18b53e3cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6696,51 +6696,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miles T, Isaacs R, Landis J &amp; Marienfield M (2020) A Pocket Guide to IPM Scouting in Highbush Blueberries. Michigan State University Extension Bulletin E-2928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5402690ea3c1e61fb" w:history="1">
+      <w:hyperlink r:id="rId1324692f18b53e600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6980,51 +6980,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parliament of Tasmania (2018) Report on Blueberry Rust in Tasmania. Legislative Council Government Administration Committee ‘B’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5680690ea3c1e63bc" w:history="1">
+      <w:hyperlink r:id="rId5078692f18b53e7ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7195,51 +7195,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">359-362.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt JW &amp; Ocamb CM (Senior Eds.) (2023) Pacific Northwest Plant Disease Management Handbook.  Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4948690ea3c1e6511" w:history="1">
+      <w:hyperlink r:id="rId7421692f18b53e92f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/12791/print</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7528,81 +7528,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 768-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5100690ea3c1e6729" w:history="1">
+      <w:hyperlink r:id="rId9686692f18b53eb4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-10-0884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schilder A (2014) Be on the lookout for leaf rust in Michigan blueberry fields. MSU Extension. Michigan State University Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4178690ea3c1e6772" w:history="1">
+      <w:hyperlink r:id="rId2799692f18b53eb80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7920,51 +7920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105-110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5934690ea3c1e69b4" w:history="1">
+      <w:hyperlink r:id="rId5178692f18b53edcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.actahort.org/books/1180/1180_14.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8062,51 +8062,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sinclair WA &amp; Lyon HH (2005) Diseases of Trees and Shrubs (No. Ed. 2). Comstock Publishing Associates. 650 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Georgia (2015) Blueberry Leaf Rust. Appling County Crop E news. UGA Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8078690ea3c1e6a9f" w:history="1">
+      <w:hyperlink r:id="rId6489692f18b53eebf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8239,51 +8239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1949-1949. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5966690ea3c1e6bb8" w:history="1">
+      <w:hyperlink r:id="rId6700692f18b53efd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-15-1344-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8387,101 +8387,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4882690ea3c1e6caa" w:history="1">
+      <w:hyperlink r:id="rId5439692f18b53f0cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1052690ea3c1e6cfc" w:history="1">
+      <w:hyperlink r:id="rId7887692f18b53f11d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8547,51 +8547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3395690ea3c1e6db1" w:history="1">
+      <w:hyperlink r:id="rId7349692f18b53f1d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8604,63 +8604,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32079189" name="name9699690ea3c1e6fa9" descr="eu_funding_250.png"/>
+            <wp:docPr id="79720274" name="name1425692f18b53f26a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4542690ea3c1e6fa8" cstate="print"/>
+                    <a:blip r:embed="rId8885692f18b53f269" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8758,137 +8758,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81762117">
+  <w:abstractNum w:abstractNumId="98235785">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91362659">
+    <w:lvl w:ilvl="0" w:tplc="41823098">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91362659" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41823098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91362659" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41823098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91362659" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41823098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91362659" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41823098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91362659" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41823098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91362659" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41823098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91362659" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41823098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91362659" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41823098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81762116">
+  <w:abstractNum w:abstractNumId="98235784">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73745882">
+    <w:lvl w:ilvl="0" w:tplc="37548570">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9640,55 +9640,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81762116">
-    <w:abstractNumId w:val="81762116"/>
+  <w:num w:numId="98235784">
+    <w:abstractNumId w:val="98235784"/>
   </w:num>
-  <w:num w:numId="81762117">
-    <w:abstractNumId w:val="81762117"/>
+  <w:num w:numId="98235785">
+    <w:abstractNumId w:val="98235785"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21238,51 +21238,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId144592461" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689216569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9886690ea3c1e23a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId7983690ea3c1e2413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId6693690ea3c1e2d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId5951690ea3c1e5a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId4949690ea3c1e5a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId3120690ea3c1e5a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId8459690ea3c1e5bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId8389690ea3c1e5beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId1896690ea3c1e5c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId6746690ea3c1e5cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId6201690ea3c1e5d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId3958690ea3c1e5d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId6149690ea3c1e5dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9595690ea3c1e5def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId4302690ea3c1e5e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId5688690ea3c1e5e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId1734690ea3c1e5ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId6211690ea3c1e5f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId4827690ea3c1e5f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId6141690ea3c1e5f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId5935690ea3c1e5fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId5402690ea3c1e61fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId5680690ea3c1e63bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId4948690ea3c1e6511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId5100690ea3c1e6729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId4178690ea3c1e6772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId5934690ea3c1e69b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId8078690ea3c1e6a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId5966690ea3c1e6bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId4882690ea3c1e6caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId1052690ea3c1e6cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId3395690ea3c1e6db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6667690ea3c1e2bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6667690ea3c1e2bb5.jpg"/><Relationship Id="rId4429690ea3c1e4478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4429690ea3c1e4478.jpg"/><Relationship Id="rId4542690ea3c1e6fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4542690ea3c1e6fa8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId489957831" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId200788652" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2613692f18b53a623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId2764692f18b53a68c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId1234692f18b53aee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId4755692f18b53ddd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId3152692f18b53de12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId9763692f18b53de65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId5475692f18b53dfac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId2887692f18b53dfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId1541692f18b53e082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId3843692f18b53e0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId2929692f18b53e132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId4945692f18b53e170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId8854692f18b53e1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3528692f18b53e1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId6763692f18b53e22b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId7320692f18b53e27b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId2751692f18b53e2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId1952692f18b53e317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId5384692f18b53e354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId4791692f18b53e390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId4230692f18b53e3cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId1324692f18b53e600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId5078692f18b53e7ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId7421692f18b53e92f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId9686692f18b53eb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId2799692f18b53eb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId5178692f18b53edcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId6489692f18b53eebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId6700692f18b53efd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId5439692f18b53f0cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId7887692f18b53f11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId7349692f18b53f1d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4689692f18b53adf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4689692f18b53adf8.jpg"/><Relationship Id="rId7953692f18b53c893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7953692f18b53c893.jpg"/><Relationship Id="rId8885692f18b53f269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8885692f18b53f269.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>