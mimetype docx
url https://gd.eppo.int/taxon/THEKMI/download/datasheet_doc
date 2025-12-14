--- v2 (2025-12-02)
+++ v3 (2025-12-14)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Schweinitz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blueberry rust, leaf rust of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2613692f18b53a623" w:history="1">
+            <w:hyperlink r:id="rId3601693ed7caaa159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2764692f18b53a68c" w:history="1">
+            <w:hyperlink r:id="rId8666693ed7caaa1c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THEKMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83887389" name="name8798692f18b53adfa" descr="14850.jpg"/>
+                  <wp:docPr id="39734536" name="name4967693ed7caaa9a2" descr="14850.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14850.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4689692f18b53adf8" cstate="print"/>
+                          <a:blip r:embed="rId8270693ed7caaa9a0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1234692f18b53aee8" w:history="1">
+            <w:hyperlink r:id="rId4217693ed7caaaab3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2269,63 +2269,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is thus uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96847230" name="name3977692f18b53c896" descr="THEKMI_distribution_map.jpg"/>
+            <wp:docPr id="17876155" name="name3662693ed7caac3ea" descr="THEKMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THEKMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7953692f18b53c893" cstate="print"/>
+                    <a:blip r:embed="rId9696693ed7caac3e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5414,131 +5414,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21–47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4755692f18b53ddd9" w:history="1">
+      <w:hyperlink r:id="rId5037693ed7caad9de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/fuse.2021.07.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agriculture and Agri-Food Canada (2021) Crop Profile for Lowbush Blueberry in Canada, 2020. Pest management Program, Agriculture and Agri-Food Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3152692f18b53de12" w:history="1">
+      <w:hyperlink r:id="rId5699693ed7caada16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9763692f18b53de65" w:history="1">
+      <w:hyperlink r:id="rId9843693ed7caada6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5682,81 +5682,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5475692f18b53dfac" w:history="1">
+      <w:hyperlink r:id="rId4704693ed7caadb95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.10.1178B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buntain M &amp; Barry K (2019) Managing blueberry rust in a cool climate. Tasmanian Institute of Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2887692f18b53dfe0" w:history="1">
+      <w:hyperlink r:id="rId2903693ed7caadbc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5809,101 +5809,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1541692f18b53e082" w:history="1">
+      <w:hyperlink r:id="rId2564693ed7caadc73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 09 – 2016, Num. article: 2016/171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3843692f18b53e0d2" w:history="1">
+      <w:hyperlink r:id="rId3029693ed7caadcc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5918,92 +5918,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) EPPO Reporting Service no. 03 – 2017; First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands, Num. article: 2017/059 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2929692f18b53e132" w:history="1">
+      <w:hyperlink r:id="rId3838693ed7caadd3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6027</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal, Num. article: 2017/060 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4945692f18b53e170" w:history="1">
+      <w:hyperlink r:id="rId4464693ed7caadd79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6028</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6018,161 +6018,161 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8854692f18b53e1cc" w:history="1">
+      <w:hyperlink r:id="rId3770693ed7caaddd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3528692f18b53e1eb" w:history="1">
+      <w:hyperlink r:id="rId4096693ed7caaddf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/THEKMI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017c) New additions to the EPPO A1 and A2 Lists. EPPO Reporting Service no. 09 – 2017, Num. article: 2017/158. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6763692f18b53e22b" w:history="1">
+      <w:hyperlink r:id="rId5175693ed7caade38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 2 – 2021, Num. article: 2021/039. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7320692f18b53e27b" w:history="1">
+      <w:hyperlink r:id="rId7437693ed7caade89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6978</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6187,207 +6187,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022a) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Sweden. EPPO Reporting Service no. 3 – 2022, Num. article: 2022/062. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2751692f18b53e2d8" w:history="1">
+      <w:hyperlink r:id="rId5060693ed7caadee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-7293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022b) EPPO A2 List of pests recommended for regulation as quarantine pests, version 2022-09, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1952692f18b53e317" w:history="1">
+      <w:hyperlink r:id="rId6797693ed7caadf25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2023) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5384692f18b53e354" w:history="1">
+      <w:hyperlink r:id="rId6576693ed7caadf65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 February 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of Western Australia (2022) Blueberry rust. Department of Primary Industries and Regional Development. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4791692f18b53e390" w:history="1">
+      <w:hyperlink r:id="rId8908693ed7caadfa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hildebrand PD, Renderos WE &amp; Delbridge RW (2016). Diseases of Lowbush Blueberry and their Identification. Agriculture and Agri-Food Canada. 44 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4230692f18b53e3cf" w:history="1">
+      <w:hyperlink r:id="rId9005693ed7caadfe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6696,51 +6696,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miles T, Isaacs R, Landis J &amp; Marienfield M (2020) A Pocket Guide to IPM Scouting in Highbush Blueberries. Michigan State University Extension Bulletin E-2928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1324692f18b53e600" w:history="1">
+      <w:hyperlink r:id="rId1818693ed7caae20d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6980,51 +6980,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parliament of Tasmania (2018) Report on Blueberry Rust in Tasmania. Legislative Council Government Administration Committee ‘B’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5078692f18b53e7ce" w:history="1">
+      <w:hyperlink r:id="rId3486693ed7caae3d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7195,51 +7195,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">359-362.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt JW &amp; Ocamb CM (Senior Eds.) (2023) Pacific Northwest Plant Disease Management Handbook.  Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7421692f18b53e92f" w:history="1">
+      <w:hyperlink r:id="rId6947693ed7caae530" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/12791/print</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7528,81 +7528,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 768-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9686692f18b53eb4a" w:history="1">
+      <w:hyperlink r:id="rId5541693ed7caae73e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-10-0884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schilder A (2014) Be on the lookout for leaf rust in Michigan blueberry fields. MSU Extension. Michigan State University Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2799692f18b53eb80" w:history="1">
+      <w:hyperlink r:id="rId9687693ed7caae771" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7920,51 +7920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105-110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5178692f18b53edcf" w:history="1">
+      <w:hyperlink r:id="rId1181693ed7caae9c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.actahort.org/books/1180/1180_14.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8062,51 +8062,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sinclair WA &amp; Lyon HH (2005) Diseases of Trees and Shrubs (No. Ed. 2). Comstock Publishing Associates. 650 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Georgia (2015) Blueberry Leaf Rust. Appling County Crop E news. UGA Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6489692f18b53eebf" w:history="1">
+      <w:hyperlink r:id="rId3253693ed7caaeaac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8239,51 +8239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1949-1949. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6700692f18b53efd9" w:history="1">
+      <w:hyperlink r:id="rId3146693ed7caaebf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-15-1344-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8387,101 +8387,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5439692f18b53f0cc" w:history="1">
+      <w:hyperlink r:id="rId1607693ed7caaecfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7887692f18b53f11d" w:history="1">
+      <w:hyperlink r:id="rId5355693ed7caaed4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8547,51 +8547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7349692f18b53f1d3" w:history="1">
+      <w:hyperlink r:id="rId9520693ed7caaee03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8604,63 +8604,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79720274" name="name1425692f18b53f26a" descr="eu_funding_250.png"/>
+            <wp:docPr id="66672719" name="name9474693ed7caaef0d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8885692f18b53f269" cstate="print"/>
+                    <a:blip r:embed="rId8779693ed7caaef0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8758,137 +8758,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98235785">
+  <w:abstractNum w:abstractNumId="64185964">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41823098">
+    <w:lvl w:ilvl="0" w:tplc="86390047">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41823098" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86390047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41823098" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86390047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41823098" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86390047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41823098" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86390047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41823098" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86390047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41823098" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86390047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41823098" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86390047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41823098" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86390047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98235784">
+  <w:abstractNum w:abstractNumId="64185963">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37548570">
+    <w:lvl w:ilvl="0" w:tplc="93233149">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9640,55 +9640,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98235784">
-    <w:abstractNumId w:val="98235784"/>
+  <w:num w:numId="64185963">
+    <w:abstractNumId w:val="64185963"/>
   </w:num>
-  <w:num w:numId="98235785">
-    <w:abstractNumId w:val="98235785"/>
+  <w:num w:numId="64185964">
+    <w:abstractNumId w:val="64185964"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21238,51 +21238,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId489957831" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId200788652" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2613692f18b53a623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId2764692f18b53a68c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId1234692f18b53aee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId4755692f18b53ddd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId3152692f18b53de12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId9763692f18b53de65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId5475692f18b53dfac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId2887692f18b53dfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId1541692f18b53e082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId3843692f18b53e0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId2929692f18b53e132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId4945692f18b53e170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId8854692f18b53e1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3528692f18b53e1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId6763692f18b53e22b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId7320692f18b53e27b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId2751692f18b53e2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId1952692f18b53e317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId5384692f18b53e354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId4791692f18b53e390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId4230692f18b53e3cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId1324692f18b53e600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId5078692f18b53e7ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId7421692f18b53e92f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId9686692f18b53eb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId2799692f18b53eb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId5178692f18b53edcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId6489692f18b53eebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId6700692f18b53efd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId5439692f18b53f0cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId7887692f18b53f11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId7349692f18b53f1d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4689692f18b53adf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4689692f18b53adf8.jpg"/><Relationship Id="rId7953692f18b53c893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7953692f18b53c893.jpg"/><Relationship Id="rId8885692f18b53f269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8885692f18b53f269.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId986987093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId811615789" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3601693ed7caaa159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId8666693ed7caaa1c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId4217693ed7caaaab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId5037693ed7caad9de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId5699693ed7caada16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId9843693ed7caada6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId4704693ed7caadb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId2903693ed7caadbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId2564693ed7caadc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId3029693ed7caadcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId3838693ed7caadd3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId4464693ed7caadd79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId3770693ed7caaddd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4096693ed7caaddf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId5175693ed7caade38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId7437693ed7caade89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId5060693ed7caadee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId6797693ed7caadf25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId6576693ed7caadf65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId8908693ed7caadfa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId9005693ed7caadfe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId1818693ed7caae20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId3486693ed7caae3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId6947693ed7caae530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId5541693ed7caae73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId9687693ed7caae771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId1181693ed7caae9c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId3253693ed7caaeaac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId3146693ed7caaebf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId1607693ed7caaecfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId5355693ed7caaed4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId9520693ed7caaee03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8270693ed7caaa9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8270693ed7caaa9a0.jpg"/><Relationship Id="rId9696693ed7caac3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9696693ed7caac3e8.jpg"/><Relationship Id="rId8779693ed7caaef0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8779693ed7caaef0c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>