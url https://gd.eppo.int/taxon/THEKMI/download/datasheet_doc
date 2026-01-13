--- v3 (2025-12-14)
+++ v4 (2026-01-13)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Schweinitz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blueberry rust, leaf rust of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3601693ed7caaa159" w:history="1">
+            <w:hyperlink r:id="rId97236966121fdce1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8666693ed7caaa1c2" w:history="1">
+            <w:hyperlink r:id="rId93906966121fdcedb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THEKMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39734536" name="name4967693ed7caaa9a2" descr="14850.jpg"/>
+                  <wp:docPr id="39109567" name="name24256966121fdd40b" descr="14850.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14850.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8270693ed7caaa9a0" cstate="print"/>
+                          <a:blip r:embed="rId57396966121fdd409" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4217693ed7caaaab3" w:history="1">
+            <w:hyperlink r:id="rId75276966121fdd54d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2269,63 +2269,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is thus uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17876155" name="name3662693ed7caac3ea" descr="THEKMI_distribution_map.jpg"/>
+            <wp:docPr id="25794898" name="name31216966121fdf2ad" descr="THEKMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THEKMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9696693ed7caac3e8" cstate="print"/>
+                    <a:blip r:embed="rId90786966121fdf2a8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5414,131 +5414,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21–47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5037693ed7caad9de" w:history="1">
+      <w:hyperlink r:id="rId63356966121fe0c2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/fuse.2021.07.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agriculture and Agri-Food Canada (2021) Crop Profile for Lowbush Blueberry in Canada, 2020. Pest management Program, Agriculture and Agri-Food Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5699693ed7caada16" w:history="1">
+      <w:hyperlink r:id="rId40286966121fe0c6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9843693ed7caada6b" w:history="1">
+      <w:hyperlink r:id="rId70706966121fe0ce9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5682,81 +5682,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4704693ed7caadb95" w:history="1">
+      <w:hyperlink r:id="rId48836966121fe0e4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.10.1178B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buntain M &amp; Barry K (2019) Managing blueberry rust in a cool climate. Tasmanian Institute of Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2903693ed7caadbc7" w:history="1">
+      <w:hyperlink r:id="rId13786966121fe0e80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5809,101 +5809,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2564693ed7caadc73" w:history="1">
+      <w:hyperlink r:id="rId43626966121fe0f3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 09 – 2016, Num. article: 2016/171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3029693ed7caadcc7" w:history="1">
+      <w:hyperlink r:id="rId33866966121fe0f8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5918,92 +5918,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) EPPO Reporting Service no. 03 – 2017; First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands, Num. article: 2017/059 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3838693ed7caadd3a" w:history="1">
+      <w:hyperlink r:id="rId73486966121fe0fee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6027</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal, Num. article: 2017/060 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4464693ed7caadd79" w:history="1">
+      <w:hyperlink r:id="rId64496966121fe102c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6028</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6018,161 +6018,161 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3770693ed7caaddd9" w:history="1">
+      <w:hyperlink r:id="rId77506966121fe1088" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4096693ed7caaddf9" w:history="1">
+      <w:hyperlink r:id="rId42936966121fe10a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/THEKMI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017c) New additions to the EPPO A1 and A2 Lists. EPPO Reporting Service no. 09 – 2017, Num. article: 2017/158. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5175693ed7caade38" w:history="1">
+      <w:hyperlink r:id="rId16196966121fe10e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 2 – 2021, Num. article: 2021/039. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7437693ed7caade89" w:history="1">
+      <w:hyperlink r:id="rId74876966121fe1139" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6978</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6187,207 +6187,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022a) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Sweden. EPPO Reporting Service no. 3 – 2022, Num. article: 2022/062. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5060693ed7caadee6" w:history="1">
+      <w:hyperlink r:id="rId21116966121fe1197" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-7293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022b) EPPO A2 List of pests recommended for regulation as quarantine pests, version 2022-09, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6797693ed7caadf25" w:history="1">
+      <w:hyperlink r:id="rId39206966121fe11d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2023) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6576693ed7caadf65" w:history="1">
+      <w:hyperlink r:id="rId85096966121fe1216" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 February 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of Western Australia (2022) Blueberry rust. Department of Primary Industries and Regional Development. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8908693ed7caadfa2" w:history="1">
+      <w:hyperlink r:id="rId61796966121fe1254" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hildebrand PD, Renderos WE &amp; Delbridge RW (2016). Diseases of Lowbush Blueberry and their Identification. Agriculture and Agri-Food Canada. 44 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9005693ed7caadfe2" w:history="1">
+      <w:hyperlink r:id="rId44786966121fe1293" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6696,51 +6696,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miles T, Isaacs R, Landis J &amp; Marienfield M (2020) A Pocket Guide to IPM Scouting in Highbush Blueberries. Michigan State University Extension Bulletin E-2928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1818693ed7caae20d" w:history="1">
+      <w:hyperlink r:id="rId89916966121fe14c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6980,51 +6980,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parliament of Tasmania (2018) Report on Blueberry Rust in Tasmania. Legislative Council Government Administration Committee ‘B’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3486693ed7caae3d1" w:history="1">
+      <w:hyperlink r:id="rId13386966121fe1696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7195,51 +7195,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">359-362.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt JW &amp; Ocamb CM (Senior Eds.) (2023) Pacific Northwest Plant Disease Management Handbook.  Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6947693ed7caae530" w:history="1">
+      <w:hyperlink r:id="rId47976966121fe17ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/12791/print</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7528,81 +7528,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 768-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5541693ed7caae73e" w:history="1">
+      <w:hyperlink r:id="rId41446966121fe1a19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-10-0884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schilder A (2014) Be on the lookout for leaf rust in Michigan blueberry fields. MSU Extension. Michigan State University Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9687693ed7caae771" w:history="1">
+      <w:hyperlink r:id="rId41406966121fe1a4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7920,51 +7920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105-110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1181693ed7caae9c0" w:history="1">
+      <w:hyperlink r:id="rId10846966121fe1c8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.actahort.org/books/1180/1180_14.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8062,51 +8062,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sinclair WA &amp; Lyon HH (2005) Diseases of Trees and Shrubs (No. Ed. 2). Comstock Publishing Associates. 650 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Georgia (2015) Blueberry Leaf Rust. Appling County Crop E news. UGA Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3253693ed7caaeaac" w:history="1">
+      <w:hyperlink r:id="rId81996966121fe1d7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8239,51 +8239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1949-1949. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3146693ed7caaebf4" w:history="1">
+      <w:hyperlink r:id="rId48206966121fe1e93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-15-1344-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8387,101 +8387,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1607693ed7caaecfc" w:history="1">
+      <w:hyperlink r:id="rId19436966121fe1f82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5355693ed7caaed4f" w:history="1">
+      <w:hyperlink r:id="rId61576966121fe1fd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8525,73 +8525,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9520693ed7caaee03" w:history="1">
+      <w:hyperlink r:id="rId69026966121fe208a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8604,63 +8604,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66672719" name="name9474693ed7caaef0d" descr="eu_funding_250.png"/>
+            <wp:docPr id="10250651" name="name91506966121fe22e9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8779693ed7caaef0c" cstate="print"/>
+                    <a:blip r:embed="rId63316966121fe22e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8758,137 +8758,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64185964">
+  <w:abstractNum w:abstractNumId="96267649">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86390047">
+    <w:lvl w:ilvl="0" w:tplc="80571751">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86390047" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80571751" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86390047" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80571751" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86390047" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80571751" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86390047" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80571751" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86390047" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80571751" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86390047" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80571751" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86390047" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80571751" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86390047" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80571751" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64185963">
+  <w:abstractNum w:abstractNumId="96267648">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93233149">
+    <w:lvl w:ilvl="0" w:tplc="98528477">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9640,55 +9640,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64185963">
-    <w:abstractNumId w:val="64185963"/>
+  <w:num w:numId="96267648">
+    <w:abstractNumId w:val="96267648"/>
   </w:num>
-  <w:num w:numId="64185964">
-    <w:abstractNumId w:val="64185964"/>
+  <w:num w:numId="96267649">
+    <w:abstractNumId w:val="96267649"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21238,51 +21238,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId986987093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId811615789" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3601693ed7caaa159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId8666693ed7caaa1c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId4217693ed7caaaab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId5037693ed7caad9de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId5699693ed7caada16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId9843693ed7caada6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId4704693ed7caadb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId2903693ed7caadbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId2564693ed7caadc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId3029693ed7caadcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId3838693ed7caadd3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId4464693ed7caadd79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId3770693ed7caaddd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4096693ed7caaddf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId5175693ed7caade38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId7437693ed7caade89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId5060693ed7caadee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId6797693ed7caadf25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId6576693ed7caadf65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId8908693ed7caadfa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId9005693ed7caadfe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId1818693ed7caae20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId3486693ed7caae3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId6947693ed7caae530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId5541693ed7caae73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId9687693ed7caae771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId1181693ed7caae9c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId3253693ed7caaeaac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId3146693ed7caaebf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId1607693ed7caaecfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId5355693ed7caaed4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId9520693ed7caaee03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8270693ed7caaa9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8270693ed7caaa9a0.jpg"/><Relationship Id="rId9696693ed7caac3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9696693ed7caac3e8.jpg"/><Relationship Id="rId8779693ed7caaef0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8779693ed7caaef0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293782313" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316576394" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97236966121fdce1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId93906966121fdcedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId75276966121fdd54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId63356966121fe0c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId40286966121fe0c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId70706966121fe0ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId48836966121fe0e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId13786966121fe0e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId43626966121fe0f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId33866966121fe0f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId73486966121fe0fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId64496966121fe102c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId77506966121fe1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId42936966121fe10a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId16196966121fe10e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId74876966121fe1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId21116966121fe1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId39206966121fe11d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId85096966121fe1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId61796966121fe1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId44786966121fe1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId89916966121fe14c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId13386966121fe1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId47976966121fe17ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId41446966121fe1a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId41406966121fe1a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId10846966121fe1c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId81996966121fe1d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId48206966121fe1e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId19436966121fe1f82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId61576966121fe1fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId69026966121fe208a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57396966121fdd409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57396966121fdd409.jpg"/><Relationship Id="rId90786966121fdf2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90786966121fdf2a8.jpg"/><Relationship Id="rId63316966121fe22e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63316966121fe22e8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>