--- v4 (2026-01-13)
+++ v5 (2026-02-02)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Schweinitz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blueberry rust, leaf rust of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97236966121fdce1b" w:history="1">
+            <w:hyperlink r:id="rId56246980a77b1de57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93906966121fdcedb" w:history="1">
+            <w:hyperlink r:id="rId92216980a77b1dec2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THEKMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39109567" name="name24256966121fdd40b" descr="14850.jpg"/>
+                  <wp:docPr id="99525674" name="name22566980a77b1e4d4" descr="14850.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14850.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57396966121fdd409" cstate="print"/>
+                          <a:blip r:embed="rId80416980a77b1e4d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId75276966121fdd54d" w:history="1">
+            <w:hyperlink r:id="rId49356980a77b1e5ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2269,63 +2269,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is thus uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25794898" name="name31216966121fdf2ad" descr="THEKMI_distribution_map.jpg"/>
+            <wp:docPr id="23298205" name="name27886980a77b1ff87" descr="THEKMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THEKMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId90786966121fdf2a8" cstate="print"/>
+                    <a:blip r:embed="rId90836980a77b1ff83" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5414,131 +5414,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21–47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63356966121fe0c2f" w:history="1">
+      <w:hyperlink r:id="rId50486980a77b2161e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/fuse.2021.07.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agriculture and Agri-Food Canada (2021) Crop Profile for Lowbush Blueberry in Canada, 2020. Pest management Program, Agriculture and Agri-Food Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40286966121fe0c6a" w:history="1">
+      <w:hyperlink r:id="rId76226980a77b2165b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70706966121fe0ce9" w:history="1">
+      <w:hyperlink r:id="rId80656980a77b216b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5682,81 +5682,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48836966121fe0e4b" w:history="1">
+      <w:hyperlink r:id="rId93986980a77b217eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.10.1178B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buntain M &amp; Barry K (2019) Managing blueberry rust in a cool climate. Tasmanian Institute of Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13786966121fe0e80" w:history="1">
+      <w:hyperlink r:id="rId49086980a77b21820" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5809,101 +5809,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43626966121fe0f3a" w:history="1">
+      <w:hyperlink r:id="rId56176980a77b218c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 09 – 2016, Num. article: 2016/171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33866966121fe0f8f" w:history="1">
+      <w:hyperlink r:id="rId21206980a77b21913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5918,92 +5918,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) EPPO Reporting Service no. 03 – 2017; First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands, Num. article: 2017/059 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId73486966121fe0fee" w:history="1">
+      <w:hyperlink r:id="rId82446980a77b21972" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6027</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal, Num. article: 2017/060 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId64496966121fe102c" w:history="1">
+      <w:hyperlink r:id="rId75286980a77b219b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6028</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6018,161 +6018,161 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77506966121fe1088" w:history="1">
+      <w:hyperlink r:id="rId70076980a77b21a0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42936966121fe10a8" w:history="1">
+      <w:hyperlink r:id="rId45236980a77b21a2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/THEKMI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017c) New additions to the EPPO A1 and A2 Lists. EPPO Reporting Service no. 09 – 2017, Num. article: 2017/158. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16196966121fe10e7" w:history="1">
+      <w:hyperlink r:id="rId95066980a77b21a69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 2 – 2021, Num. article: 2021/039. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74876966121fe1139" w:history="1">
+      <w:hyperlink r:id="rId51676980a77b21afc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6978</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6187,207 +6187,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022a) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Sweden. EPPO Reporting Service no. 3 – 2022, Num. article: 2022/062. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21116966121fe1197" w:history="1">
+      <w:hyperlink r:id="rId48486980a77b21b5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-7293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022b) EPPO A2 List of pests recommended for regulation as quarantine pests, version 2022-09, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39206966121fe11d5" w:history="1">
+      <w:hyperlink r:id="rId56076980a77b21b9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2023) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85096966121fe1216" w:history="1">
+      <w:hyperlink r:id="rId42316980a77b21bdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 February 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of Western Australia (2022) Blueberry rust. Department of Primary Industries and Regional Development. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61796966121fe1254" w:history="1">
+      <w:hyperlink r:id="rId24336980a77b21c1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hildebrand PD, Renderos WE &amp; Delbridge RW (2016). Diseases of Lowbush Blueberry and their Identification. Agriculture and Agri-Food Canada. 44 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44786966121fe1293" w:history="1">
+      <w:hyperlink r:id="rId42446980a77b21c5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6696,51 +6696,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miles T, Isaacs R, Landis J &amp; Marienfield M (2020) A Pocket Guide to IPM Scouting in Highbush Blueberries. Michigan State University Extension Bulletin E-2928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89916966121fe14c3" w:history="1">
+      <w:hyperlink r:id="rId96276980a77b21e8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6980,51 +6980,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parliament of Tasmania (2018) Report on Blueberry Rust in Tasmania. Legislative Council Government Administration Committee ‘B’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13386966121fe1696" w:history="1">
+      <w:hyperlink r:id="rId80236980a77b22051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7195,51 +7195,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">359-362.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt JW &amp; Ocamb CM (Senior Eds.) (2023) Pacific Northwest Plant Disease Management Handbook.  Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47976966121fe17ed" w:history="1">
+      <w:hyperlink r:id="rId58236980a77b221a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/12791/print</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7528,81 +7528,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 768-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41446966121fe1a19" w:history="1">
+      <w:hyperlink r:id="rId54706980a77b223d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-10-0884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schilder A (2014) Be on the lookout for leaf rust in Michigan blueberry fields. MSU Extension. Michigan State University Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41406966121fe1a4d" w:history="1">
+      <w:hyperlink r:id="rId37486980a77b22408" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7920,51 +7920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105-110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10846966121fe1c8e" w:history="1">
+      <w:hyperlink r:id="rId60346980a77b22645" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.actahort.org/books/1180/1180_14.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8062,51 +8062,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sinclair WA &amp; Lyon HH (2005) Diseases of Trees and Shrubs (No. Ed. 2). Comstock Publishing Associates. 650 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Georgia (2015) Blueberry Leaf Rust. Appling County Crop E news. UGA Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81996966121fe1d7b" w:history="1">
+      <w:hyperlink r:id="rId23386980a77b2272f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8239,51 +8239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1949-1949. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48206966121fe1e93" w:history="1">
+      <w:hyperlink r:id="rId48366980a77b22849" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-15-1344-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8387,101 +8387,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19436966121fe1f82" w:history="1">
+      <w:hyperlink r:id="rId31536980a77b2293a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61576966121fe1fd4" w:history="1">
+      <w:hyperlink r:id="rId88016980a77b2298b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8547,51 +8547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69026966121fe208a" w:history="1">
+      <w:hyperlink r:id="rId86306980a77b22a72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8604,63 +8604,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10250651" name="name91506966121fe22e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="28536611" name="name11256980a77b22e53" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63316966121fe22e8" cstate="print"/>
+                    <a:blip r:embed="rId27546980a77b22e51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8758,137 +8758,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96267649">
+  <w:abstractNum w:abstractNumId="91214860">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80571751">
+    <w:lvl w:ilvl="0" w:tplc="35247146">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80571751" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35247146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80571751" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35247146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80571751" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35247146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80571751" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35247146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80571751" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35247146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80571751" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35247146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80571751" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35247146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80571751" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35247146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96267648">
+  <w:abstractNum w:abstractNumId="91214859">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98528477">
+    <w:lvl w:ilvl="0" w:tplc="88993332">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9640,55 +9640,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96267648">
-    <w:abstractNumId w:val="96267648"/>
+  <w:num w:numId="91214859">
+    <w:abstractNumId w:val="91214859"/>
   </w:num>
-  <w:num w:numId="96267649">
-    <w:abstractNumId w:val="96267649"/>
+  <w:num w:numId="91214860">
+    <w:abstractNumId w:val="91214860"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21238,51 +21238,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293782313" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316576394" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97236966121fdce1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId93906966121fdcedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId75276966121fdd54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId63356966121fe0c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId40286966121fe0c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId70706966121fe0ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId48836966121fe0e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId13786966121fe0e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId43626966121fe0f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId33866966121fe0f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId73486966121fe0fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId64496966121fe102c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId77506966121fe1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId42936966121fe10a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId16196966121fe10e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId74876966121fe1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId21116966121fe1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId39206966121fe11d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId85096966121fe1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId61796966121fe1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId44786966121fe1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId89916966121fe14c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId13386966121fe1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId47976966121fe17ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId41446966121fe1a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId41406966121fe1a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId10846966121fe1c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId81996966121fe1d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId48206966121fe1e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId19436966121fe1f82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId61576966121fe1fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId69026966121fe208a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57396966121fdd409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57396966121fdd409.jpg"/><Relationship Id="rId90786966121fdf2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90786966121fdf2a8.jpg"/><Relationship Id="rId63316966121fe22e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63316966121fe22e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId712616896" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId625416162" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId56246980a77b1de57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId92216980a77b1dec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId49356980a77b1e5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId50486980a77b2161e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId76226980a77b2165b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId80656980a77b216b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId93986980a77b217eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId49086980a77b21820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId56176980a77b218c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId21206980a77b21913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId82446980a77b21972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId75286980a77b219b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId70076980a77b21a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId45236980a77b21a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId95066980a77b21a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId51676980a77b21afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId48486980a77b21b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId56076980a77b21b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId42316980a77b21bdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId24336980a77b21c1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId42446980a77b21c5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId96276980a77b21e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId80236980a77b22051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId58236980a77b221a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId54706980a77b223d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId37486980a77b22408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId60346980a77b22645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId23386980a77b2272f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId48366980a77b22849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId31536980a77b2293a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId88016980a77b2298b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId86306980a77b22a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80416980a77b1e4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80416980a77b1e4d2.jpg"/><Relationship Id="rId90836980a77b1ff83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90836980a77b1ff83.jpg"/><Relationship Id="rId27546980a77b22e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27546980a77b22e51.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>