--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Schweinitz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blueberry rust, leaf rust of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56246980a77b1de57" w:history="1">
+            <w:hyperlink r:id="rId4667699b2f42b2827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92216980a77b1dec2" w:history="1">
+            <w:hyperlink r:id="rId4560699b2f42b2892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THEKMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99525674" name="name22566980a77b1e4d4" descr="14850.jpg"/>
+                  <wp:docPr id="94167175" name="name4329699b2f42b2e70" descr="14850.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14850.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId80416980a77b1e4d2" cstate="print"/>
+                          <a:blip r:embed="rId7268699b2f42b2e6e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId49356980a77b1e5ec" w:history="1">
+            <w:hyperlink r:id="rId5637699b2f42b2f8c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2269,63 +2269,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is thus uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23298205" name="name27886980a77b1ff87" descr="THEKMI_distribution_map.jpg"/>
+            <wp:docPr id="93721097" name="name4506699b2f42b4728" descr="THEKMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THEKMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId90836980a77b1ff83" cstate="print"/>
+                    <a:blip r:embed="rId7655699b2f42b4725" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5414,131 +5414,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21–47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50486980a77b2161e" w:history="1">
+      <w:hyperlink r:id="rId8099699b2f42b5d68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/fuse.2021.07.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agriculture and Agri-Food Canada (2021) Crop Profile for Lowbush Blueberry in Canada, 2020. Pest management Program, Agriculture and Agri-Food Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76226980a77b2165b" w:history="1">
+      <w:hyperlink r:id="rId3654699b2f42b5da3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80656980a77b216b0" w:history="1">
+      <w:hyperlink r:id="rId4383699b2f42b5df9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5682,81 +5682,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93986980a77b217eb" w:history="1">
+      <w:hyperlink r:id="rId2298699b2f42b5f27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.10.1178B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buntain M &amp; Barry K (2019) Managing blueberry rust in a cool climate. Tasmanian Institute of Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49086980a77b21820" w:history="1">
+      <w:hyperlink r:id="rId4185699b2f42b5f5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5809,101 +5809,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56176980a77b218c0" w:history="1">
+      <w:hyperlink r:id="rId6898699b2f42b5ffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 09 – 2016, Num. article: 2016/171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21206980a77b21913" w:history="1">
+      <w:hyperlink r:id="rId5776699b2f42b604d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5918,92 +5918,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) EPPO Reporting Service no. 03 – 2017; First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands, Num. article: 2017/059 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId82446980a77b21972" w:history="1">
+      <w:hyperlink r:id="rId7242699b2f42b60ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6027</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal, Num. article: 2017/060 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId75286980a77b219b0" w:history="1">
+      <w:hyperlink r:id="rId3627699b2f42b60ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6028</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6018,161 +6018,161 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70076980a77b21a0c" w:history="1">
+      <w:hyperlink r:id="rId3572699b2f42b6149" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45236980a77b21a2b" w:history="1">
+      <w:hyperlink r:id="rId2451699b2f42b6169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/THEKMI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017c) New additions to the EPPO A1 and A2 Lists. EPPO Reporting Service no. 09 – 2017, Num. article: 2017/158. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95066980a77b21a69" w:history="1">
+      <w:hyperlink r:id="rId2529699b2f42b61a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Belgium. EPPO Reporting Service no. 2 – 2021, Num. article: 2021/039. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51676980a77b21afc" w:history="1">
+      <w:hyperlink r:id="rId6295699b2f42b61f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6978</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6187,207 +6187,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022a) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Sweden. EPPO Reporting Service no. 3 – 2022, Num. article: 2022/062. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48486980a77b21b5d" w:history="1">
+      <w:hyperlink r:id="rId5682699b2f42b6255" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-7293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022b) EPPO A2 List of pests recommended for regulation as quarantine pests, version 2022-09, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56076980a77b21b9d" w:history="1">
+      <w:hyperlink r:id="rId7266699b2f42b6295" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2023) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42316980a77b21bdd" w:history="1">
+      <w:hyperlink r:id="rId1836699b2f42b62d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 February 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of Western Australia (2022) Blueberry rust. Department of Primary Industries and Regional Development. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24336980a77b21c1b" w:history="1">
+      <w:hyperlink r:id="rId7905699b2f42b6311" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hildebrand PD, Renderos WE &amp; Delbridge RW (2016). Diseases of Lowbush Blueberry and their Identification. Agriculture and Agri-Food Canada. 44 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42446980a77b21c5a" w:history="1">
+      <w:hyperlink r:id="rId5659699b2f42b6351" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6696,51 +6696,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miles T, Isaacs R, Landis J &amp; Marienfield M (2020) A Pocket Guide to IPM Scouting in Highbush Blueberries. Michigan State University Extension Bulletin E-2928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96276980a77b21e8d" w:history="1">
+      <w:hyperlink r:id="rId1900699b2f42b6584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6980,51 +6980,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parliament of Tasmania (2018) Report on Blueberry Rust in Tasmania. Legislative Council Government Administration Committee ‘B’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80236980a77b22051" w:history="1">
+      <w:hyperlink r:id="rId9630699b2f42b674a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7195,51 +7195,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">359-362.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt JW &amp; Ocamb CM (Senior Eds.) (2023) Pacific Northwest Plant Disease Management Handbook.  Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58236980a77b221a5" w:history="1">
+      <w:hyperlink r:id="rId5145699b2f42b68b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/node/12791/print</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7528,81 +7528,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 768-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54706980a77b223d4" w:history="1">
+      <w:hyperlink r:id="rId7412699b2f42b6ae1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-10-0884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schilder A (2014) Be on the lookout for leaf rust in Michigan blueberry fields. MSU Extension. Michigan State University Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37486980a77b22408" w:history="1">
+      <w:hyperlink r:id="rId1296699b2f42b6b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7920,51 +7920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105-110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60346980a77b22645" w:history="1">
+      <w:hyperlink r:id="rId2939699b2f42b6d5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.actahort.org/books/1180/1180_14.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8062,51 +8062,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sinclair WA &amp; Lyon HH (2005) Diseases of Trees and Shrubs (No. Ed. 2). Comstock Publishing Associates. 650 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Georgia (2015) Blueberry Leaf Rust. Appling County Crop E news. UGA Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23386980a77b2272f" w:history="1">
+      <w:hyperlink r:id="rId4686699b2f42b6e56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 February 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8239,51 +8239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1949-1949. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48366980a77b22849" w:history="1">
+      <w:hyperlink r:id="rId4269699b2f42b6f73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-15-1344-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8387,101 +8387,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson J (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (blueberry leaf rust). In: CABI Compendium, Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31536980a77b2293a" w:history="1">
+      <w:hyperlink r:id="rId5984699b2f42b7067" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.118630</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Maier W, Wilstermann A, Delbianco A &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thekopsora minima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1915. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88016980a77b2298b" w:history="1">
+      <w:hyperlink r:id="rId8064699b2f42b70b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1915</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8547,51 +8547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pucciniastrum minimum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86306980a77b22a72" w:history="1">
+      <w:hyperlink r:id="rId3401699b2f42b716f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8604,63 +8604,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28536611" name="name11256980a77b22e53" descr="eu_funding_250.png"/>
+            <wp:docPr id="32836482" name="name5476699b2f42b723e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27546980a77b22e51" cstate="print"/>
+                    <a:blip r:embed="rId2064699b2f42b723d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8758,137 +8758,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91214860">
+  <w:abstractNum w:abstractNumId="42616195">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35247146">
+    <w:lvl w:ilvl="0" w:tplc="14726594">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35247146" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14726594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35247146" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14726594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35247146" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14726594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35247146" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14726594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35247146" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14726594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35247146" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14726594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35247146" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14726594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35247146" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14726594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91214859">
+  <w:abstractNum w:abstractNumId="42616194">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88993332">
+    <w:lvl w:ilvl="0" w:tplc="45296329">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9640,55 +9640,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91214859">
-    <w:abstractNumId w:val="91214859"/>
+  <w:num w:numId="42616194">
+    <w:abstractNumId w:val="42616194"/>
   </w:num>
-  <w:num w:numId="91214860">
-    <w:abstractNumId w:val="91214860"/>
+  <w:num w:numId="42616195">
+    <w:abstractNumId w:val="42616195"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21238,51 +21238,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId712616896" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId625416162" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId56246980a77b1de57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId92216980a77b1dec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId49356980a77b1e5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId50486980a77b2161e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId76226980a77b2165b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId80656980a77b216b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId93986980a77b217eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId49086980a77b21820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId56176980a77b218c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId21206980a77b21913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId82446980a77b21972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId75286980a77b219b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId70076980a77b21a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId45236980a77b21a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId95066980a77b21a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId51676980a77b21afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId48486980a77b21b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId56076980a77b21b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId42316980a77b21bdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId24336980a77b21c1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId42446980a77b21c5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId96276980a77b21e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId80236980a77b22051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId58236980a77b221a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId54706980a77b223d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId37486980a77b22408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId60346980a77b22645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId23386980a77b2272f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId48366980a77b22849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId31536980a77b2293a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId88016980a77b2298b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId86306980a77b22a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80416980a77b1e4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80416980a77b1e4d2.jpg"/><Relationship Id="rId90836980a77b1ff83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90836980a77b1ff83.jpg"/><Relationship Id="rId27546980a77b22e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27546980a77b22e51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId946153500" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId321919057" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4667699b2f42b2827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/" TargetMode="External"/><Relationship Id="rId4560699b2f42b2892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/categorization" TargetMode="External"/><Relationship Id="rId5637699b2f42b2f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI/photos" TargetMode="External"/><Relationship Id="rId8099699b2f42b5d68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/fuse.2021.07.02" TargetMode="External"/><Relationship Id="rId3654699b2f42b5da3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2021/aac-aafc/A118-10-31-2020-eng.pdf" TargetMode="External"/><Relationship Id="rId4383699b2f42b5df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId2298699b2f42b5f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.10.1178B" TargetMode="External"/><Relationship Id="rId4185699b2f42b5f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utas.edu.au/__data/assets/pdf_file/0012/1110432/Blueberry-rust-management-cool-climate_220917.pdf" TargetMode="External"/><Relationship Id="rId6898699b2f42b5ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId5776699b2f42b604d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5916" TargetMode="External"/><Relationship Id="rId7242699b2f42b60ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6027" TargetMode="External"/><Relationship Id="rId3627699b2f42b60ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6028" TargetMode="External"/><Relationship Id="rId3572699b2f42b6149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2451699b2f42b6169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THEKMI" TargetMode="External"/><Relationship Id="rId2529699b2f42b61a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6126" TargetMode="External"/><Relationship Id="rId6295699b2f42b61f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6978" TargetMode="External"/><Relationship Id="rId5682699b2f42b6255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-7293" TargetMode="External"/><Relationship Id="rId7266699b2f42b6295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A2_list#fungi" TargetMode="External"/><Relationship Id="rId1836699b2f42b62d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId7905699b2f42b6311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/plant-biosecurity/blueberry-rust-declared-pest#:~:text=Blueberry%20rust%20" TargetMode="External"/><Relationship Id="rId5659699b2f42b6351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/collections/collection_2016/aac-aafc/A59-37-2016-eng.pdf" TargetMode="External"/><Relationship Id="rId1900699b2f42b6584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/blueberries/uploads/files/BlueberryGuide-online-FINAL.pdf" TargetMode="External"/><Relationship Id="rId9630699b2f42b674a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.tas.gov.au/ctee/Council/Reports/gab.BRT%20Report%20%20No%208%20of%202018%20for%20tabling%2019%20September%202018.pdf" TargetMode="External"/><Relationship Id="rId5145699b2f42b68b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/node/12791/print" TargetMode="External"/><Relationship Id="rId7412699b2f42b6ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-10-0884" TargetMode="External"/><Relationship Id="rId1296699b2f42b6b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canr.msu.edu/news/be_on_the_lookout_for_leaf_rust_in_michigan_blueberry_fields" TargetMode="External"/><Relationship Id="rId2939699b2f42b6d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actahort.org/books/1180/1180_14.htm" TargetMode="External"/><Relationship Id="rId4686699b2f42b6e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.extension.uga.edu/applingcrop/2015/04/blueberry-leaf-rust/" TargetMode="External"/><Relationship Id="rId4269699b2f42b6f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-15-1344-PDN" TargetMode="External"/><Relationship Id="rId5984699b2f42b7067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.118630" TargetMode="External"/><Relationship Id="rId8064699b2f42b70b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1915" TargetMode="External"/><Relationship Id="rId3401699b2f42b716f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7268699b2f42b2e6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7268699b2f42b2e6e.jpg"/><Relationship Id="rId7655699b2f42b4725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7655699b2f42b4725.jpg"/><Relationship Id="rId2064699b2f42b723d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2064699b2f42b723d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>