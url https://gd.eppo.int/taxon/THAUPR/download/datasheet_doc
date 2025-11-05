--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Linnaeus)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak processionary caterpillar, oak processionary moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619568e79505a1884" w:history="1">
+            <w:hyperlink r:id="rId6989690ae03995195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425068e79505a18c8" w:history="1">
+            <w:hyperlink r:id="rId5999690ae039951d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97184541" name="name968068e79505a1f7a" descr="8566.jpg"/>
+                  <wp:docPr id="30066744" name="name5587690ae03995a3d" descr="8566.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8566.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId611468e79505a1f77" cstate="print"/>
+                          <a:blip r:embed="rId1145690ae03995a3b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId406568e79505a2046" w:history="1">
+            <w:hyperlink r:id="rId7350690ae03995b4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53743031" name="name512268e79505a35c0" descr="THAUPR_distribution_map.jpg"/>
+            <wp:docPr id="98562353" name="name9970690ae03997337" descr="THAUPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId869468e79505a35bd" cstate="print"/>
+                    <a:blip r:embed="rId1855690ae03997334" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L., on two oak species: direct and trait-mediated effects of host and neighbor species identity. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bioRxiv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 865253; doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377468e79505a4b38" w:history="1">
+      <w:hyperlink r:id="rId1448690ae039988e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/865253</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6322,51 +6322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Murphy FA, Fauquet CM, Bishop DHL, Ghabrial SA, Jarvis AW, Martelli GP, Mayo MA, Summers MD (1995) Sixth Report of the International Committee on Taxonomy of Viruses. Archives of Virology. Springer Verlag, Wien New York. Supplement 10, 586 pages.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nageleisen L, 2008. Actualités sur les dépérissements du "chêne". Bilan de la santé des forêts en 2006. Les Cahiers du Département de la Santé des forêts. Ministère de l'agriculture et de la pêche. France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867268e79505a562b" w:history="1">
+      <w:hyperlink r:id="rId4183690ae03999379" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> . Accessed on 4 June 2009 Accessed on 4 June 2009.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6862,51 +6862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Skule B, Vilhelmsem F (1997) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. found in Denmark. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178468e79505a5995" w:history="1">
+      <w:hyperlink r:id="rId7416690ae039996f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lepidoptera.dk/process.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 13 September 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7973,51 +7973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648368e79505a609f" w:history="1">
+      <w:hyperlink r:id="rId7485690ae03999dc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8030,63 +8030,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59720128" name="name578368e79505a6167" descr="eu_funding_250.png"/>
+            <wp:docPr id="13267508" name="name8748690ae03999e65" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId271468e79505a6166" cstate="print"/>
+                    <a:blip r:embed="rId9014690ae03999e64" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8184,137 +8184,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31445681">
+  <w:abstractNum w:abstractNumId="28505066">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79499849">
+    <w:lvl w:ilvl="0" w:tplc="62097432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79499849" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62097432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79499849" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62097432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79499849" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62097432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79499849" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62097432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79499849" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62097432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79499849" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62097432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79499849" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62097432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79499849" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62097432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31445680">
+  <w:abstractNum w:abstractNumId="28505065">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30207096">
+    <w:lvl w:ilvl="0" w:tplc="73576092">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9066,55 +9066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31445680">
-    <w:abstractNumId w:val="31445680"/>
+  <w:num w:numId="28505065">
+    <w:abstractNumId w:val="28505065"/>
   </w:num>
-  <w:num w:numId="31445681">
-    <w:abstractNumId w:val="31445681"/>
+  <w:num w:numId="28505066">
+    <w:abstractNumId w:val="28505066"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20664,51 +20664,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId528416882" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId563786424" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId619568e79505a1884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId425068e79505a18c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId406568e79505a2046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId377468e79505a4b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId867268e79505a562b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId178468e79505a5995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId648368e79505a609f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId611468e79505a1f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611468e79505a1f77.jpg"/><Relationship Id="rId869468e79505a35bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId869468e79505a35bd.jpg"/><Relationship Id="rId271468e79505a6166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId271468e79505a6166.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId669105179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId845573930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6989690ae03995195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId5999690ae039951d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId7350690ae03995b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId1448690ae039988e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId4183690ae03999379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId7416690ae039996f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId7485690ae03999dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1145690ae03995a3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1145690ae03995a3b.jpg"/><Relationship Id="rId1855690ae03997334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1855690ae03997334.jpg"/><Relationship Id="rId9014690ae03999e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9014690ae03999e64.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>