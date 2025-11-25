--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Linnaeus)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak processionary caterpillar, oak processionary moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6989690ae03995195" w:history="1">
+            <w:hyperlink r:id="rId62406925840d6a24e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5999690ae039951d9" w:history="1">
+            <w:hyperlink r:id="rId72076925840d6a291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30066744" name="name5587690ae03995a3d" descr="8566.jpg"/>
+                  <wp:docPr id="37325435" name="name86566925840d6aa65" descr="8566.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8566.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1145690ae03995a3b" cstate="print"/>
+                          <a:blip r:embed="rId97966925840d6aa63" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7350690ae03995b4c" w:history="1">
+            <w:hyperlink r:id="rId11246925840d6ab94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98562353" name="name9970690ae03997337" descr="THAUPR_distribution_map.jpg"/>
+            <wp:docPr id="99873159" name="name32566925840d6beb3" descr="THAUPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1855690ae03997334" cstate="print"/>
+                    <a:blip r:embed="rId95926925840d6beaf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L., on two oak species: direct and trait-mediated effects of host and neighbor species identity. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bioRxiv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 865253; doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1448690ae039988e1" w:history="1">
+      <w:hyperlink r:id="rId39876925840d6d557" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/865253</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6322,51 +6322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Murphy FA, Fauquet CM, Bishop DHL, Ghabrial SA, Jarvis AW, Martelli GP, Mayo MA, Summers MD (1995) Sixth Report of the International Committee on Taxonomy of Viruses. Archives of Virology. Springer Verlag, Wien New York. Supplement 10, 586 pages.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nageleisen L, 2008. Actualités sur les dépérissements du "chêne". Bilan de la santé des forêts en 2006. Les Cahiers du Département de la Santé des forêts. Ministère de l'agriculture et de la pêche. France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4183690ae03999379" w:history="1">
+      <w:hyperlink r:id="rId15966925840d6e05e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> . Accessed on 4 June 2009 Accessed on 4 June 2009.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6862,51 +6862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Skule B, Vilhelmsem F (1997) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. found in Denmark. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7416690ae039996f1" w:history="1">
+      <w:hyperlink r:id="rId91186925840d6e3c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lepidoptera.dk/process.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 13 September 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7973,51 +7973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7485690ae03999dc4" w:history="1">
+      <w:hyperlink r:id="rId40306925840d6eb13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8030,63 +8030,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13267508" name="name8748690ae03999e65" descr="eu_funding_250.png"/>
+            <wp:docPr id="11975601" name="name97346925840d6ebf4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9014690ae03999e64" cstate="print"/>
+                    <a:blip r:embed="rId82326925840d6ebf3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8184,137 +8184,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28505066">
+  <w:abstractNum w:abstractNumId="55485330">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62097432">
+    <w:lvl w:ilvl="0" w:tplc="37856841">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62097432" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37856841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62097432" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37856841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62097432" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37856841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62097432" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37856841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62097432" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37856841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62097432" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37856841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62097432" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37856841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62097432" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37856841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28505065">
+  <w:abstractNum w:abstractNumId="55485329">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73576092">
+    <w:lvl w:ilvl="0" w:tplc="75192560">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9066,55 +9066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28505065">
-    <w:abstractNumId w:val="28505065"/>
+  <w:num w:numId="55485329">
+    <w:abstractNumId w:val="55485329"/>
   </w:num>
-  <w:num w:numId="28505066">
-    <w:abstractNumId w:val="28505066"/>
+  <w:num w:numId="55485330">
+    <w:abstractNumId w:val="55485330"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20664,51 +20664,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId669105179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId845573930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6989690ae03995195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId5999690ae039951d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId7350690ae03995b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId1448690ae039988e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId4183690ae03999379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId7416690ae039996f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId7485690ae03999dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1145690ae03995a3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1145690ae03995a3b.jpg"/><Relationship Id="rId1855690ae03997334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1855690ae03997334.jpg"/><Relationship Id="rId9014690ae03999e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9014690ae03999e64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId791627861" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId914519287" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId62406925840d6a24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId72076925840d6a291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId11246925840d6ab94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId39876925840d6d557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId15966925840d6e05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId91186925840d6e3c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId40306925840d6eb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97966925840d6aa63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97966925840d6aa63.jpg"/><Relationship Id="rId95926925840d6beaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95926925840d6beaf.jpg"/><Relationship Id="rId82326925840d6ebf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82326925840d6ebf3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>