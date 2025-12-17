--- v2 (2025-11-25)
+++ v3 (2025-12-17)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Linnaeus)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak processionary caterpillar, oak processionary moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62406925840d6a24e" w:history="1">
+            <w:hyperlink r:id="rId6275694233c585e39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72076925840d6a291" w:history="1">
+            <w:hyperlink r:id="rId1179694233c585e7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37325435" name="name86566925840d6aa65" descr="8566.jpg"/>
+                  <wp:docPr id="38796411" name="name8926694233c586764" descr="8566.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8566.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId97966925840d6aa63" cstate="print"/>
+                          <a:blip r:embed="rId4943694233c586762" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11246925840d6ab94" w:history="1">
+            <w:hyperlink r:id="rId2678694233c586891" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99873159" name="name32566925840d6beb3" descr="THAUPR_distribution_map.jpg"/>
+            <wp:docPr id="15117295" name="name4813694233c588219" descr="THAUPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95926925840d6beaf" cstate="print"/>
+                    <a:blip r:embed="rId9452694233c588215" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L., on two oak species: direct and trait-mediated effects of host and neighbor species identity. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bioRxiv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 865253; doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39876925840d6d557" w:history="1">
+      <w:hyperlink r:id="rId2481694233c5897f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/865253</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6322,51 +6322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Murphy FA, Fauquet CM, Bishop DHL, Ghabrial SA, Jarvis AW, Martelli GP, Mayo MA, Summers MD (1995) Sixth Report of the International Committee on Taxonomy of Viruses. Archives of Virology. Springer Verlag, Wien New York. Supplement 10, 586 pages.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nageleisen L, 2008. Actualités sur les dépérissements du "chêne". Bilan de la santé des forêts en 2006. Les Cahiers du Département de la Santé des forêts. Ministère de l'agriculture et de la pêche. France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15966925840d6e05e" w:history="1">
+      <w:hyperlink r:id="rId8172694233c58a300" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> . Accessed on 4 June 2009 Accessed on 4 June 2009.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6862,51 +6862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Skule B, Vilhelmsem F (1997) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. found in Denmark. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91186925840d6e3c7" w:history="1">
+      <w:hyperlink r:id="rId6938694233c58a67a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lepidoptera.dk/process.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 13 September 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7973,51 +7973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40306925840d6eb13" w:history="1">
+      <w:hyperlink r:id="rId6049694233c58ade4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8030,63 +8030,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11975601" name="name97346925840d6ebf4" descr="eu_funding_250.png"/>
+            <wp:docPr id="10143403" name="name9639694233c58b349" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82326925840d6ebf3" cstate="print"/>
+                    <a:blip r:embed="rId3499694233c58b347" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8184,137 +8184,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55485330">
+  <w:abstractNum w:abstractNumId="54110327">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37856841">
+    <w:lvl w:ilvl="0" w:tplc="82911941">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37856841" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82911941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37856841" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82911941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37856841" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82911941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37856841" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82911941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37856841" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82911941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37856841" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82911941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37856841" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82911941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37856841" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82911941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55485329">
+  <w:abstractNum w:abstractNumId="54110326">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75192560">
+    <w:lvl w:ilvl="0" w:tplc="34996067">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9066,55 +9066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55485329">
-    <w:abstractNumId w:val="55485329"/>
+  <w:num w:numId="54110326">
+    <w:abstractNumId w:val="54110326"/>
   </w:num>
-  <w:num w:numId="55485330">
-    <w:abstractNumId w:val="55485330"/>
+  <w:num w:numId="54110327">
+    <w:abstractNumId w:val="54110327"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20664,51 +20664,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId791627861" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId914519287" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId62406925840d6a24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId72076925840d6a291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId11246925840d6ab94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId39876925840d6d557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId15966925840d6e05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId91186925840d6e3c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId40306925840d6eb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97966925840d6aa63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97966925840d6aa63.jpg"/><Relationship Id="rId95926925840d6beaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95926925840d6beaf.jpg"/><Relationship Id="rId82326925840d6ebf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82326925840d6ebf3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId196617863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId684648799" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6275694233c585e39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId1179694233c585e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId2678694233c586891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId2481694233c5897f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId8172694233c58a300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId6938694233c58a67a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId6049694233c58ade4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4943694233c586762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4943694233c586762.jpg"/><Relationship Id="rId9452694233c588215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9452694233c588215.jpg"/><Relationship Id="rId3499694233c58b347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3499694233c58b347.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>