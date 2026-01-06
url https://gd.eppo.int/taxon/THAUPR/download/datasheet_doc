--- v3 (2025-12-17)
+++ v4 (2026-01-06)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Linnaeus)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak processionary caterpillar, oak processionary moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6275694233c585e39" w:history="1">
+            <w:hyperlink r:id="rId4763695d28e59c0c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1179694233c585e7f" w:history="1">
+            <w:hyperlink r:id="rId1538695d28e59c116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38796411" name="name8926694233c586764" descr="8566.jpg"/>
+                  <wp:docPr id="29328542" name="name6077695d28e59c857" descr="8566.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8566.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4943694233c586762" cstate="print"/>
+                          <a:blip r:embed="rId3806695d28e59c855" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2678694233c586891" w:history="1">
+            <w:hyperlink r:id="rId1580695d28e59c995" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15117295" name="name4813694233c588219" descr="THAUPR_distribution_map.jpg"/>
+            <wp:docPr id="35824719" name="name9728695d28e59dd41" descr="THAUPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9452694233c588215" cstate="print"/>
+                    <a:blip r:embed="rId7380695d28e59dd3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L., on two oak species: direct and trait-mediated effects of host and neighbor species identity. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bioRxiv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 865253; doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2481694233c5897f7" w:history="1">
+      <w:hyperlink r:id="rId8131695d28e59f333" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/865253</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6322,51 +6322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Murphy FA, Fauquet CM, Bishop DHL, Ghabrial SA, Jarvis AW, Martelli GP, Mayo MA, Summers MD (1995) Sixth Report of the International Committee on Taxonomy of Viruses. Archives of Virology. Springer Verlag, Wien New York. Supplement 10, 586 pages.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nageleisen L, 2008. Actualités sur les dépérissements du "chêne". Bilan de la santé des forêts en 2006. Les Cahiers du Département de la Santé des forêts. Ministère de l'agriculture et de la pêche. France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8172694233c58a300" w:history="1">
+      <w:hyperlink r:id="rId8766695d28e59fe26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> . Accessed on 4 June 2009 Accessed on 4 June 2009.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6862,51 +6862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Skule B, Vilhelmsem F (1997) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. found in Denmark. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6938694233c58a67a" w:history="1">
+      <w:hyperlink r:id="rId4630695d28e5a0190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lepidoptera.dk/process.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 13 September 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7951,73 +7951,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6049694233c58ade4" w:history="1">
+      <w:hyperlink r:id="rId7225695d28e5a08bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8030,63 +8030,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10143403" name="name9639694233c58b349" descr="eu_funding_250.png"/>
+            <wp:docPr id="14776063" name="name4064695d28e5a0997" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3499694233c58b347" cstate="print"/>
+                    <a:blip r:embed="rId9116695d28e5a0996" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8184,137 +8184,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54110327">
+  <w:abstractNum w:abstractNumId="31005956">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82911941">
+    <w:lvl w:ilvl="0" w:tplc="87322926">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82911941" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87322926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82911941" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87322926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82911941" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87322926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82911941" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87322926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82911941" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87322926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82911941" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87322926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82911941" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87322926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82911941" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87322926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54110326">
+  <w:abstractNum w:abstractNumId="31005955">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34996067">
+    <w:lvl w:ilvl="0" w:tplc="82769980">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9066,55 +9066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54110326">
-    <w:abstractNumId w:val="54110326"/>
+  <w:num w:numId="31005955">
+    <w:abstractNumId w:val="31005955"/>
   </w:num>
-  <w:num w:numId="54110327">
-    <w:abstractNumId w:val="54110327"/>
+  <w:num w:numId="31005956">
+    <w:abstractNumId w:val="31005956"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20664,51 +20664,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId196617863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId684648799" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6275694233c585e39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId1179694233c585e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId2678694233c586891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId2481694233c5897f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId8172694233c58a300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId6938694233c58a67a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId6049694233c58ade4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4943694233c586762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4943694233c586762.jpg"/><Relationship Id="rId9452694233c588215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9452694233c588215.jpg"/><Relationship Id="rId3499694233c58b347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3499694233c58b347.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId706526281" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830163154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4763695d28e59c0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId1538695d28e59c116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId1580695d28e59c995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId8131695d28e59f333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId8766695d28e59fe26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId4630695d28e5a0190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId7225695d28e5a08bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3806695d28e59c855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3806695d28e59c855.jpg"/><Relationship Id="rId7380695d28e59dd3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7380695d28e59dd3e.jpg"/><Relationship Id="rId9116695d28e5a0996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9116695d28e5a0996.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>