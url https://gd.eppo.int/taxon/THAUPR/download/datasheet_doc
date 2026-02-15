--- v4 (2026-01-06)
+++ v5 (2026-02-15)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Linnaeus)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak processionary caterpillar, oak processionary moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4763695d28e59c0c5" w:history="1">
+            <w:hyperlink r:id="rId538369919a88ad821" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1538695d28e59c116" w:history="1">
+            <w:hyperlink r:id="rId885369919a88ad869" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29328542" name="name6077695d28e59c857" descr="8566.jpg"/>
+                  <wp:docPr id="63990617" name="name256869919a88adf2d" descr="8566.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8566.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3806695d28e59c855" cstate="print"/>
+                          <a:blip r:embed="rId930369919a88adf2b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1580695d28e59c995" w:history="1">
+            <w:hyperlink r:id="rId403369919a88ae071" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1481,105 +1481,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35824719" name="name9728695d28e59dd41" descr="THAUPR_distribution_map.jpg"/>
+            <wp:docPr id="98791386" name="name763269919a88afa9b" descr="THAUPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7380695d28e59dd3e" cstate="print"/>
+                    <a:blip r:embed="rId656869919a88afa97" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Belgium, Bulgaria, Croatia, Czechia, Denmark, France (mainland), Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland), Jersey, Jordan, Moldova, Republic of, Montenegro, Netherlands, North Macedonia, Poland, Portugal (mainland), Romania, Russian Federation (the), Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Belgium, Bulgaria, Croatia, Czechia, Denmark, France (mainland), Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland), Jersey, Jordan, Moldova, Republic of, Montenegro, Netherlands, North Macedonia, Poland, Portugal (mainland), Romania, Russian Federation, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Israel, Jordan, Lebanon, Syrian Arab Republic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L., on two oak species: direct and trait-mediated effects of host and neighbor species identity. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bioRxiv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 865253; doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8131695d28e59f333" w:history="1">
+      <w:hyperlink r:id="rId174969919a88b14b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/865253</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6322,51 +6322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Murphy FA, Fauquet CM, Bishop DHL, Ghabrial SA, Jarvis AW, Martelli GP, Mayo MA, Summers MD (1995) Sixth Report of the International Committee on Taxonomy of Viruses. Archives of Virology. Springer Verlag, Wien New York. Supplement 10, 586 pages.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nageleisen L, 2008. Actualités sur les dépérissements du "chêne". Bilan de la santé des forêts en 2006. Les Cahiers du Département de la Santé des forêts. Ministère de l'agriculture et de la pêche. France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8766695d28e59fe26" w:history="1">
+      <w:hyperlink r:id="rId850269919a88b2098" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> . Accessed on 4 June 2009 Accessed on 4 June 2009.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6862,51 +6862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Skule B, Vilhelmsem F (1997) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. found in Denmark. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4630695d28e5a0190" w:history="1">
+      <w:hyperlink r:id="rId465269919a88b2404" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lepidoptera.dk/process.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 13 September 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7973,51 +7973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7225695d28e5a08bb" w:history="1">
+      <w:hyperlink r:id="rId347869919a88b2c24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8030,63 +8030,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14776063" name="name4064695d28e5a0997" descr="eu_funding_250.png"/>
+            <wp:docPr id="78771458" name="name561669919a88b315e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9116695d28e5a0996" cstate="print"/>
+                    <a:blip r:embed="rId174269919a88b315c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8184,137 +8184,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31005956">
+  <w:abstractNum w:abstractNumId="25583621">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87322926">
+    <w:lvl w:ilvl="0" w:tplc="99068755">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87322926" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99068755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87322926" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99068755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87322926" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99068755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87322926" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99068755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87322926" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99068755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87322926" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99068755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87322926" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99068755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87322926" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99068755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31005955">
+  <w:abstractNum w:abstractNumId="25583620">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82769980">
+    <w:lvl w:ilvl="0" w:tplc="32064712">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9066,55 +9066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31005955">
-    <w:abstractNumId w:val="31005955"/>
+  <w:num w:numId="25583620">
+    <w:abstractNumId w:val="25583620"/>
   </w:num>
-  <w:num w:numId="31005956">
-    <w:abstractNumId w:val="31005956"/>
+  <w:num w:numId="25583621">
+    <w:abstractNumId w:val="25583621"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20664,51 +20664,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId706526281" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830163154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4763695d28e59c0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId1538695d28e59c116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId1580695d28e59c995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId8131695d28e59f333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId8766695d28e59fe26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId4630695d28e5a0190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId7225695d28e5a08bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3806695d28e59c855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3806695d28e59c855.jpg"/><Relationship Id="rId7380695d28e59dd3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7380695d28e59dd3e.jpg"/><Relationship Id="rId9116695d28e5a0996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9116695d28e5a0996.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117753064" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId572894658" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId538369919a88ad821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId885369919a88ad869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId403369919a88ae071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId174969919a88b14b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId850269919a88b2098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId465269919a88b2404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId347869919a88b2c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId930369919a88adf2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId930369919a88adf2b.jpg"/><Relationship Id="rId656869919a88afa97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656869919a88afa97.jpg"/><Relationship Id="rId174269919a88b315c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174269919a88b315c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>