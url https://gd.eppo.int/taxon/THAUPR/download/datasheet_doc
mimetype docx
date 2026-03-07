--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Linnaeus)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak processionary caterpillar, oak processionary moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId538369919a88ad821" w:history="1">
+            <w:hyperlink r:id="rId774869ac33d23dcd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId885369919a88ad869" w:history="1">
+            <w:hyperlink r:id="rId830269ac33d23dd23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63990617" name="name256869919a88adf2d" descr="8566.jpg"/>
+                  <wp:docPr id="10875955" name="name742669ac33d23e422" descr="8566.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8566.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId930369919a88adf2b" cstate="print"/>
+                          <a:blip r:embed="rId569869ac33d23e421" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId403369919a88ae071" w:history="1">
+            <w:hyperlink r:id="rId286069ac33d23e586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98791386" name="name763269919a88afa9b" descr="THAUPR_distribution_map.jpg"/>
+            <wp:docPr id="97207430" name="name386169ac33d23fe09" descr="THAUPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId656869919a88afa97" cstate="print"/>
+                    <a:blip r:embed="rId395369ac33d23fe05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L., on two oak species: direct and trait-mediated effects of host and neighbor species identity. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bioRxiv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 865253; doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174969919a88b14b6" w:history="1">
+      <w:hyperlink r:id="rId150069ac33d241426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/865253</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6322,51 +6322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Murphy FA, Fauquet CM, Bishop DHL, Ghabrial SA, Jarvis AW, Martelli GP, Mayo MA, Summers MD (1995) Sixth Report of the International Committee on Taxonomy of Viruses. Archives of Virology. Springer Verlag, Wien New York. Supplement 10, 586 pages.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nageleisen L, 2008. Actualités sur les dépérissements du "chêne". Bilan de la santé des forêts en 2006. Les Cahiers du Département de la Santé des forêts. Ministère de l'agriculture et de la pêche. France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850269919a88b2098" w:history="1">
+      <w:hyperlink r:id="rId399569ac33d241f40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> . Accessed on 4 June 2009 Accessed on 4 June 2009.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6862,51 +6862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Skule B, Vilhelmsem F (1997) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. found in Denmark. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465269919a88b2404" w:history="1">
+      <w:hyperlink r:id="rId315169ac33d2422ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lepidoptera.dk/process.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 13 September 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7973,51 +7973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347869919a88b2c24" w:history="1">
+      <w:hyperlink r:id="rId244769ac33d2429fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8030,63 +8030,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78771458" name="name561669919a88b315e" descr="eu_funding_250.png"/>
+            <wp:docPr id="77784791" name="name904969ac33d242f4d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId174269919a88b315c" cstate="print"/>
+                    <a:blip r:embed="rId717569ac33d242f4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8184,137 +8184,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25583621">
+  <w:abstractNum w:abstractNumId="68124029">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99068755">
+    <w:lvl w:ilvl="0" w:tplc="89898598">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99068755" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89898598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99068755" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89898598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99068755" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89898598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99068755" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89898598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99068755" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89898598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99068755" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89898598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99068755" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89898598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99068755" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89898598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25583620">
+  <w:abstractNum w:abstractNumId="68124028">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32064712">
+    <w:lvl w:ilvl="0" w:tplc="54476676">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9066,55 +9066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25583620">
-    <w:abstractNumId w:val="25583620"/>
+  <w:num w:numId="68124028">
+    <w:abstractNumId w:val="68124028"/>
   </w:num>
-  <w:num w:numId="25583621">
-    <w:abstractNumId w:val="25583621"/>
+  <w:num w:numId="68124029">
+    <w:abstractNumId w:val="68124029"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20664,51 +20664,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117753064" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId572894658" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId538369919a88ad821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId885369919a88ad869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId403369919a88ae071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId174969919a88b14b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId850269919a88b2098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId465269919a88b2404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId347869919a88b2c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId930369919a88adf2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId930369919a88adf2b.jpg"/><Relationship Id="rId656869919a88afa97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656869919a88afa97.jpg"/><Relationship Id="rId174269919a88b315c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174269919a88b315c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987789579" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId255310710" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId774869ac33d23dcd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId830269ac33d23dd23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId286069ac33d23e586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId150069ac33d241426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId399569ac33d241f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId315169ac33d2422ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId244769ac33d2429fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId569869ac33d23e421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569869ac33d23e421.jpg"/><Relationship Id="rId395369ac33d23fe05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395369ac33d23fe05.jpg"/><Relationship Id="rId717569ac33d242f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId717569ac33d242f4c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>