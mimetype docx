--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Linnaeus)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak processionary caterpillar, oak processionary moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId774869ac33d23dcd0" w:history="1">
+            <w:hyperlink r:id="rId114769c74c80d183c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId830269ac33d23dd23" w:history="1">
+            <w:hyperlink r:id="rId141969c74c80d1883" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10875955" name="name742669ac33d23e422" descr="8566.jpg"/>
+                  <wp:docPr id="99219531" name="name689369c74c80d2064" descr="8566.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8566.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId569869ac33d23e421" cstate="print"/>
+                          <a:blip r:embed="rId313669c74c80d2062" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId286069ac33d23e586" w:history="1">
+            <w:hyperlink r:id="rId647569c74c80d21ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97207430" name="name386169ac33d23fe09" descr="THAUPR_distribution_map.jpg"/>
+            <wp:docPr id="67343454" name="name194969c74c80d384c" descr="THAUPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId395369ac33d23fe05" cstate="print"/>
+                    <a:blip r:embed="rId631269c74c80d3848" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4613,51 +4613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L., on two oak species: direct and trait-mediated effects of host and neighbor species identity. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bioRxiv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 865253; doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150069ac33d241426" w:history="1">
+      <w:hyperlink r:id="rId385069c74c80d4e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/865253</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6322,51 +6322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Murphy FA, Fauquet CM, Bishop DHL, Ghabrial SA, Jarvis AW, Martelli GP, Mayo MA, Summers MD (1995) Sixth Report of the International Committee on Taxonomy of Viruses. Archives of Virology. Springer Verlag, Wien New York. Supplement 10, 586 pages.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nageleisen L, 2008. Actualités sur les dépérissements du "chêne". Bilan de la santé des forêts en 2006. Les Cahiers du Département de la Santé des forêts. Ministère de l'agriculture et de la pêche. France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399569ac33d241f40" w:history="1">
+      <w:hyperlink r:id="rId874269c74c80d590b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> . Accessed on 4 June 2009 Accessed on 4 June 2009.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6862,51 +6862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Skule B, Vilhelmsem F (1997) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. found in Denmark. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315169ac33d2422ef" w:history="1">
+      <w:hyperlink r:id="rId255769c74c80d5c79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lepidoptera.dk/process.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 13 September 2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7973,51 +7973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea processionea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244769ac33d2429fb" w:history="1">
+      <w:hyperlink r:id="rId451169c74c80d6384" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8030,63 +8030,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77784791" name="name904969ac33d242f4d" descr="eu_funding_250.png"/>
+            <wp:docPr id="19865011" name="name569569c74c80d658f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId717569ac33d242f4c" cstate="print"/>
+                    <a:blip r:embed="rId169869c74c80d658e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8184,137 +8184,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68124029">
+  <w:abstractNum w:abstractNumId="26098759">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89898598">
+    <w:lvl w:ilvl="0" w:tplc="75824895">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89898598" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75824895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89898598" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75824895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89898598" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75824895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89898598" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75824895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89898598" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75824895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89898598" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75824895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89898598" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75824895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89898598" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75824895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68124028">
+  <w:abstractNum w:abstractNumId="26098758">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54476676">
+    <w:lvl w:ilvl="0" w:tplc="69438931">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9066,55 +9066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68124028">
-    <w:abstractNumId w:val="68124028"/>
+  <w:num w:numId="26098758">
+    <w:abstractNumId w:val="26098758"/>
   </w:num>
-  <w:num w:numId="68124029">
-    <w:abstractNumId w:val="68124029"/>
+  <w:num w:numId="26098759">
+    <w:abstractNumId w:val="26098759"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20664,51 +20664,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987789579" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId255310710" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId774869ac33d23dcd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId830269ac33d23dd23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId286069ac33d23e586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId150069ac33d241426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId399569ac33d241f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId315169ac33d2422ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId244769ac33d2429fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId569869ac33d23e421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569869ac33d23e421.jpg"/><Relationship Id="rId395369ac33d23fe05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395369ac33d23fe05.jpg"/><Relationship Id="rId717569ac33d242f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId717569ac33d242f4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId847324354" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371744815" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId114769c74c80d183c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/" TargetMode="External"/><Relationship Id="rId141969c74c80d1883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/categorization" TargetMode="External"/><Relationship Id="rId647569c74c80d21ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPR/photos" TargetMode="External"/><Relationship Id="rId385069c74c80d4e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/865253" TargetMode="External"/><Relationship Id="rId874269c74c80d590b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agriculture.gouv.fr/sections/thematiques/foretbois/sante-des-forets/annee2006/downloadFile/FichierAttache_2_f0/depeche_2006.pdf" TargetMode="External"/><Relationship Id="rId255769c74c80d5c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepidoptera.dk/process.htm" TargetMode="External"/><Relationship Id="rId451169c74c80d6384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId313669c74c80d2062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId313669c74c80d2062.jpg"/><Relationship Id="rId631269c74c80d3848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631269c74c80d3848.jpg"/><Relationship Id="rId169869c74c80d658e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId169869c74c80d658e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>