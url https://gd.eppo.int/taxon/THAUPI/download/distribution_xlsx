--- v0 (2025-10-20)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="THAUPI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -146,159 +146,162 @@
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Corse</t>
   </si>
   <si>
     <t>cc</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
+    <t>Absent, unreliable record</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Kriti</t>
+  </si>
+  <si>
+    <t>ct</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Present, few occurrences</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Sardegna</t>
+  </si>
+  <si>
+    <t>sd</t>
+  </si>
+  <si>
+    <t>Sicilia</t>
+  </si>
+  <si>
+    <t>sc</t>
+  </si>
+  <si>
+    <t>Montenegro</t>
+  </si>
+  <si>
+    <t>ME</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Absent, no pest record</t>
+  </si>
+  <si>
+    <t>North Macedonia</t>
+  </si>
+  <si>
+    <t>MK</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Serbia</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Islas Baleares</t>
+  </si>
+  <si>
+    <t>bi</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Türkiye</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
     <t>Absent, pest no longer present</t>
-  </si>
-[...106 lines deleted...]
-    <t>GB</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>en</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1189,71 +1192,71 @@
       <c r="B33" t="s">
         <v>77</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>78</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>25</v>
       </c>
       <c r="B34" t="s">
         <v>79</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>80</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>25</v>
       </c>
       <c r="B35" t="s">
         <v>79</v>
       </c>
       <c r="C35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D35" t="s">
         <v>80</v>
       </c>
       <c r="E35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F35" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">