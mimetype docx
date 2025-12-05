--- v0 (2025-11-15)
+++ v1 (2025-12-05)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Denis &amp; Schiffermüller)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine processionary, pine processionary caterpillar, stone-pine processionary caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69536918909a05cf9" w:history="1">
+            <w:hyperlink r:id="rId100769332eb29b6de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81206918909a05d3d" w:history="1">
+            <w:hyperlink r:id="rId452569332eb29b724" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92696864" name="name94556918909a06578" descr="1610.jpg"/>
+                  <wp:docPr id="82319655" name="name422269332eb29bdbc" descr="1610.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1610.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId67446918909a06577" cstate="print"/>
+                          <a:blip r:embed="rId924469332eb29bdbb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId36196918909a0669f" w:history="1">
+            <w:hyperlink r:id="rId360369332eb29bed7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36490668" name="name33306918909a07aa5" descr="THAUPI_distribution_map.jpg"/>
+            <wp:docPr id="76761383" name="name683469332eb29d1f4" descr="THAUPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22706918909a07aa2" cstate="print"/>
+                    <a:blip r:embed="rId106969332eb29d1f1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11414,51 +11414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea pityocampa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39906918909a0be98" w:history="1">
+      <w:hyperlink r:id="rId632369332eb2a178c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11533,63 +11533,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57263888" name="name96186918909a0bfbe" descr="eu_funding_250.png"/>
+            <wp:docPr id="99925242" name="name660169332eb2a18d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21956918909a0bfbd" cstate="print"/>
+                    <a:blip r:embed="rId370669332eb2a18d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11687,137 +11687,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84897196">
+  <w:abstractNum w:abstractNumId="44237542">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70106426">
+    <w:lvl w:ilvl="0" w:tplc="67852127">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70106426" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67852127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70106426" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67852127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70106426" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67852127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70106426" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67852127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70106426" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67852127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70106426" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67852127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70106426" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67852127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70106426" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67852127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84897195">
+  <w:abstractNum w:abstractNumId="44237541">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42591819">
+    <w:lvl w:ilvl="0" w:tplc="56570506">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12569,55 +12569,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84897195">
-    <w:abstractNumId w:val="84897195"/>
+  <w:num w:numId="44237541">
+    <w:abstractNumId w:val="44237541"/>
   </w:num>
-  <w:num w:numId="84897196">
-    <w:abstractNumId w:val="84897196"/>
+  <w:num w:numId="44237542">
+    <w:abstractNumId w:val="44237542"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24167,51 +24167,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId134271013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182317051" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId69536918909a05cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId81206918909a05d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId36196918909a0669f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId39906918909a0be98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67446918909a06577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67446918909a06577.jpg"/><Relationship Id="rId22706918909a07aa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22706918909a07aa2.jpg"/><Relationship Id="rId21956918909a0bfbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21956918909a0bfbd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId713289845" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId999512633" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId100769332eb29b6de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId452569332eb29b724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId360369332eb29bed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId632369332eb2a178c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId924469332eb29bdbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924469332eb29bdbb.jpg"/><Relationship Id="rId106969332eb29d1f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId106969332eb29d1f1.jpg"/><Relationship Id="rId370669332eb2a18d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370669332eb2a18d6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>