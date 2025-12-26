--- v1 (2025-12-05)
+++ v2 (2025-12-26)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Denis &amp; Schiffermüller)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine processionary, pine processionary caterpillar, stone-pine processionary caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100769332eb29b6de" w:history="1">
+            <w:hyperlink r:id="rId2260694ddde366497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452569332eb29b724" w:history="1">
+            <w:hyperlink r:id="rId7689694ddde3664dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82319655" name="name422269332eb29bdbc" descr="1610.jpg"/>
+                  <wp:docPr id="70164986" name="name6669694ddde366af0" descr="1610.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1610.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId924469332eb29bdbb" cstate="print"/>
+                          <a:blip r:embed="rId5913694ddde366aee" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId360369332eb29bed7" w:history="1">
+            <w:hyperlink r:id="rId2765694ddde366bf6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76761383" name="name683469332eb29d1f4" descr="THAUPI_distribution_map.jpg"/>
+            <wp:docPr id="8028997" name="name6234694ddde367df3" descr="THAUPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId106969332eb29d1f1" cstate="print"/>
+                    <a:blip r:embed="rId3121694ddde367df0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11414,51 +11414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea pityocampa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632369332eb2a178c" w:history="1">
+      <w:hyperlink r:id="rId1211694ddde36bfe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11533,63 +11533,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99925242" name="name660169332eb2a18d8" descr="eu_funding_250.png"/>
+            <wp:docPr id="87809919" name="name9072694ddde36c135" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId370669332eb2a18d6" cstate="print"/>
+                    <a:blip r:embed="rId6361694ddde36c134" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11687,137 +11687,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44237542">
+  <w:abstractNum w:abstractNumId="17847807">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67852127">
+    <w:lvl w:ilvl="0" w:tplc="30970641">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67852127" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30970641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67852127" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30970641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67852127" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30970641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67852127" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30970641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67852127" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30970641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67852127" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30970641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67852127" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30970641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67852127" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30970641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44237541">
+  <w:abstractNum w:abstractNumId="17847806">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56570506">
+    <w:lvl w:ilvl="0" w:tplc="96973165">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12569,55 +12569,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44237541">
-    <w:abstractNumId w:val="44237541"/>
+  <w:num w:numId="17847806">
+    <w:abstractNumId w:val="17847806"/>
   </w:num>
-  <w:num w:numId="44237542">
-    <w:abstractNumId w:val="44237542"/>
+  <w:num w:numId="17847807">
+    <w:abstractNumId w:val="17847807"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24167,51 +24167,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId713289845" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId999512633" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId100769332eb29b6de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId452569332eb29b724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId360369332eb29bed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId632369332eb2a178c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId924469332eb29bdbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924469332eb29bdbb.jpg"/><Relationship Id="rId106969332eb29d1f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId106969332eb29d1f1.jpg"/><Relationship Id="rId370669332eb2a18d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370669332eb2a18d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId497799809" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId318784897" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2260694ddde366497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId7689694ddde3664dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId2765694ddde366bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId1211694ddde36bfe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5913694ddde366aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5913694ddde366aee.jpg"/><Relationship Id="rId3121694ddde367df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3121694ddde367df0.jpg"/><Relationship Id="rId6361694ddde36c134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6361694ddde36c134.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>