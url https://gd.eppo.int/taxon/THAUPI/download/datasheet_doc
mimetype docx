--- v2 (2025-12-26)
+++ v3 (2026-01-17)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Denis &amp; Schiffermüller)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine processionary, pine processionary caterpillar, stone-pine processionary caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2260694ddde366497" w:history="1">
+            <w:hyperlink r:id="rId5783696bbbeeae670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7689694ddde3664dd" w:history="1">
+            <w:hyperlink r:id="rId8717696bbbeeae6b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70164986" name="name6669694ddde366af0" descr="1610.jpg"/>
+                  <wp:docPr id="78440081" name="name2034696bbbeeaee92" descr="1610.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1610.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5913694ddde366aee" cstate="print"/>
+                          <a:blip r:embed="rId2594696bbbeeaee90" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2765694ddde366bf6" w:history="1">
+            <w:hyperlink r:id="rId7671696bbbeeaefb7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8028997" name="name6234694ddde367df3" descr="THAUPI_distribution_map.jpg"/>
+            <wp:docPr id="15819195" name="name5372696bbbeeb0423" descr="THAUPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3121694ddde367df0" cstate="print"/>
+                    <a:blip r:embed="rId4285696bbbeeb0420" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11392,73 +11392,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea pityocampa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1211694ddde36bfe7" w:history="1">
+      <w:hyperlink r:id="rId6224696bbbeeb4660" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11533,63 +11533,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87809919" name="name9072694ddde36c135" descr="eu_funding_250.png"/>
+            <wp:docPr id="64580027" name="name4270696bbbeeb47bb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6361694ddde36c134" cstate="print"/>
+                    <a:blip r:embed="rId5459696bbbeeb47b9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11687,137 +11687,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17847807">
+  <w:abstractNum w:abstractNumId="88363962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30970641">
+    <w:lvl w:ilvl="0" w:tplc="33061939">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30970641" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33061939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30970641" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33061939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30970641" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33061939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30970641" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33061939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30970641" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33061939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30970641" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33061939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30970641" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33061939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30970641" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33061939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17847806">
+  <w:abstractNum w:abstractNumId="88363961">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96973165">
+    <w:lvl w:ilvl="0" w:tplc="17796951">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12569,55 +12569,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17847806">
-    <w:abstractNumId w:val="17847806"/>
+  <w:num w:numId="88363961">
+    <w:abstractNumId w:val="88363961"/>
   </w:num>
-  <w:num w:numId="17847807">
-    <w:abstractNumId w:val="17847807"/>
+  <w:num w:numId="88363962">
+    <w:abstractNumId w:val="88363962"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24167,51 +24167,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId497799809" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId318784897" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2260694ddde366497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId7689694ddde3664dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId2765694ddde366bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId1211694ddde36bfe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5913694ddde366aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5913694ddde366aee.jpg"/><Relationship Id="rId3121694ddde367df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3121694ddde367df0.jpg"/><Relationship Id="rId6361694ddde36c134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6361694ddde36c134.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId841904927" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId642186824" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5783696bbbeeae670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId8717696bbbeeae6b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId7671696bbbeeaefb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId6224696bbbeeb4660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2594696bbbeeaee90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2594696bbbeeaee90.jpg"/><Relationship Id="rId4285696bbbeeb0420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4285696bbbeeb0420.jpg"/><Relationship Id="rId5459696bbbeeb47b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5459696bbbeeb47b9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>