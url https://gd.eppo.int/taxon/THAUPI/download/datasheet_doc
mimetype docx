--- v3 (2026-01-17)
+++ v4 (2026-02-06)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Denis &amp; Schiffermüller)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine processionary, pine processionary caterpillar, stone-pine processionary caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5783696bbbeeae670" w:history="1">
+            <w:hyperlink r:id="rId709869865f39f1b56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8717696bbbeeae6b6" w:history="1">
+            <w:hyperlink r:id="rId514769865f39f1b9b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78440081" name="name2034696bbbeeaee92" descr="1610.jpg"/>
+                  <wp:docPr id="32690062" name="name503269865f39f2192" descr="1610.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1610.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2594696bbbeeaee90" cstate="print"/>
+                          <a:blip r:embed="rId725869865f39f2191" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7671696bbbeeaefb7" w:history="1">
+            <w:hyperlink r:id="rId379569865f39f22e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15819195" name="name5372696bbbeeb0423" descr="THAUPI_distribution_map.jpg"/>
+            <wp:docPr id="34968033" name="name305369865f39f3527" descr="THAUPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4285696bbbeeb0420" cstate="print"/>
+                    <a:blip r:embed="rId651769865f39f3525" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11414,51 +11414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea pityocampa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6224696bbbeeb4660" w:history="1">
+      <w:hyperlink r:id="rId291569865f3a0350a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11533,63 +11533,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64580027" name="name4270696bbbeeb47bb" descr="eu_funding_250.png"/>
+            <wp:docPr id="18789407" name="name775569865f3a03a07" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5459696bbbeeb47b9" cstate="print"/>
+                    <a:blip r:embed="rId106769865f3a03a04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11687,137 +11687,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88363962">
+  <w:abstractNum w:abstractNumId="61323761">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33061939">
+    <w:lvl w:ilvl="0" w:tplc="64353275">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33061939" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64353275" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33061939" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64353275" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33061939" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64353275" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33061939" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64353275" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33061939" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64353275" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33061939" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64353275" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33061939" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64353275" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33061939" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64353275" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88363961">
+  <w:abstractNum w:abstractNumId="61323760">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17796951">
+    <w:lvl w:ilvl="0" w:tplc="87459175">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12569,55 +12569,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88363961">
-    <w:abstractNumId w:val="88363961"/>
+  <w:num w:numId="61323760">
+    <w:abstractNumId w:val="61323760"/>
   </w:num>
-  <w:num w:numId="88363962">
-    <w:abstractNumId w:val="88363962"/>
+  <w:num w:numId="61323761">
+    <w:abstractNumId w:val="61323761"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24167,51 +24167,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId841904927" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId642186824" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5783696bbbeeae670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId8717696bbbeeae6b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId7671696bbbeeaefb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId6224696bbbeeb4660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2594696bbbeeaee90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2594696bbbeeaee90.jpg"/><Relationship Id="rId4285696bbbeeb0420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4285696bbbeeb0420.jpg"/><Relationship Id="rId5459696bbbeeb47b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5459696bbbeeb47b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401357056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId723788355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId709869865f39f1b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId514769865f39f1b9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId379569865f39f22e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId291569865f3a0350a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId725869865f39f2191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId725869865f39f2191.jpg"/><Relationship Id="rId651769865f39f3525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId651769865f39f3525.jpg"/><Relationship Id="rId106769865f3a03a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId106769865f3a03a04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>