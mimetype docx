--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> (Denis &amp; Schiffermüller)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine processionary, pine processionary caterpillar, stone-pine processionary caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId709869865f39f1b56" w:history="1">
+            <w:hyperlink r:id="rId623869a113a71d25c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514769865f39f1b9b" w:history="1">
+            <w:hyperlink r:id="rId550769a113a71d2a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> THAUPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32690062" name="name503269865f39f2192" descr="1610.jpg"/>
+                  <wp:docPr id="80798149" name="name445069a113a71da07" descr="1610.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1610.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId725869865f39f2191" cstate="print"/>
+                          <a:blip r:embed="rId409969a113a71da05" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId379569865f39f22e3" w:history="1">
+            <w:hyperlink r:id="rId471169a113a71db4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34968033" name="name305369865f39f3527" descr="THAUPI_distribution_map.jpg"/>
+            <wp:docPr id="94841562" name="name785969a113a71ef96" descr="THAUPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="THAUPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId651769865f39f3525" cstate="print"/>
+                    <a:blip r:embed="rId591869a113a71ef93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11414,51 +11414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumetopoea pityocampa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291569865f3a0350a" w:history="1">
+      <w:hyperlink r:id="rId984569a113a72308b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11533,63 +11533,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18789407" name="name775569865f3a03a07" descr="eu_funding_250.png"/>
+            <wp:docPr id="96062597" name="name583869a113a7231dc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId106769865f3a03a04" cstate="print"/>
+                    <a:blip r:embed="rId401469a113a7231da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11687,137 +11687,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61323761">
+  <w:abstractNum w:abstractNumId="83729840">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64353275">
+    <w:lvl w:ilvl="0" w:tplc="43487979">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64353275" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43487979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64353275" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43487979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64353275" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43487979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64353275" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43487979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64353275" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43487979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64353275" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43487979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64353275" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43487979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64353275" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43487979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61323760">
+  <w:abstractNum w:abstractNumId="83729839">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87459175">
+    <w:lvl w:ilvl="0" w:tplc="82969070">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12569,55 +12569,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61323760">
-    <w:abstractNumId w:val="61323760"/>
+  <w:num w:numId="83729839">
+    <w:abstractNumId w:val="83729839"/>
   </w:num>
-  <w:num w:numId="61323761">
-    <w:abstractNumId w:val="61323761"/>
+  <w:num w:numId="83729840">
+    <w:abstractNumId w:val="83729840"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24167,51 +24167,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401357056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId723788355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId709869865f39f1b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId514769865f39f1b9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId379569865f39f22e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId291569865f3a0350a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId725869865f39f2191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId725869865f39f2191.jpg"/><Relationship Id="rId651769865f39f3525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId651769865f39f3525.jpg"/><Relationship Id="rId106769865f3a03a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId106769865f3a03a04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414943774" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId237392013" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId623869a113a71d25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/" TargetMode="External"/><Relationship Id="rId550769a113a71d2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/categorization" TargetMode="External"/><Relationship Id="rId471169a113a71db4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/THAUPI/photos" TargetMode="External"/><Relationship Id="rId984569a113a72308b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId409969a113a71da05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId409969a113a71da05.jpg"/><Relationship Id="rId591869a113a71ef93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591869a113a71ef93.jpg"/><Relationship Id="rId401469a113a7231da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId401469a113a7231da.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>