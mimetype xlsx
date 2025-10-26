--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TETREV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Ferreira MA, Sousa ME (2011) Hosts and Distribution of the Spider Mite Tetranychus evansi (Acari: Tetranychidae) in Portugal. Hale, C., Xxviii International Horticultural Congress on Science and Horticulture for People, Leuven 1, Int Soc Horticultural Science, (917): 133-136.
 * Flechtmann CHW, Abreu JM (1973) Acaros fitofagos do Estado da Bahia, Brasil. (Notas preliminares). Ciencia e Cultura, 25: 244-251.
 * Meyer MKPS (1996) Mite pests and their predators on cultivated plants in Southern Africa: vegetables and berries. Plant Protection Research Institute, P., South Africa, Plant Protection Research Institute Handbook, No 6: 90 p.
@@ -979,50 +979,59 @@
   <si>
     <t>SOLER</t>
   </si>
   <si>
     <t>Solanum erianthum</t>
   </si>
   <si>
     <t>SOLGF</t>
   </si>
   <si>
     <t>Solanum grandiflorum</t>
   </si>
   <si>
     <t>* Furtado IP (2006) Sélection d'ennemis naturels pour la lutte biologique contre Tetranychus evansi Baker &amp; Pritchard (Acari: Tetranychidae), en Afrique. Montpellier, University Montpellier II: 142.</t>
   </si>
   <si>
     <t>SOLIA</t>
   </si>
   <si>
     <t>Solanum incanum</t>
   </si>
   <si>
     <t>* Meyer MKPS (1987) African Tetranychidae (Acari: Prostigmata) - with reference to the world genera. Entomology Memoir, Department of Agriculture and Water Supply, Republic of South Africa, 69: 1-175.
 * Moraes GJd, McMurtry JA, Baker EW (1987) Redescription and distribution of the spider mites Tetranychus evansi and T. marianae. Acarologia, 28: 333-343.
 * Toroitich FJ, Ueckermann EA, Theron PD, Knapp M (2009) The tetranychid mites (Acari: Tetranychidae) of Kenya and a redescription of the species Peltanobia erasmusi Meyer (Acari: Tetranychidae) based on males. Zootaxa, 2176: 33-47.</t>
+  </si>
+  <si>
+    <t>SOLMU</t>
+  </si>
+  <si>
+    <t>Solanum muricatum</t>
+  </si>
+  <si>
+    <t>* Ishikawa T, Takahata K (2019) Insect and mite pests of pepino (Solanum muricatum Ait.) in Japan. Biodiversity Data Journal 7, e36453. https://doi.org/10.3897/BDJ.7.e36453</t>
   </si>
   <si>
     <t>SOLNJ</t>
   </si>
   <si>
     <t>Solanum nigrescens</t>
   </si>
   <si>
     <t>* Moraes GJd, McMurtry JA, Baker EW (1987) Redescription and distribution of the spider mites Tetranychus evansi and T. marianae. Acarologia, 28, 333-343.
 * Monjarás-Barrera JI, Sanchez-Peña SR (2024) First record of the tomato red spider mite, Tetranychus evansi Baker and Pritchard (Acari: Tetranychidae) in Mexico, from cultivated and wild solanaceous plants. Acarologia 64(1), 164-171. ttps://doi.org/10.24349/78jc-6nev</t>
   </si>
   <si>
     <t>SOLPL</t>
   </si>
   <si>
     <t>Solanum palinacanthum</t>
   </si>
   <si>
     <t>* da Silva FR, de Moraes GJ, Knapp M (2008) Distribution of Tetranychus evansi and its predator Phytoseiulus longipes (Acari : Tetranychidae, Phytoseiidae) in southern Brazil. Experimental and Applied Acarology, 45: 137-145.
 * Furtado IP, Moraes GJd, Kreiter S and Knapp M (2006) Search for effective natural ennemies of Tetranychus evansi in south and southeast Brazil. Experimental &amp; Applied Acarology, 40: 157-174.</t>
   </si>
   <si>
     <t>SOLPA</t>
   </si>
   <si>
@@ -1435,51 +1444,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D130"/>
+  <dimension ref="A1:D131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="384.478" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3196,120 +3205,134 @@
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>117</v>
       </c>
       <c r="B124" t="s">
         <v>314</v>
       </c>
       <c r="C124" t="s">
         <v>315</v>
       </c>
       <c r="D124" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>117</v>
       </c>
       <c r="B125" t="s">
         <v>317</v>
       </c>
       <c r="C125" t="s">
         <v>318</v>
       </c>
       <c r="D125" t="s">
-        <v>154</v>
+        <v>319</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>117</v>
       </c>
       <c r="B126" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C126" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D126" t="s">
-        <v>321</v>
+        <v>154</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>117</v>
       </c>
       <c r="B127" t="s">
         <v>322</v>
       </c>
       <c r="C127" t="s">
         <v>323</v>
       </c>
       <c r="D127" t="s">
-        <v>49</v>
+        <v>324</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>117</v>
       </c>
       <c r="B128" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C128" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D128" t="s">
-        <v>188</v>
+        <v>49</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>117</v>
       </c>
       <c r="B129" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C129" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D129" t="s">
-        <v>328</v>
+        <v>188</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>117</v>
       </c>
       <c r="B130" t="s">
         <v>329</v>
       </c>
       <c r="C130" t="s">
         <v>330</v>
       </c>
       <c r="D130" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>117</v>
+      </c>
+      <c r="B131" t="s">
+        <v>332</v>
+      </c>
+      <c r="C131" t="s">
+        <v>333</v>
+      </c>
+      <c r="D131" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>