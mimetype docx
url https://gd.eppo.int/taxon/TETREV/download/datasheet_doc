--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Ehara &amp; Ohashi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red spider mite, red tomato spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId599168e27db3e00bc" w:history="1">
+            <w:hyperlink r:id="rId161469001cd1aa78a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593568e27db3e0102" w:history="1">
+            <w:hyperlink r:id="rId946669001cd1aa7db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TETREV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16159114" name="name532768e27db3e07a7" descr="12151.jpg"/>
+                  <wp:docPr id="3135336" name="name102069001cd1aaffe" descr="12151.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12151.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId128668e27db3e07a5" cstate="print"/>
+                          <a:blip r:embed="rId716369001cd1aaffc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId570568e27db3e08bc" w:history="1">
+            <w:hyperlink r:id="rId188369001cd1ab144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3721,50 +3721,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum melongena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Solanum muricatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Solanum nigrescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum nigrum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4286,63 +4306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57755927" name="name501968e27db3e2e63" descr="TETREV_distribution_map.jpg"/>
+            <wp:docPr id="85437972" name="name813069001cd1ad66d" descr="TETREV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TETREV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId837068e27db3e2e5f" cstate="print"/>
+                    <a:blip r:embed="rId109369001cd1ad66a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7060,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251468e27db3e4288" w:history="1">
+      <w:hyperlink r:id="rId700469001cd1aea1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/24187/file/ent099.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7150,51 +7170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608568e27db3e431d" w:history="1">
+      <w:hyperlink r:id="rId361769001cd1aeab0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10532/file/ent134.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8524,90 +8544,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2275-2285.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A (2021) Spider Mites Collection of Jean Gutierrez. Version 5.3. CBGP (UMR INRA, Cirad, IRD, Montpellier SupAgro). Occurrence dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752768e27db3e4bd8" w:history="1">
+      <w:hyperlink r:id="rId421669001cd1af35f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/y3gua7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accessed via GBIF.org on 2021-02-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A, Dorkeld F (2021) Spider Mites Web: a comprehensive database for the Tetranychidae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709868e27db3e4c18" w:history="1">
+      <w:hyperlink r:id="rId412269001cd1af39f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www1.montpellier.inra.fr/CBGP/spmweb</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9917,51 +9937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tetranychus evansi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420568e27db3e549c" w:history="1">
+      <w:hyperlink r:id="rId705469001cd1afc06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9974,63 +9994,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69133319" name="name885468e27db3e5547" descr="eu_funding_250.png"/>
+            <wp:docPr id="66842271" name="name171369001cd1b0181" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId944968e27db3e5546" cstate="print"/>
+                    <a:blip r:embed="rId177469001cd1b017f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10128,137 +10148,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59947851">
+  <w:abstractNum w:abstractNumId="76913587">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33499884">
+    <w:lvl w:ilvl="0" w:tplc="63696144">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33499884" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63696144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33499884" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63696144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33499884" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63696144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33499884" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63696144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33499884" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63696144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33499884" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63696144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33499884" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63696144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33499884" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63696144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59947850">
+  <w:abstractNum w:abstractNumId="76913586">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50816806">
+    <w:lvl w:ilvl="0" w:tplc="50185838">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11010,55 +11030,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59947850">
-    <w:abstractNumId w:val="59947850"/>
+  <w:num w:numId="76913586">
+    <w:abstractNumId w:val="76913586"/>
   </w:num>
-  <w:num w:numId="59947851">
-    <w:abstractNumId w:val="59947851"/>
+  <w:num w:numId="76913587">
+    <w:abstractNumId w:val="76913587"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22608,51 +22628,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId327501167" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId913517280" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId599168e27db3e00bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId593568e27db3e0102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId570568e27db3e08bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId251468e27db3e4288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId608568e27db3e431d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId752768e27db3e4bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId709868e27db3e4c18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId420568e27db3e549c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId128668e27db3e07a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId128668e27db3e07a5.jpg"/><Relationship Id="rId837068e27db3e2e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837068e27db3e2e5f.jpg"/><Relationship Id="rId944968e27db3e5546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId944968e27db3e5546.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945615177" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123469121" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId161469001cd1aa78a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId946669001cd1aa7db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId188369001cd1ab144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId700469001cd1aea1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId361769001cd1aeab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId421669001cd1af35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId412269001cd1af39f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId705469001cd1afc06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId716369001cd1aaffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId716369001cd1aaffc.jpg"/><Relationship Id="rId109369001cd1ad66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109369001cd1ad66a.jpg"/><Relationship Id="rId177469001cd1b017f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177469001cd1b017f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>