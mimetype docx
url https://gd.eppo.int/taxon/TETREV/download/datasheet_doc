--- v1 (2025-10-28)
+++ v2 (2025-12-07)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Ehara &amp; Ohashi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red spider mite, red tomato spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161469001cd1aa78a" w:history="1">
+            <w:hyperlink r:id="rId14796935206888fb4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId946669001cd1aa7db" w:history="1">
+            <w:hyperlink r:id="rId19326935206888ff9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TETREV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3135336" name="name102069001cd1aaffe" descr="12151.jpg"/>
+                  <wp:docPr id="58443223" name="name4804693520688985b" descr="12151.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12151.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId716369001cd1aaffc" cstate="print"/>
+                          <a:blip r:embed="rId62396935206889859" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId188369001cd1ab144" w:history="1">
+            <w:hyperlink r:id="rId587169352068899bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4306,63 +4306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85437972" name="name813069001cd1ad66d" descr="TETREV_distribution_map.jpg"/>
+            <wp:docPr id="9728711" name="name8181693520688c68a" descr="TETREV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TETREV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId109369001cd1ad66a" cstate="print"/>
+                    <a:blip r:embed="rId6976693520688c682" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700469001cd1aea1a" w:history="1">
+      <w:hyperlink r:id="rId3986693520688eadb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/24187/file/ent099.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7170,51 +7170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361769001cd1aeab0" w:history="1">
+      <w:hyperlink r:id="rId8140693520688eb73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10532/file/ent134.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8544,90 +8544,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2275-2285.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A (2021) Spider Mites Collection of Jean Gutierrez. Version 5.3. CBGP (UMR INRA, Cirad, IRD, Montpellier SupAgro). Occurrence dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421669001cd1af35f" w:history="1">
+      <w:hyperlink r:id="rId9686693520688f6a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/y3gua7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accessed via GBIF.org on 2021-02-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A, Dorkeld F (2021) Spider Mites Web: a comprehensive database for the Tetranychidae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412269001cd1af39f" w:history="1">
+      <w:hyperlink r:id="rId5479693520688f71c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www1.montpellier.inra.fr/CBGP/spmweb</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9937,51 +9937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tetranychus evansi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705469001cd1afc06" w:history="1">
+      <w:hyperlink r:id="rId370069352068900e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9994,63 +9994,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66842271" name="name171369001cd1b0181" descr="eu_funding_250.png"/>
+            <wp:docPr id="37252411" name="name99396935206890737" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId177469001cd1b017f" cstate="print"/>
+                    <a:blip r:embed="rId70326935206890735" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10148,137 +10148,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76913587">
+  <w:abstractNum w:abstractNumId="24542434">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63696144">
+    <w:lvl w:ilvl="0" w:tplc="89848911">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63696144" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89848911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63696144" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89848911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63696144" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89848911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63696144" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89848911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63696144" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89848911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63696144" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89848911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63696144" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89848911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63696144" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89848911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76913586">
+  <w:abstractNum w:abstractNumId="24542433">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50185838">
+    <w:lvl w:ilvl="0" w:tplc="79287255">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11030,55 +11030,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76913586">
-    <w:abstractNumId w:val="76913586"/>
+  <w:num w:numId="24542433">
+    <w:abstractNumId w:val="24542433"/>
   </w:num>
-  <w:num w:numId="76913587">
-    <w:abstractNumId w:val="76913587"/>
+  <w:num w:numId="24542434">
+    <w:abstractNumId w:val="24542434"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22628,51 +22628,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945615177" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123469121" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId161469001cd1aa78a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId946669001cd1aa7db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId188369001cd1ab144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId700469001cd1aea1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId361769001cd1aeab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId421669001cd1af35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId412269001cd1af39f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId705469001cd1afc06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId716369001cd1aaffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId716369001cd1aaffc.jpg"/><Relationship Id="rId109369001cd1ad66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109369001cd1ad66a.jpg"/><Relationship Id="rId177469001cd1b017f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177469001cd1b017f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId682770407" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId904548877" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14796935206888fb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId19326935206888ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId587169352068899bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId3986693520688eadb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId8140693520688eb73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId9686693520688f6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId5479693520688f71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId370069352068900e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62396935206889859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62396935206889859.jpg"/><Relationship Id="rId6976693520688c682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6976693520688c682.jpg"/><Relationship Id="rId70326935206890735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70326935206890735.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>