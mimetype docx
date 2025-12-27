--- v2 (2025-12-07)
+++ v3 (2025-12-27)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Ehara &amp; Ohashi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red spider mite, red tomato spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14796935206888fb4" w:history="1">
+            <w:hyperlink r:id="rId53046950130969572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19326935206888ff9" w:history="1">
+            <w:hyperlink r:id="rId683569501309695b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TETREV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58443223" name="name4804693520688985b" descr="12151.jpg"/>
+                  <wp:docPr id="68179232" name="name32486950130969d72" descr="12151.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12151.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62396935206889859" cstate="print"/>
+                          <a:blip r:embed="rId79706950130969d70" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId587169352068899bc" w:history="1">
+            <w:hyperlink r:id="rId51006950130969e83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4306,63 +4306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9728711" name="name8181693520688c68a" descr="TETREV_distribution_map.jpg"/>
+            <wp:docPr id="39568492" name="name3984695013096c88b" descr="TETREV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TETREV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6976693520688c682" cstate="print"/>
+                    <a:blip r:embed="rId2818695013096c888" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3986693520688eadb" w:history="1">
+      <w:hyperlink r:id="rId3991695013096dc52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/24187/file/ent099.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7170,51 +7170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8140693520688eb73" w:history="1">
+      <w:hyperlink r:id="rId8886695013096dcec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10532/file/ent134.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8544,90 +8544,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2275-2285.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A (2021) Spider Mites Collection of Jean Gutierrez. Version 5.3. CBGP (UMR INRA, Cirad, IRD, Montpellier SupAgro). Occurrence dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9686693520688f6a4" w:history="1">
+      <w:hyperlink r:id="rId4139695013096e5d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/y3gua7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accessed via GBIF.org on 2021-02-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A, Dorkeld F (2021) Spider Mites Web: a comprehensive database for the Tetranychidae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5479693520688f71c" w:history="1">
+      <w:hyperlink r:id="rId5673695013096e613" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www1.montpellier.inra.fr/CBGP/spmweb</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9937,51 +9937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tetranychus evansi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370069352068900e2" w:history="1">
+      <w:hyperlink r:id="rId8346695013096eea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9994,63 +9994,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37252411" name="name99396935206890737" descr="eu_funding_250.png"/>
+            <wp:docPr id="8784285" name="name3554695013096f208" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70326935206890735" cstate="print"/>
+                    <a:blip r:embed="rId2713695013096f207" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10148,137 +10148,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24542434">
+  <w:abstractNum w:abstractNumId="16241319">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89848911">
+    <w:lvl w:ilvl="0" w:tplc="64208398">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89848911" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64208398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89848911" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64208398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89848911" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64208398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89848911" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64208398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89848911" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64208398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89848911" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64208398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89848911" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64208398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89848911" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64208398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24542433">
+  <w:abstractNum w:abstractNumId="16241318">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79287255">
+    <w:lvl w:ilvl="0" w:tplc="24878687">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11030,55 +11030,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24542433">
-    <w:abstractNumId w:val="24542433"/>
+  <w:num w:numId="16241318">
+    <w:abstractNumId w:val="16241318"/>
   </w:num>
-  <w:num w:numId="24542434">
-    <w:abstractNumId w:val="24542434"/>
+  <w:num w:numId="16241319">
+    <w:abstractNumId w:val="16241319"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22628,51 +22628,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId682770407" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId904548877" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14796935206888fb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId19326935206888ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId587169352068899bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId3986693520688eadb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId8140693520688eb73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId9686693520688f6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId5479693520688f71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId370069352068900e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62396935206889859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62396935206889859.jpg"/><Relationship Id="rId6976693520688c682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6976693520688c682.jpg"/><Relationship Id="rId70326935206890735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70326935206890735.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId449099909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId461444133" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId53046950130969572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId683569501309695b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId51006950130969e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId3991695013096dc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId8886695013096dcec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId4139695013096e5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId5673695013096e613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId8346695013096eea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79706950130969d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79706950130969d70.jpg"/><Relationship Id="rId2818695013096c888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2818695013096c888.jpg"/><Relationship Id="rId2713695013096f207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2713695013096f207.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>