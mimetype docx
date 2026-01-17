--- v3 (2025-12-27)
+++ v4 (2026-01-17)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Ehara &amp; Ohashi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red spider mite, red tomato spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53046950130969572" w:history="1">
+            <w:hyperlink r:id="rId6694696b615840d91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId683569501309695b8" w:history="1">
+            <w:hyperlink r:id="rId1641696b615840de2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TETREV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68179232" name="name32486950130969d72" descr="12151.jpg"/>
+                  <wp:docPr id="3816613" name="name7575696b615840eac" descr="12151.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12151.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId79706950130969d70" cstate="print"/>
+                          <a:blip r:embed="rId2171696b615840eab" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId51006950130969e83" w:history="1">
+            <w:hyperlink r:id="rId8921696b615840fca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4306,63 +4306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39568492" name="name3984695013096c88b" descr="TETREV_distribution_map.jpg"/>
+            <wp:docPr id="79285848" name="name1170696b615843aa4" descr="TETREV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TETREV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2818695013096c888" cstate="print"/>
+                    <a:blip r:embed="rId4929696b615843a9d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3991695013096dc52" w:history="1">
+      <w:hyperlink r:id="rId2651696b6158450ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/24187/file/ent099.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7170,51 +7170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8886695013096dcec" w:history="1">
+      <w:hyperlink r:id="rId9207696b615845197" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10532/file/ent134.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8544,90 +8544,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2275-2285.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A (2021) Spider Mites Collection of Jean Gutierrez. Version 5.3. CBGP (UMR INRA, Cirad, IRD, Montpellier SupAgro). Occurrence dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4139695013096e5d1" w:history="1">
+      <w:hyperlink r:id="rId8923696b615845a63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/y3gua7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accessed via GBIF.org on 2021-02-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A, Dorkeld F (2021) Spider Mites Web: a comprehensive database for the Tetranychidae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5673695013096e613" w:history="1">
+      <w:hyperlink r:id="rId1041696b615845aa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www1.montpellier.inra.fr/CBGP/spmweb</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9915,73 +9915,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tetranychus evansi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8346695013096eea2" w:history="1">
+      <w:hyperlink r:id="rId9880696b615846317" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9994,63 +9994,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8784285" name="name3554695013096f208" descr="eu_funding_250.png"/>
+            <wp:docPr id="24602875" name="name8162696b6158463cf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2713695013096f207" cstate="print"/>
+                    <a:blip r:embed="rId9093696b6158463cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10148,137 +10148,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16241319">
+  <w:abstractNum w:abstractNumId="42288265">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64208398">
+    <w:lvl w:ilvl="0" w:tplc="93552831">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64208398" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93552831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64208398" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93552831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64208398" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93552831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64208398" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93552831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64208398" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93552831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64208398" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93552831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64208398" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93552831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64208398" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93552831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16241318">
+  <w:abstractNum w:abstractNumId="42288264">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24878687">
+    <w:lvl w:ilvl="0" w:tplc="62498540">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11030,55 +11030,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16241318">
-    <w:abstractNumId w:val="16241318"/>
+  <w:num w:numId="42288264">
+    <w:abstractNumId w:val="42288264"/>
   </w:num>
-  <w:num w:numId="16241319">
-    <w:abstractNumId w:val="16241319"/>
+  <w:num w:numId="42288265">
+    <w:abstractNumId w:val="42288265"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22628,51 +22628,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId449099909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId461444133" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId53046950130969572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId683569501309695b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId51006950130969e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId3991695013096dc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId8886695013096dcec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId4139695013096e5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId5673695013096e613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId8346695013096eea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79706950130969d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79706950130969d70.jpg"/><Relationship Id="rId2818695013096c888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2818695013096c888.jpg"/><Relationship Id="rId2713695013096f207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2713695013096f207.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId803593184" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId837012382" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6694696b615840d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId1641696b615840de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId8921696b615840fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId2651696b6158450ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId9207696b615845197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId8923696b615845a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId1041696b615845aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId9880696b615846317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2171696b615840eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2171696b615840eab.jpg"/><Relationship Id="rId4929696b615843a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4929696b615843a9d.jpg"/><Relationship Id="rId9093696b6158463cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9093696b6158463cd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>