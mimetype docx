--- v4 (2026-01-17)
+++ v5 (2026-02-09)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Ehara &amp; Ohashi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red spider mite, red tomato spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6694696b615840d91" w:history="1">
+            <w:hyperlink r:id="rId61816989eabc9a0ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1641696b615840de2" w:history="1">
+            <w:hyperlink r:id="rId67516989eabc9a0ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TETREV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3816613" name="name7575696b615840eac" descr="12151.jpg"/>
+                  <wp:docPr id="12407834" name="name56816989eabc9a722" descr="12151.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12151.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2171696b615840eab" cstate="print"/>
+                          <a:blip r:embed="rId64546989eabc9a720" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8921696b615840fca" w:history="1">
+            <w:hyperlink r:id="rId47766989eabc9a85c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4306,63 +4306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79285848" name="name1170696b615843aa4" descr="TETREV_distribution_map.jpg"/>
+            <wp:docPr id="67921307" name="name34306989eabc9ccca" descr="TETREV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TETREV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4929696b615843a9d" cstate="print"/>
+                    <a:blip r:embed="rId70276989eabc9ccc7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2651696b6158450ff" w:history="1">
+      <w:hyperlink r:id="rId86136989eabc9e100" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/24187/file/ent099.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7170,51 +7170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9207696b615845197" w:history="1">
+      <w:hyperlink r:id="rId70056989eabc9e196" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10532/file/ent134.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8544,90 +8544,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2275-2285.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A (2021) Spider Mites Collection of Jean Gutierrez. Version 5.3. CBGP (UMR INRA, Cirad, IRD, Montpellier SupAgro). Occurrence dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8923696b615845a63" w:history="1">
+      <w:hyperlink r:id="rId90586989eabc9ea6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/y3gua7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accessed via GBIF.org on 2021-02-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A, Dorkeld F (2021) Spider Mites Web: a comprehensive database for the Tetranychidae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1041696b615845aa4" w:history="1">
+      <w:hyperlink r:id="rId51506989eabc9eaaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www1.montpellier.inra.fr/CBGP/spmweb</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9937,51 +9937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tetranychus evansi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9880696b615846317" w:history="1">
+      <w:hyperlink r:id="rId89426989eabc9f330" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9994,63 +9994,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24602875" name="name8162696b6158463cf" descr="eu_funding_250.png"/>
+            <wp:docPr id="65653748" name="name40296989eabc9f3d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9093696b6158463cd" cstate="print"/>
+                    <a:blip r:embed="rId74066989eabc9f3d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10148,137 +10148,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42288265">
+  <w:abstractNum w:abstractNumId="70050846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93552831">
+    <w:lvl w:ilvl="0" w:tplc="15912526">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93552831" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15912526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93552831" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15912526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93552831" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15912526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93552831" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15912526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93552831" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15912526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93552831" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15912526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93552831" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15912526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93552831" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15912526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42288264">
+  <w:abstractNum w:abstractNumId="70050845">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62498540">
+    <w:lvl w:ilvl="0" w:tplc="89344373">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11030,55 +11030,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42288264">
-    <w:abstractNumId w:val="42288264"/>
+  <w:num w:numId="70050845">
+    <w:abstractNumId w:val="70050845"/>
   </w:num>
-  <w:num w:numId="42288265">
-    <w:abstractNumId w:val="42288265"/>
+  <w:num w:numId="70050846">
+    <w:abstractNumId w:val="70050846"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22628,51 +22628,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId803593184" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId837012382" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6694696b615840d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId1641696b615840de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId8921696b615840fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId2651696b6158450ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId9207696b615845197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId8923696b615845a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId1041696b615845aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId9880696b615846317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2171696b615840eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2171696b615840eab.jpg"/><Relationship Id="rId4929696b615843a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4929696b615843a9d.jpg"/><Relationship Id="rId9093696b6158463cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9093696b6158463cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874186571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId341373585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61816989eabc9a0ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId67516989eabc9a0ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId47766989eabc9a85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId86136989eabc9e100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId70056989eabc9e196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId90586989eabc9ea6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId51506989eabc9eaaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId89426989eabc9f330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64546989eabc9a720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64546989eabc9a720.jpg"/><Relationship Id="rId70276989eabc9ccc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70276989eabc9ccc7.jpg"/><Relationship Id="rId74066989eabc9f3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74066989eabc9f3d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>