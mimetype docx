--- v5 (2026-02-09)
+++ v6 (2026-03-03)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Ehara &amp; Ohashi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red spider mite, red tomato spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61816989eabc9a0ab" w:history="1">
+            <w:hyperlink r:id="rId929469a66b3019779" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67516989eabc9a0ef" w:history="1">
+            <w:hyperlink r:id="rId783569a66b30197be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TETREV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12407834" name="name56816989eabc9a722" descr="12151.jpg"/>
+                  <wp:docPr id="71778206" name="name311069a66b3019fce" descr="12151.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12151.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId64546989eabc9a720" cstate="print"/>
+                          <a:blip r:embed="rId433269a66b3019fcd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId47766989eabc9a85c" w:history="1">
+            <w:hyperlink r:id="rId544769a66b301a11a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4306,63 +4306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67921307" name="name34306989eabc9ccca" descr="TETREV_distribution_map.jpg"/>
+            <wp:docPr id="63204906" name="name287769a66b301c74b" descr="TETREV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TETREV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70276989eabc9ccc7" cstate="print"/>
+                    <a:blip r:embed="rId684569a66b301c746" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4381,51 +4381,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, France (mainland), Greece (Kriti), Israel, Italy (mainland), Morocco, Portugal (mainland, Madeira), Serbia, Spain (mainland, Islas Canárias), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Benin, Burkina Faso, Congo, Congo, The Democratic Republic of the, Gambia, Kenya, Malawi, Mauritius, Morocco, Mozambique, Namibia, Niger, Reunion, Senegal, Somalia, South Africa, Tanzania, United Republic of, Tunisia, Zambia, Zimbabwe</w:t>
+        <w:t xml:space="preserve"> Algeria, Benin, Burkina Faso, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Gambia, Kenya, Malawi, Mauritius, Morocco, Mozambique, Namibia, Niger, Reunion, Senegal, Somalia, South Africa, Tanzania, United Republic of, Tunisia, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Guangdong, Guangxi, Sichuan), Israel, Japan (Honshu, Kyushu, Ryukyu Archipelago), Saudi Arabia, Syrian Arab Republic, Taiwan, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86136989eabc9e100" w:history="1">
+      <w:hyperlink r:id="rId660369a66b301db0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/24187/file/ent099.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7170,51 +7170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70056989eabc9e196" w:history="1">
+      <w:hyperlink r:id="rId331969a66b301dba3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10532/file/ent134.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8544,90 +8544,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2275-2285.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A (2021) Spider Mites Collection of Jean Gutierrez. Version 5.3. CBGP (UMR INRA, Cirad, IRD, Montpellier SupAgro). Occurrence dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90586989eabc9ea6e" w:history="1">
+      <w:hyperlink r:id="rId907869a66b301e43f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/y3gua7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accessed via GBIF.org on 2021-02-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A, Dorkeld F (2021) Spider Mites Web: a comprehensive database for the Tetranychidae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51506989eabc9eaaf" w:history="1">
+      <w:hyperlink r:id="rId613869a66b301e481" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www1.montpellier.inra.fr/CBGP/spmweb</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9937,51 +9937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tetranychus evansi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89426989eabc9f330" w:history="1">
+      <w:hyperlink r:id="rId428069a66b301ecff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9994,63 +9994,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65653748" name="name40296989eabc9f3d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="27735472" name="name265869a66b301edd1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74066989eabc9f3d3" cstate="print"/>
+                    <a:blip r:embed="rId647669a66b301edd0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10148,137 +10148,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70050846">
+  <w:abstractNum w:abstractNumId="14700156">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15912526">
+    <w:lvl w:ilvl="0" w:tplc="12889367">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15912526" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12889367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15912526" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12889367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15912526" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12889367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15912526" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12889367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15912526" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12889367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15912526" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12889367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15912526" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12889367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15912526" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12889367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70050845">
+  <w:abstractNum w:abstractNumId="14700155">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89344373">
+    <w:lvl w:ilvl="0" w:tplc="98982248">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11030,55 +11030,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70050845">
-    <w:abstractNumId w:val="70050845"/>
+  <w:num w:numId="14700155">
+    <w:abstractNumId w:val="14700155"/>
   </w:num>
-  <w:num w:numId="70050846">
-    <w:abstractNumId w:val="70050846"/>
+  <w:num w:numId="14700156">
+    <w:abstractNumId w:val="14700156"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22628,51 +22628,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874186571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId341373585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61816989eabc9a0ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId67516989eabc9a0ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId47766989eabc9a85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId86136989eabc9e100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId70056989eabc9e196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId90586989eabc9ea6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId51506989eabc9eaaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId89426989eabc9f330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64546989eabc9a720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64546989eabc9a720.jpg"/><Relationship Id="rId70276989eabc9ccc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70276989eabc9ccc7.jpg"/><Relationship Id="rId74066989eabc9f3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74066989eabc9f3d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId217131913" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId647238259" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId929469a66b3019779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId783569a66b30197be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId544769a66b301a11a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId660369a66b301db0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId331969a66b301dba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId907869a66b301e43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId613869a66b301e481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId428069a66b301ecff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId433269a66b3019fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId433269a66b3019fcd.jpg"/><Relationship Id="rId684569a66b301c746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId684569a66b301c746.jpg"/><Relationship Id="rId647669a66b301edd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647669a66b301edd0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>