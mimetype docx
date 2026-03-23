--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Ehara &amp; Ohashi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red spider mite, red tomato spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId929469a66b3019779" w:history="1">
+            <w:hyperlink r:id="rId515669c127eeeee3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId783569a66b30197be" w:history="1">
+            <w:hyperlink r:id="rId637169c127eeeee84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TETREV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71778206" name="name311069a66b3019fce" descr="12151.jpg"/>
+                  <wp:docPr id="83329907" name="name437469c127eeef69a" descr="12151.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12151.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId433269a66b3019fcd" cstate="print"/>
+                          <a:blip r:embed="rId259369c127eeef699" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId544769a66b301a11a" w:history="1">
+            <w:hyperlink r:id="rId462369c127eeef808" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4306,63 +4306,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63204906" name="name287769a66b301c74b" descr="TETREV_distribution_map.jpg"/>
+            <wp:docPr id="65960566" name="name433769c127eef1bac" descr="TETREV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TETREV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId684569a66b301c746" cstate="print"/>
+                    <a:blip r:embed="rId605869c127eef1ba9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660369a66b301db0d" w:history="1">
+      <w:hyperlink r:id="rId193069c127eef2fbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/24187/file/ent099.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7170,51 +7170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Entomology circular No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId331969a66b301dba3" w:history="1">
+      <w:hyperlink r:id="rId721969c127eef3055" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10532/file/ent134.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8544,90 +8544,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2275-2285.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A (2021) Spider Mites Collection of Jean Gutierrez. Version 5.3. CBGP (UMR INRA, Cirad, IRD, Montpellier SupAgro). Occurrence dataset </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907869a66b301e43f" w:history="1">
+      <w:hyperlink r:id="rId857569c127eef38fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/y3gua7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accessed via GBIF.org on 2021-02-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Migeon A, Dorkeld F (2021) Spider Mites Web: a comprehensive database for the Tetranychidae. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613869a66b301e481" w:history="1">
+      <w:hyperlink r:id="rId510969c127eef393c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www1.montpellier.inra.fr/CBGP/spmweb</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9937,51 +9937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tetranychus evansi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428069a66b301ecff" w:history="1">
+      <w:hyperlink r:id="rId755269c127eef41af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9994,63 +9994,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27735472" name="name265869a66b301edd1" descr="eu_funding_250.png"/>
+            <wp:docPr id="40117370" name="name358269c127ef002cf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId647669a66b301edd0" cstate="print"/>
+                    <a:blip r:embed="rId197769c127ef002cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10148,137 +10148,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14700156">
+  <w:abstractNum w:abstractNumId="97329799">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12889367">
+    <w:lvl w:ilvl="0" w:tplc="83738104">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12889367" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83738104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12889367" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83738104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12889367" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83738104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12889367" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83738104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12889367" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83738104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12889367" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83738104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12889367" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83738104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12889367" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83738104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14700155">
+  <w:abstractNum w:abstractNumId="97329798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98982248">
+    <w:lvl w:ilvl="0" w:tplc="70935575">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11030,55 +11030,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14700155">
-    <w:abstractNumId w:val="14700155"/>
+  <w:num w:numId="97329798">
+    <w:abstractNumId w:val="97329798"/>
   </w:num>
-  <w:num w:numId="14700156">
-    <w:abstractNumId w:val="14700156"/>
+  <w:num w:numId="97329799">
+    <w:abstractNumId w:val="97329799"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22628,51 +22628,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId217131913" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId647238259" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId929469a66b3019779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId783569a66b30197be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId544769a66b301a11a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId660369a66b301db0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId331969a66b301dba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId907869a66b301e43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId613869a66b301e481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId428069a66b301ecff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId433269a66b3019fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId433269a66b3019fcd.jpg"/><Relationship Id="rId684569a66b301c746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId684569a66b301c746.jpg"/><Relationship Id="rId647669a66b301edd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647669a66b301edd0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId192989349" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId578117126" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId515669c127eeeee3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/" TargetMode="External"/><Relationship Id="rId637169c127eeeee84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/categorization" TargetMode="External"/><Relationship Id="rId462369c127eeef808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TETREV/photos" TargetMode="External"/><Relationship Id="rId193069c127eef2fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/24187/file/ent099.pdf" TargetMode="External"/><Relationship Id="rId721969c127eef3055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10532/file/ent134.pdf" TargetMode="External"/><Relationship Id="rId857569c127eef38fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/y3gua7" TargetMode="External"/><Relationship Id="rId510969c127eef393c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.montpellier.inra.fr/CBGP/spmweb" TargetMode="External"/><Relationship Id="rId755269c127eef41af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId259369c127eeef699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259369c127eeef699.jpg"/><Relationship Id="rId605869c127eef1ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId605869c127eef1ba9.jpg"/><Relationship Id="rId197769c127ef002cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197769c127ef002cd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>