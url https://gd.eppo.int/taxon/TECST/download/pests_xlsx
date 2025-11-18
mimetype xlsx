--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TECST" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 -------Non-reproductive host in Western Australia.</t>
   </si>
   <si>
     <t>EUWAWH</t>
@@ -428,160 +441,174 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">