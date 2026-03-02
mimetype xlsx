--- v1 (2025-11-18)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TECST" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
@@ -83,50 +83,60 @@
 -------Non-reproductive host in Western Australia.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>MOLMCO</t>
   </si>
   <si>
     <t>Molomea consolida</t>
   </si>
   <si>
     <t>* Paradell SL, Virla EG, Logarzo GA, Dellapé G (2012) Proconiini Sharpshooters of Argentina, with notes on its distribution, host plants, and natural enemies. Journal of Insect Science 12, 116. http://www.insectscience.org/12.116</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Tecoma)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* Feres RJF, Vieira RM, Daud RD, Pereira EGJ, Oliveira GF and Dourado CL (2009) Ácaros (Arachnida, Acari) de plantas ornamentais na região noroeste do estado de São Paulo, Brasil: inventário e descrição dos sintomas causados pelos fitófagos. Revista Brasileira de Entomologia, 53: 466-474.
 ------- confirmed host
 * Feres RJF, Vieira MR, Daud RD, Pereira Jr. EG, Oliveira GF &amp; Dourado CL (2009) Ácaros (Arachnida, Acari) de plantas ornamentais na região noroeste do estado de São Paulo, Brasil: inventário e descrição dos sintomas causados pelos fitófagos. Revista Brasileira de Entomologia, 53(3), 466–474.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -441,61 +451,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -565,50 +575,64 @@
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">