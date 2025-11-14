--- v0 (2025-10-21)
+++ v1 (2025-11-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Povolny</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Central American potato tuber worm, Guatemalan potato moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId884068f80558ed952" w:history="1">
+            <w:hyperlink r:id="rId71016916d80632c4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId754468f80558ed9bb" w:history="1">
+            <w:hyperlink r:id="rId87296916d80632cb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TECASO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19053761" name="name780068f80558eda6a" descr="5125.jpg"/>
+                  <wp:docPr id="77570140" name="name94896916d80632e94" descr="5125.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5125.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId381868f80558eda69" cstate="print"/>
+                          <a:blip r:embed="rId16946916d80632e93" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId589668f80558edb3a" w:history="1">
+            <w:hyperlink r:id="rId66436916d80632f9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -654,63 +654,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The pest was first observed in the EPPO region in 1999 in Tenerife (Islas Canarias). In continental Spain, it was first identified in Galicia in 2015. It is thought that it was introduced with potatoes from Islas Canarias, probably by sailors because the first reports were in the surroundings of fishing harbours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95916594" name="name700068f80558ee691" descr="TECASO_distribution_map.jpg"/>
+            <wp:docPr id="22573539" name="name25236916d80633bb2" descr="TECASO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TECASO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId913568f80558ee68f" cstate="print"/>
+                    <a:blip r:embed="rId59886916d80633bb0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2386,51 +2386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (potato tuber moth). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182768f80558ef328" w:history="1">
+      <w:hyperlink r:id="rId86956916d8063494e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/52956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) PRA Report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963168f80558ef389" w:history="1">
+      <w:hyperlink r:id="rId30156916d806349c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2546,51 +2546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189768f80558ef445" w:history="1">
+      <w:hyperlink r:id="rId60406916d80634a6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TECASO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2636,51 +2636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728168f80558ef4d8" w:history="1">
+      <w:hyperlink r:id="rId96526916d80634b0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2706,51 +2706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747668f80558ef54a" w:history="1">
+      <w:hyperlink r:id="rId76296916d80634b90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2787,51 +2787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246268f80558ef5cd" w:history="1">
+      <w:hyperlink r:id="rId60866916d80634c19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5102, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700568f80558ef6bf" w:history="1">
+      <w:hyperlink r:id="rId47336916d80634d22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5102</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3112,81 +3112,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en Tenerife [Works on Guatemalan Potato Moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> biology and control in Tenerife (Islas Canarias)]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997968f80558ef7d8" w:history="1">
+      <w:hyperlink r:id="rId15356916d80634e4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedra‐Buena Díaz A, Gavara Vidal J, Bastin S, Martín Toledo T, Jiménez Rodríguez T, Hernández‐Suárez E &amp; Cabello T (2020) Resultados de las prospecciones para la búsqueda de nuevos enemigos naturales de las polillas de la papa en Canarias [Results of the surveys for searching new natural enemies of the potato moth in Canarias] . In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582568f80558ef811" w:history="1">
+      <w:hyperlink r:id="rId50366916d80634e8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3241,90 +3241,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–196. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405368f80558ef8ad" w:history="1">
+      <w:hyperlink r:id="rId25526916d80634f2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ríos Mesa D, Trujillo García ME &amp; Perera González S (2020) [Guatemalan Potato Moth in Canarias]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019.(in Spanish). Tenerife. Islas Canarias. España. 4-14. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189268f80558ef8ed" w:history="1">
+      <w:hyperlink r:id="rId97536916d80634f71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,51 +3417,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mai 2018). (in Galician)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR, Gilligan TM &amp; Passoa SC (2017) Screening aid CAPS. Guatemalan Potato Moth. USDA-APHIS-PPQ National Identification Services (NIS). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579768f80558ef9d0" w:history="1">
+      <w:hyperlink r:id="rId44926916d80635064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://caps.ceris.purdue.edu/screening-aids</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3759,51 +3759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197-214. Paipa, Colombia, June – december 2013. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926168f80558efc05" w:history="1">
+      <w:hyperlink r:id="rId24396916d806352b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eafit.edu.co/ingciencia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256468f80558efcc7" w:history="1">
+      <w:hyperlink r:id="rId65216916d80635384" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3998,90 +3998,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 399-401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590668f80558efd8b" w:history="1">
+      <w:hyperlink r:id="rId78826916d8063545f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00859.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35436483" name="name942868f80558efde0" descr="eu_funding_250.png"/>
+            <wp:docPr id="56707654" name="name51246916d806354dc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId186268f80558efddf" cstate="print"/>
+                    <a:blip r:embed="rId47896916d806354da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4179,137 +4179,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19701193">
+  <w:abstractNum w:abstractNumId="79777909">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74679329">
+    <w:lvl w:ilvl="0" w:tplc="48545129">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74679329" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48545129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74679329" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48545129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74679329" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48545129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74679329" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48545129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74679329" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48545129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74679329" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48545129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74679329" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48545129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74679329" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48545129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19701192">
+  <w:abstractNum w:abstractNumId="79777908">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81773874">
+    <w:lvl w:ilvl="0" w:tplc="10935919">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5061,55 +5061,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19701192">
-    <w:abstractNumId w:val="19701192"/>
+  <w:num w:numId="79777908">
+    <w:abstractNumId w:val="79777908"/>
   </w:num>
-  <w:num w:numId="19701193">
-    <w:abstractNumId w:val="19701193"/>
+  <w:num w:numId="79777909">
+    <w:abstractNumId w:val="79777909"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16659,51 +16659,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId245312766" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699412829" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId884068f80558ed952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId754468f80558ed9bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId589668f80558edb3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId182768f80558ef328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId963168f80558ef389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId189768f80558ef445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId728168f80558ef4d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId747668f80558ef54a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId246268f80558ef5cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId700568f80558ef6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId997968f80558ef7d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId582568f80558ef811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId405368f80558ef8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId189268f80558ef8ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId579768f80558ef9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId926168f80558efc05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId256468f80558efcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId590668f80558efd8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId381868f80558eda69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId381868f80558eda69.jpg"/><Relationship Id="rId913568f80558ee68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId913568f80558ee68f.jpg"/><Relationship Id="rId186268f80558efddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId186268f80558efddf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId525468493" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId645367541" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71016916d80632c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId87296916d80632cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId66436916d80632f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId86956916d8063494e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId30156916d806349c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId60406916d80634a6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId96526916d80634b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId76296916d80634b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId60866916d80634c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId47336916d80634d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId15356916d80634e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId50366916d80634e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId25526916d80634f2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId97536916d80634f71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId44926916d80635064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId24396916d806352b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId65216916d80635384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78826916d8063545f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId16946916d80632e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16946916d80632e93.jpg"/><Relationship Id="rId59886916d80633bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59886916d80633bb0.jpg"/><Relationship Id="rId47896916d806354da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47896916d806354da.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>