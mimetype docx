--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Povolny</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Central American potato tuber worm, Guatemalan potato moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71016916d80632c4c" w:history="1">
+            <w:hyperlink r:id="rId815869314cb1c3677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87296916d80632cb9" w:history="1">
+            <w:hyperlink r:id="rId741569314cb1c36e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TECASO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77570140" name="name94896916d80632e94" descr="5125.jpg"/>
+                  <wp:docPr id="72408506" name="name680169314cb1c37f8" descr="5125.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5125.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16946916d80632e93" cstate="print"/>
+                          <a:blip r:embed="rId187069314cb1c37f6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId66436916d80632f9d" w:history="1">
+            <w:hyperlink r:id="rId133769314cb1c3921" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -654,63 +654,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The pest was first observed in the EPPO region in 1999 in Tenerife (Islas Canarias). In continental Spain, it was first identified in Galicia in 2015. It is thought that it was introduced with potatoes from Islas Canarias, probably by sailors because the first reports were in the surroundings of fishing harbours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22573539" name="name25236916d80633bb2" descr="TECASO_distribution_map.jpg"/>
+            <wp:docPr id="58479779" name="name845069314cb1c4932" descr="TECASO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TECASO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59886916d80633bb0" cstate="print"/>
+                    <a:blip r:embed="rId277469314cb1c492e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2386,51 +2386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (potato tuber moth). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86956916d8063494e" w:history="1">
+      <w:hyperlink r:id="rId764469314cb1c56e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/52956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) PRA Report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30156916d806349c1" w:history="1">
+      <w:hyperlink r:id="rId591469314cb1c574a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2546,51 +2546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60406916d80634a6a" w:history="1">
+      <w:hyperlink r:id="rId594869314cb1c57f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TECASO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2636,51 +2636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96526916d80634b0d" w:history="1">
+      <w:hyperlink r:id="rId629269314cb1c588a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2706,51 +2706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76296916d80634b90" w:history="1">
+      <w:hyperlink r:id="rId746969314cb1c58fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2787,51 +2787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60866916d80634c19" w:history="1">
+      <w:hyperlink r:id="rId813569314cb1c5982" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5102, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47336916d80634d22" w:history="1">
+      <w:hyperlink r:id="rId497669314cb1c5a77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5102</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3112,81 +3112,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en Tenerife [Works on Guatemalan Potato Moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> biology and control in Tenerife (Islas Canarias)]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15356916d80634e4b" w:history="1">
+      <w:hyperlink r:id="rId891069314cb1c5b97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedra‐Buena Díaz A, Gavara Vidal J, Bastin S, Martín Toledo T, Jiménez Rodríguez T, Hernández‐Suárez E &amp; Cabello T (2020) Resultados de las prospecciones para la búsqueda de nuevos enemigos naturales de las polillas de la papa en Canarias [Results of the surveys for searching new natural enemies of the potato moth in Canarias] . In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50366916d80634e8d" w:history="1">
+      <w:hyperlink r:id="rId903869314cb1c5bcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3241,90 +3241,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–196. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25526916d80634f2f" w:history="1">
+      <w:hyperlink r:id="rId955769314cb1c5c6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ríos Mesa D, Trujillo García ME &amp; Perera González S (2020) [Guatemalan Potato Moth in Canarias]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019.(in Spanish). Tenerife. Islas Canarias. España. 4-14. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97536916d80634f71" w:history="1">
+      <w:hyperlink r:id="rId642669314cb1c5cae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,51 +3417,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mai 2018). (in Galician)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR, Gilligan TM &amp; Passoa SC (2017) Screening aid CAPS. Guatemalan Potato Moth. USDA-APHIS-PPQ National Identification Services (NIS). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44926916d80635064" w:history="1">
+      <w:hyperlink r:id="rId137069314cb1c5d8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://caps.ceris.purdue.edu/screening-aids</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3759,51 +3759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197-214. Paipa, Colombia, June – december 2013. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24396916d806352b9" w:history="1">
+      <w:hyperlink r:id="rId983269314cb1c5fc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eafit.edu.co/ingciencia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65216916d80635384" w:history="1">
+      <w:hyperlink r:id="rId405369314cb1c608f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3998,90 +3998,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 399-401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78826916d8063545f" w:history="1">
+      <w:hyperlink r:id="rId507469314cb1c6159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00859.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56707654" name="name51246916d806354dc" descr="eu_funding_250.png"/>
+            <wp:docPr id="87959821" name="name964469314cb1c61f0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47896916d806354da" cstate="print"/>
+                    <a:blip r:embed="rId327269314cb1c61ef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4179,137 +4179,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79777909">
+  <w:abstractNum w:abstractNumId="26086487">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48545129">
+    <w:lvl w:ilvl="0" w:tplc="18931662">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48545129" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18931662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48545129" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18931662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48545129" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18931662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48545129" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18931662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48545129" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18931662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48545129" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18931662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48545129" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18931662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48545129" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18931662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79777908">
+  <w:abstractNum w:abstractNumId="26086486">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10935919">
+    <w:lvl w:ilvl="0" w:tplc="12338967">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5061,55 +5061,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79777908">
-    <w:abstractNumId w:val="79777908"/>
+  <w:num w:numId="26086486">
+    <w:abstractNumId w:val="26086486"/>
   </w:num>
-  <w:num w:numId="79777909">
-    <w:abstractNumId w:val="79777909"/>
+  <w:num w:numId="26086487">
+    <w:abstractNumId w:val="26086487"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16659,51 +16659,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId525468493" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId645367541" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71016916d80632c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId87296916d80632cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId66436916d80632f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId86956916d8063494e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId30156916d806349c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId60406916d80634a6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId96526916d80634b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId76296916d80634b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId60866916d80634c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId47336916d80634d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId15356916d80634e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId50366916d80634e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId25526916d80634f2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId97536916d80634f71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId44926916d80635064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId24396916d806352b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId65216916d80635384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78826916d8063545f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId16946916d80632e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16946916d80632e93.jpg"/><Relationship Id="rId59886916d80633bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59886916d80633bb0.jpg"/><Relationship Id="rId47896916d806354da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47896916d806354da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288600789" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId187887344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId815869314cb1c3677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId741569314cb1c36e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId133769314cb1c3921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId764469314cb1c56e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId591469314cb1c574a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId594869314cb1c57f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId629269314cb1c588a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId746969314cb1c58fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId813569314cb1c5982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId497669314cb1c5a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId891069314cb1c5b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId903869314cb1c5bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId955769314cb1c5c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId642669314cb1c5cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId137069314cb1c5d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId983269314cb1c5fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId405369314cb1c608f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId507469314cb1c6159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId187069314cb1c37f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId187069314cb1c37f6.jpg"/><Relationship Id="rId277469314cb1c492e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId277469314cb1c492e.jpg"/><Relationship Id="rId327269314cb1c61ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327269314cb1c61ef.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>