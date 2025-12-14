--- v2 (2025-12-04)
+++ v3 (2025-12-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Povolny</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Central American potato tuber worm, Guatemalan potato moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId815869314cb1c3677" w:history="1">
+            <w:hyperlink r:id="rId6474693ed5f79d2cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId741569314cb1c36e2" w:history="1">
+            <w:hyperlink r:id="rId8661693ed5f79d336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TECASO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72408506" name="name680169314cb1c37f8" descr="5125.jpg"/>
+                  <wp:docPr id="53715992" name="name6706693ed5f79da22" descr="5125.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5125.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId187069314cb1c37f6" cstate="print"/>
+                          <a:blip r:embed="rId2241693ed5f79da20" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId133769314cb1c3921" w:history="1">
+            <w:hyperlink r:id="rId9024693ed5f79db6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -654,63 +654,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The pest was first observed in the EPPO region in 1999 in Tenerife (Islas Canarias). In continental Spain, it was first identified in Galicia in 2015. It is thought that it was introduced with potatoes from Islas Canarias, probably by sailors because the first reports were in the surroundings of fishing harbours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58479779" name="name845069314cb1c4932" descr="TECASO_distribution_map.jpg"/>
+            <wp:docPr id="95932685" name="name2698693ed5f79e877" descr="TECASO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TECASO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId277469314cb1c492e" cstate="print"/>
+                    <a:blip r:embed="rId1215693ed5f79e875" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2386,51 +2386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (potato tuber moth). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764469314cb1c56e5" w:history="1">
+      <w:hyperlink r:id="rId7340693ed5f79f58b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/52956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) PRA Report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591469314cb1c574a" w:history="1">
+      <w:hyperlink r:id="rId4184693ed5f79f5ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2546,51 +2546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594869314cb1c57f1" w:history="1">
+      <w:hyperlink r:id="rId3651693ed5f79f68d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TECASO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2636,51 +2636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629269314cb1c588a" w:history="1">
+      <w:hyperlink r:id="rId4215693ed5f79f71a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2706,51 +2706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746969314cb1c58fd" w:history="1">
+      <w:hyperlink r:id="rId8435693ed5f79f78b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2787,51 +2787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813569314cb1c5982" w:history="1">
+      <w:hyperlink r:id="rId6617693ed5f79f80b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5102, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497669314cb1c5a77" w:history="1">
+      <w:hyperlink r:id="rId6249693ed5f79f8f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5102</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3112,81 +3112,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en Tenerife [Works on Guatemalan Potato Moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> biology and control in Tenerife (Islas Canarias)]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891069314cb1c5b97" w:history="1">
+      <w:hyperlink r:id="rId1643693ed5f79fa0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedra‐Buena Díaz A, Gavara Vidal J, Bastin S, Martín Toledo T, Jiménez Rodríguez T, Hernández‐Suárez E &amp; Cabello T (2020) Resultados de las prospecciones para la búsqueda de nuevos enemigos naturales de las polillas de la papa en Canarias [Results of the surveys for searching new natural enemies of the potato moth in Canarias] . In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903869314cb1c5bcf" w:history="1">
+      <w:hyperlink r:id="rId8008693ed5f79fa45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3241,90 +3241,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–196. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955769314cb1c5c6e" w:history="1">
+      <w:hyperlink r:id="rId3965693ed5f79fae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ríos Mesa D, Trujillo García ME &amp; Perera González S (2020) [Guatemalan Potato Moth in Canarias]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019.(in Spanish). Tenerife. Islas Canarias. España. 4-14. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642669314cb1c5cae" w:history="1">
+      <w:hyperlink r:id="rId9960693ed5f79fb1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,51 +3417,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mai 2018). (in Galician)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR, Gilligan TM &amp; Passoa SC (2017) Screening aid CAPS. Guatemalan Potato Moth. USDA-APHIS-PPQ National Identification Services (NIS). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId137069314cb1c5d8d" w:history="1">
+      <w:hyperlink r:id="rId2757693ed5f79fbf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://caps.ceris.purdue.edu/screening-aids</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3759,51 +3759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197-214. Paipa, Colombia, June – december 2013. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983269314cb1c5fc7" w:history="1">
+      <w:hyperlink r:id="rId4517693ed5f79fe23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eafit.edu.co/ingciencia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405369314cb1c608f" w:history="1">
+      <w:hyperlink r:id="rId6631693ed5f79fee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3998,90 +3998,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 399-401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507469314cb1c6159" w:history="1">
+      <w:hyperlink r:id="rId3496693ed5f79ffa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00859.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87959821" name="name964469314cb1c61f0" descr="eu_funding_250.png"/>
+            <wp:docPr id="7313051" name="name7185693ed5f7a000b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId327269314cb1c61ef" cstate="print"/>
+                    <a:blip r:embed="rId5208693ed5f7a000a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4179,137 +4179,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26086487">
+  <w:abstractNum w:abstractNumId="85445365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18931662">
+    <w:lvl w:ilvl="0" w:tplc="98199250">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18931662" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98199250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18931662" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98199250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18931662" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98199250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18931662" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98199250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18931662" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98199250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18931662" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98199250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18931662" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98199250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18931662" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98199250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26086486">
+  <w:abstractNum w:abstractNumId="85445364">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12338967">
+    <w:lvl w:ilvl="0" w:tplc="89440682">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5061,55 +5061,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26086486">
-    <w:abstractNumId w:val="26086486"/>
+  <w:num w:numId="85445364">
+    <w:abstractNumId w:val="85445364"/>
   </w:num>
-  <w:num w:numId="26086487">
-    <w:abstractNumId w:val="26086487"/>
+  <w:num w:numId="85445365">
+    <w:abstractNumId w:val="85445365"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16659,51 +16659,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288600789" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId187887344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId815869314cb1c3677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId741569314cb1c36e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId133769314cb1c3921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId764469314cb1c56e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId591469314cb1c574a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId594869314cb1c57f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId629269314cb1c588a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId746969314cb1c58fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId813569314cb1c5982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId497669314cb1c5a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId891069314cb1c5b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId903869314cb1c5bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId955769314cb1c5c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId642669314cb1c5cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId137069314cb1c5d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId983269314cb1c5fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId405369314cb1c608f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId507469314cb1c6159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId187069314cb1c37f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId187069314cb1c37f6.jpg"/><Relationship Id="rId277469314cb1c492e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId277469314cb1c492e.jpg"/><Relationship Id="rId327269314cb1c61ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327269314cb1c61ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId546453807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId780797594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6474693ed5f79d2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId8661693ed5f79d336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId9024693ed5f79db6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId7340693ed5f79f58b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId4184693ed5f79f5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId3651693ed5f79f68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId4215693ed5f79f71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId8435693ed5f79f78b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId6617693ed5f79f80b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6249693ed5f79f8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId1643693ed5f79fa0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId8008693ed5f79fa45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId3965693ed5f79fae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId9960693ed5f79fb1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId2757693ed5f79fbf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId4517693ed5f79fe23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId6631693ed5f79fee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3496693ed5f79ffa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId2241693ed5f79da20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2241693ed5f79da20.jpg"/><Relationship Id="rId1215693ed5f79e875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1215693ed5f79e875.jpg"/><Relationship Id="rId5208693ed5f7a000a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5208693ed5f7a000a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>