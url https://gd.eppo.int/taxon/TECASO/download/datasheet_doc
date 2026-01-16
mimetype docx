--- v3 (2025-12-14)
+++ v4 (2026-01-16)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Povolny</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Central American potato tuber worm, Guatemalan potato moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6474693ed5f79d2cd" w:history="1">
+            <w:hyperlink r:id="rId2153696abbbfd88e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8661693ed5f79d336" w:history="1">
+            <w:hyperlink r:id="rId4190696abbbfd894c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TECASO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53715992" name="name6706693ed5f79da22" descr="5125.jpg"/>
+                  <wp:docPr id="28376193" name="name8133696abbbfd8ede" descr="5125.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5125.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2241693ed5f79da20" cstate="print"/>
+                          <a:blip r:embed="rId3713696abbbfd8edc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9024693ed5f79db6a" w:history="1">
+            <w:hyperlink r:id="rId8937696abbbfd900d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -654,63 +654,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The pest was first observed in the EPPO region in 1999 in Tenerife (Islas Canarias). In continental Spain, it was first identified in Galicia in 2015. It is thought that it was introduced with potatoes from Islas Canarias, probably by sailors because the first reports were in the surroundings of fishing harbours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95932685" name="name2698693ed5f79e877" descr="TECASO_distribution_map.jpg"/>
+            <wp:docPr id="50299496" name="name1634696abbbfd9e67" descr="TECASO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TECASO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1215693ed5f79e875" cstate="print"/>
+                    <a:blip r:embed="rId8728696abbbfd9e65" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2386,51 +2386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (potato tuber moth). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7340693ed5f79f58b" w:history="1">
+      <w:hyperlink r:id="rId7435696abbbfdab3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/52956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) PRA Report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4184693ed5f79f5ec" w:history="1">
+      <w:hyperlink r:id="rId1255696abbbfdab9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2546,51 +2546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3651693ed5f79f68d" w:history="1">
+      <w:hyperlink r:id="rId4209696abbbfdac65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TECASO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2636,51 +2636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4215693ed5f79f71a" w:history="1">
+      <w:hyperlink r:id="rId9175696abbbfdacf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2706,51 +2706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8435693ed5f79f78b" w:history="1">
+      <w:hyperlink r:id="rId4100696abbbfdad69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2787,51 +2787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6617693ed5f79f80b" w:history="1">
+      <w:hyperlink r:id="rId4678696abbbfdaded" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5102, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6249693ed5f79f8f9" w:history="1">
+      <w:hyperlink r:id="rId4726696abbbfdaeeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5102</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3112,81 +3112,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en Tenerife [Works on Guatemalan Potato Moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> biology and control in Tenerife (Islas Canarias)]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1643693ed5f79fa0e" w:history="1">
+      <w:hyperlink r:id="rId6216696abbbfdb002" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedra‐Buena Díaz A, Gavara Vidal J, Bastin S, Martín Toledo T, Jiménez Rodríguez T, Hernández‐Suárez E &amp; Cabello T (2020) Resultados de las prospecciones para la búsqueda de nuevos enemigos naturales de las polillas de la papa en Canarias [Results of the surveys for searching new natural enemies of the potato moth in Canarias] . In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8008693ed5f79fa45" w:history="1">
+      <w:hyperlink r:id="rId9737696abbbfdb038" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3241,90 +3241,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–196. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3965693ed5f79fae0" w:history="1">
+      <w:hyperlink r:id="rId9228696abbbfdb0d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ríos Mesa D, Trujillo García ME &amp; Perera González S (2020) [Guatemalan Potato Moth in Canarias]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019.(in Spanish). Tenerife. Islas Canarias. España. 4-14. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9960693ed5f79fb1e" w:history="1">
+      <w:hyperlink r:id="rId7860696abbbfdb115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,51 +3417,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mai 2018). (in Galician)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR, Gilligan TM &amp; Passoa SC (2017) Screening aid CAPS. Guatemalan Potato Moth. USDA-APHIS-PPQ National Identification Services (NIS). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2757693ed5f79fbf7" w:history="1">
+      <w:hyperlink r:id="rId5719696abbbfdb1ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://caps.ceris.purdue.edu/screening-aids</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3759,51 +3759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197-214. Paipa, Colombia, June – december 2013. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4517693ed5f79fe23" w:history="1">
+      <w:hyperlink r:id="rId3885696abbbfdb40e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eafit.edu.co/ingciencia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3856,73 +3856,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6631693ed5f79fee5" w:history="1">
+      <w:hyperlink r:id="rId1952696abbbfdb4de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3998,90 +3998,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 399-401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3496693ed5f79ffa7" w:history="1">
+      <w:hyperlink r:id="rId3958696abbbfdb5a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00859.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7313051" name="name7185693ed5f7a000b" descr="eu_funding_250.png"/>
+            <wp:docPr id="67081847" name="name3796696abbbfdb79d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5208693ed5f7a000a" cstate="print"/>
+                    <a:blip r:embed="rId5836696abbbfdb79c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4179,137 +4179,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85445365">
+  <w:abstractNum w:abstractNumId="20382525">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98199250">
+    <w:lvl w:ilvl="0" w:tplc="79957230">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98199250" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79957230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98199250" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79957230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98199250" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79957230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98199250" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79957230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98199250" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79957230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98199250" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79957230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98199250" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79957230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98199250" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79957230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85445364">
+  <w:abstractNum w:abstractNumId="20382524">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89440682">
+    <w:lvl w:ilvl="0" w:tplc="32391538">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5061,55 +5061,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85445364">
-    <w:abstractNumId w:val="85445364"/>
+  <w:num w:numId="20382524">
+    <w:abstractNumId w:val="20382524"/>
   </w:num>
-  <w:num w:numId="85445365">
-    <w:abstractNumId w:val="85445365"/>
+  <w:num w:numId="20382525">
+    <w:abstractNumId w:val="20382525"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16659,51 +16659,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId546453807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId780797594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6474693ed5f79d2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId8661693ed5f79d336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId9024693ed5f79db6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId7340693ed5f79f58b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId4184693ed5f79f5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId3651693ed5f79f68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId4215693ed5f79f71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId8435693ed5f79f78b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId6617693ed5f79f80b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6249693ed5f79f8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId1643693ed5f79fa0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId8008693ed5f79fa45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId3965693ed5f79fae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId9960693ed5f79fb1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId2757693ed5f79fbf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId4517693ed5f79fe23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId6631693ed5f79fee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3496693ed5f79ffa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId2241693ed5f79da20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2241693ed5f79da20.jpg"/><Relationship Id="rId1215693ed5f79e875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1215693ed5f79e875.jpg"/><Relationship Id="rId5208693ed5f7a000a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5208693ed5f7a000a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId233702866" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId721154629" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2153696abbbfd88e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId4190696abbbfd894c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId8937696abbbfd900d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId7435696abbbfdab3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId1255696abbbfdab9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId4209696abbbfdac65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId9175696abbbfdacf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId4100696abbbfdad69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId4678696abbbfdaded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId4726696abbbfdaeeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId6216696abbbfdb002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId9737696abbbfdb038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId9228696abbbfdb0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId7860696abbbfdb115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId5719696abbbfdb1ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId3885696abbbfdb40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId1952696abbbfdb4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3958696abbbfdb5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId3713696abbbfd8edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3713696abbbfd8edc.jpg"/><Relationship Id="rId8728696abbbfd9e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8728696abbbfd9e65.jpg"/><Relationship Id="rId5836696abbbfdb79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5836696abbbfdb79c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>