--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Povolny</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Central American potato tuber worm, Guatemalan potato moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2153696abbbfd88e3" w:history="1">
+            <w:hyperlink r:id="rId48856985f939422c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4190696abbbfd894c" w:history="1">
+            <w:hyperlink r:id="rId93126985f93942335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TECASO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28376193" name="name8133696abbbfd8ede" descr="5125.jpg"/>
+                  <wp:docPr id="85328372" name="name56466985f939428d1" descr="5125.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5125.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3713696abbbfd8edc" cstate="print"/>
+                          <a:blip r:embed="rId41166985f939428cf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8937696abbbfd900d" w:history="1">
+            <w:hyperlink r:id="rId69316985f939429b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -654,63 +654,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The pest was first observed in the EPPO region in 1999 in Tenerife (Islas Canarias). In continental Spain, it was first identified in Galicia in 2015. It is thought that it was introduced with potatoes from Islas Canarias, probably by sailors because the first reports were in the surroundings of fishing harbours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50299496" name="name1634696abbbfd9e67" descr="TECASO_distribution_map.jpg"/>
+            <wp:docPr id="5608908" name="name23396985f939436ce" descr="TECASO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TECASO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8728696abbbfd9e65" cstate="print"/>
+                    <a:blip r:embed="rId58796985f939436cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2386,51 +2386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (potato tuber moth). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7435696abbbfdab3d" w:history="1">
+      <w:hyperlink r:id="rId96586985f93944358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/52956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) PRA Report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1255696abbbfdab9e" w:history="1">
+      <w:hyperlink r:id="rId41006985f939443b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2546,51 +2546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4209696abbbfdac65" w:history="1">
+      <w:hyperlink r:id="rId44956985f9394445a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TECASO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2636,51 +2636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9175696abbbfdacf7" w:history="1">
+      <w:hyperlink r:id="rId17136985f939444e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2706,51 +2706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4100696abbbfdad69" w:history="1">
+      <w:hyperlink r:id="rId89426985f93944556" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2787,51 +2787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4678696abbbfdaded" w:history="1">
+      <w:hyperlink r:id="rId28706985f939445ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5102, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4726696abbbfdaeeb" w:history="1">
+      <w:hyperlink r:id="rId17396985f939446df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5102</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3112,81 +3112,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en Tenerife [Works on Guatemalan Potato Moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> biology and control in Tenerife (Islas Canarias)]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6216696abbbfdb002" w:history="1">
+      <w:hyperlink r:id="rId64786985f939447f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedra‐Buena Díaz A, Gavara Vidal J, Bastin S, Martín Toledo T, Jiménez Rodríguez T, Hernández‐Suárez E &amp; Cabello T (2020) Resultados de las prospecciones para la búsqueda de nuevos enemigos naturales de las polillas de la papa en Canarias [Results of the surveys for searching new natural enemies of the potato moth in Canarias] . In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9737696abbbfdb038" w:history="1">
+      <w:hyperlink r:id="rId36246985f9394482d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3241,90 +3241,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–196. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9228696abbbfdb0d4" w:history="1">
+      <w:hyperlink r:id="rId81786985f939448c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ríos Mesa D, Trujillo García ME &amp; Perera González S (2020) [Guatemalan Potato Moth in Canarias]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019.(in Spanish). Tenerife. Islas Canarias. España. 4-14. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7860696abbbfdb115" w:history="1">
+      <w:hyperlink r:id="rId41996985f93944908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,51 +3417,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mai 2018). (in Galician)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR, Gilligan TM &amp; Passoa SC (2017) Screening aid CAPS. Guatemalan Potato Moth. USDA-APHIS-PPQ National Identification Services (NIS). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5719696abbbfdb1ee" w:history="1">
+      <w:hyperlink r:id="rId35846985f939449e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://caps.ceris.purdue.edu/screening-aids</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3759,51 +3759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197-214. Paipa, Colombia, June – december 2013. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3885696abbbfdb40e" w:history="1">
+      <w:hyperlink r:id="rId49546985f93944c02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eafit.edu.co/ingciencia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1952696abbbfdb4de" w:history="1">
+      <w:hyperlink r:id="rId63006985f93944cc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3998,90 +3998,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 399-401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3958696abbbfdb5a4" w:history="1">
+      <w:hyperlink r:id="rId54016985f93944d8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00859.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67081847" name="name3796696abbbfdb79d" descr="eu_funding_250.png"/>
+            <wp:docPr id="52260987" name="name21416985f93944e1a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5836696abbbfdb79c" cstate="print"/>
+                    <a:blip r:embed="rId38276985f93944e19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4179,137 +4179,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20382525">
+  <w:abstractNum w:abstractNumId="71686173">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79957230">
+    <w:lvl w:ilvl="0" w:tplc="86208635">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79957230" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86208635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79957230" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86208635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79957230" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86208635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79957230" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86208635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79957230" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86208635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79957230" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86208635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79957230" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86208635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79957230" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86208635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20382524">
+  <w:abstractNum w:abstractNumId="71686172">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32391538">
+    <w:lvl w:ilvl="0" w:tplc="37741669">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5061,55 +5061,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20382524">
-    <w:abstractNumId w:val="20382524"/>
+  <w:num w:numId="71686172">
+    <w:abstractNumId w:val="71686172"/>
   </w:num>
-  <w:num w:numId="20382525">
-    <w:abstractNumId w:val="20382525"/>
+  <w:num w:numId="71686173">
+    <w:abstractNumId w:val="71686173"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16659,51 +16659,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId233702866" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId721154629" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2153696abbbfd88e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId4190696abbbfd894c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId8937696abbbfd900d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId7435696abbbfdab3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId1255696abbbfdab9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId4209696abbbfdac65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId9175696abbbfdacf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId4100696abbbfdad69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId4678696abbbfdaded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId4726696abbbfdaeeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId6216696abbbfdb002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId9737696abbbfdb038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId9228696abbbfdb0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId7860696abbbfdb115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId5719696abbbfdb1ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId3885696abbbfdb40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId1952696abbbfdb4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3958696abbbfdb5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId3713696abbbfd8edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3713696abbbfd8edc.jpg"/><Relationship Id="rId8728696abbbfd9e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8728696abbbfd9e65.jpg"/><Relationship Id="rId5836696abbbfdb79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5836696abbbfdb79c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId954534818" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId823671345" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48856985f939422c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId93126985f93942335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId69316985f939429b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId96586985f93944358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId41006985f939443b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId44956985f9394445a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId17136985f939444e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId89426985f93944556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId28706985f939445ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId17396985f939446df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId64786985f939447f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId36246985f9394482d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId81786985f939448c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId41996985f93944908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId35846985f939449e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId49546985f93944c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId63006985f93944cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54016985f93944d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId41166985f939428cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41166985f939428cf.jpg"/><Relationship Id="rId58796985f939436cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58796985f939436cc.jpg"/><Relationship Id="rId38276985f93944e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38276985f93944e19.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>