--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Povolny</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Central American potato tuber worm, Guatemalan potato moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48856985f939422c1" w:history="1">
+            <w:hyperlink r:id="rId612369a11db5d85b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93126985f93942335" w:history="1">
+            <w:hyperlink r:id="rId447669a11db5d861a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TECASO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85328372" name="name56466985f939428d1" descr="5125.jpg"/>
+                  <wp:docPr id="46242684" name="name980269a11db5d8c1e" descr="5125.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5125.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId41166985f939428cf" cstate="print"/>
+                          <a:blip r:embed="rId436269a11db5d8c1d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId69316985f939429b5" w:history="1">
+            <w:hyperlink r:id="rId125969a11db5d8d4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -654,63 +654,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The pest was first observed in the EPPO region in 1999 in Tenerife (Islas Canarias). In continental Spain, it was first identified in Galicia in 2015. It is thought that it was introduced with potatoes from Islas Canarias, probably by sailors because the first reports were in the surroundings of fishing harbours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5608908" name="name23396985f939436ce" descr="TECASO_distribution_map.jpg"/>
+            <wp:docPr id="69513253" name="name442669a11db5d9ba1" descr="TECASO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TECASO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId58796985f939436cc" cstate="print"/>
+                    <a:blip r:embed="rId724569a11db5d9b9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2386,51 +2386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (potato tuber moth). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96586985f93944358" w:history="1">
+      <w:hyperlink r:id="rId747669a11db5da8a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/52956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) PRA Report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41006985f939443b9" w:history="1">
+      <w:hyperlink r:id="rId462869a11db5da901" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2546,51 +2546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44956985f9394445a" w:history="1">
+      <w:hyperlink r:id="rId347969a11db5da9aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TECASO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2636,51 +2636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17136985f939444e6" w:history="1">
+      <w:hyperlink r:id="rId300969a11db5daa3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2706,51 +2706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89426985f93944556" w:history="1">
+      <w:hyperlink r:id="rId562169a11db5daaad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2787,51 +2787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28706985f939445ea" w:history="1">
+      <w:hyperlink r:id="rId607469a11db5dab2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5102, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17396985f939446df" w:history="1">
+      <w:hyperlink r:id="rId829469a11db5dac37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5102</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3112,81 +3112,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en Tenerife [Works on Guatemalan Potato Moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> biology and control in Tenerife (Islas Canarias)]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64786985f939447f7" w:history="1">
+      <w:hyperlink r:id="rId108469a11db5dad56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedra‐Buena Díaz A, Gavara Vidal J, Bastin S, Martín Toledo T, Jiménez Rodríguez T, Hernández‐Suárez E &amp; Cabello T (2020) Resultados de las prospecciones para la búsqueda de nuevos enemigos naturales de las polillas de la papa en Canarias [Results of the surveys for searching new natural enemies of the potato moth in Canarias] . In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36246985f9394482d" w:history="1">
+      <w:hyperlink r:id="rId439469a11db5dad8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3241,90 +3241,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–196. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81786985f939448c8" w:history="1">
+      <w:hyperlink r:id="rId823469a11db5dae26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ríos Mesa D, Trujillo García ME &amp; Perera González S (2020) [Guatemalan Potato Moth in Canarias]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019.(in Spanish). Tenerife. Islas Canarias. España. 4-14. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41996985f93944908" w:history="1">
+      <w:hyperlink r:id="rId524269a11db5dae67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,51 +3417,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mai 2018). (in Galician)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR, Gilligan TM &amp; Passoa SC (2017) Screening aid CAPS. Guatemalan Potato Moth. USDA-APHIS-PPQ National Identification Services (NIS). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35846985f939449e3" w:history="1">
+      <w:hyperlink r:id="rId358469a11db5daf41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://caps.ceris.purdue.edu/screening-aids</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3759,51 +3759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197-214. Paipa, Colombia, June – december 2013. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49546985f93944c02" w:history="1">
+      <w:hyperlink r:id="rId310269a11db5db172" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eafit.edu.co/ingciencia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63006985f93944cc0" w:history="1">
+      <w:hyperlink r:id="rId319369a11db5db235" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3998,90 +3998,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 399-401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54016985f93944d8e" w:history="1">
+      <w:hyperlink r:id="rId483369a11db5db2fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00859.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52260987" name="name21416985f93944e1a" descr="eu_funding_250.png"/>
+            <wp:docPr id="98314301" name="name124169a11db5db38d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38276985f93944e19" cstate="print"/>
+                    <a:blip r:embed="rId283769a11db5db38c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4179,137 +4179,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71686173">
+  <w:abstractNum w:abstractNumId="94676712">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86208635">
+    <w:lvl w:ilvl="0" w:tplc="50836563">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86208635" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50836563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86208635" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50836563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86208635" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50836563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86208635" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50836563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86208635" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50836563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86208635" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50836563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86208635" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50836563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86208635" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50836563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71686172">
+  <w:abstractNum w:abstractNumId="94676711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37741669">
+    <w:lvl w:ilvl="0" w:tplc="87738830">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5061,55 +5061,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71686172">
-    <w:abstractNumId w:val="71686172"/>
+  <w:num w:numId="94676711">
+    <w:abstractNumId w:val="94676711"/>
   </w:num>
-  <w:num w:numId="71686173">
-    <w:abstractNumId w:val="71686173"/>
+  <w:num w:numId="94676712">
+    <w:abstractNumId w:val="94676712"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16659,51 +16659,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId954534818" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId823671345" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48856985f939422c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId93126985f93942335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId69316985f939429b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId96586985f93944358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId41006985f939443b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId44956985f9394445a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId17136985f939444e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId89426985f93944556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId28706985f939445ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId17396985f939446df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId64786985f939447f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId36246985f9394482d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId81786985f939448c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId41996985f93944908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId35846985f939449e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId49546985f93944c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId63006985f93944cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54016985f93944d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId41166985f939428cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41166985f939428cf.jpg"/><Relationship Id="rId58796985f939436cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58796985f939436cc.jpg"/><Relationship Id="rId38276985f93944e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38276985f93944e19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId803395673" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId124384339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId612369a11db5d85b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId447669a11db5d861a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId125969a11db5d8d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId747669a11db5da8a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId462869a11db5da901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId347969a11db5da9aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId300969a11db5daa3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId562169a11db5daaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId607469a11db5dab2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId829469a11db5dac37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId108469a11db5dad56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId439469a11db5dad8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId823469a11db5dae26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId524269a11db5dae67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId358469a11db5daf41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId310269a11db5db172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId319369a11db5db235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId483369a11db5db2fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId436269a11db5d8c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId436269a11db5d8c1d.jpg"/><Relationship Id="rId724569a11db5d9b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId724569a11db5d9b9f.jpg"/><Relationship Id="rId283769a11db5db38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId283769a11db5db38c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>