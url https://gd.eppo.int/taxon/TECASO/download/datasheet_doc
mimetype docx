--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Povolny</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Central American potato tuber worm, Guatemalan potato moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId612369a11db5d85b1" w:history="1">
+            <w:hyperlink r:id="rId296369bc88fb1b7ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447669a11db5d861a" w:history="1">
+            <w:hyperlink r:id="rId675569bc88fb1b858" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TECASO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46242684" name="name980269a11db5d8c1e" descr="5125.jpg"/>
+                  <wp:docPr id="42972867" name="name466769bc88fb1be8c" descr="5125.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5125.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId436269a11db5d8c1d" cstate="print"/>
+                          <a:blip r:embed="rId898769bc88fb1be8b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId125969a11db5d8d4c" w:history="1">
+            <w:hyperlink r:id="rId668169bc88fb1bfc1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -654,63 +654,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The pest was first observed in the EPPO region in 1999 in Tenerife (Islas Canarias). In continental Spain, it was first identified in Galicia in 2015. It is thought that it was introduced with potatoes from Islas Canarias, probably by sailors because the first reports were in the surroundings of fishing harbours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69513253" name="name442669a11db5d9ba1" descr="TECASO_distribution_map.jpg"/>
+            <wp:docPr id="79547768" name="name635969bc88fb1c916" descr="TECASO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TECASO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId724569a11db5d9b9f" cstate="print"/>
+                    <a:blip r:embed="rId214369bc88fb1c914" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2386,51 +2386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (potato tuber moth). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747669a11db5da8a0" w:history="1">
+      <w:hyperlink r:id="rId690869bc88fb1d637" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/52956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) PRA Report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462869a11db5da901" w:history="1">
+      <w:hyperlink r:id="rId643269bc88fb1d698" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2546,51 +2546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347969a11db5da9aa" w:history="1">
+      <w:hyperlink r:id="rId654369bc88fb1d73c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TECASO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2636,51 +2636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300969a11db5daa3b" w:history="1">
+      <w:hyperlink r:id="rId797769bc88fb1d7cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2706,51 +2706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId562169a11db5daaad" w:history="1">
+      <w:hyperlink r:id="rId109669bc88fb1d83c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2787,51 +2787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607469a11db5dab2f" w:history="1">
+      <w:hyperlink r:id="rId475169bc88fb1d8bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5102, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829469a11db5dac37" w:history="1">
+      <w:hyperlink r:id="rId672669bc88fb1d9ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5102</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3112,81 +3112,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en Tenerife [Works on Guatemalan Potato Moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> biology and control in Tenerife (Islas Canarias)]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108469a11db5dad56" w:history="1">
+      <w:hyperlink r:id="rId617169bc88fb1dac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedra‐Buena Díaz A, Gavara Vidal J, Bastin S, Martín Toledo T, Jiménez Rodríguez T, Hernández‐Suárez E &amp; Cabello T (2020) Resultados de las prospecciones para la búsqueda de nuevos enemigos naturales de las polillas de la papa en Canarias [Results of the surveys for searching new natural enemies of the potato moth in Canarias] . In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019. Tenerife. Islas Canarias. España. 4-14. (in Spanish). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439469a11db5dad8c" w:history="1">
+      <w:hyperlink r:id="rId934269bc88fb1dafb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3241,90 +3241,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–196. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823469a11db5dae26" w:history="1">
+      <w:hyperlink r:id="rId581369bc88fb1db96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ríos Mesa D, Trujillo García ME &amp; Perera González S (2020) [Guatemalan Potato Moth in Canarias]. In Libro de Resúmenes IV taller Internacional de la Polilla Guatemalteca. 13 y 14 de Junio 2019.(in Spanish). Tenerife. Islas Canarias. España. 4-14. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524269a11db5dae67" w:history="1">
+      <w:hyperlink r:id="rId174469bc88fb1dbd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agrocabildo.org/publicaciones_detalle.asp?id=709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,51 +3417,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mai 2018). (in Galician)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR, Gilligan TM &amp; Passoa SC (2017) Screening aid CAPS. Guatemalan Potato Moth. USDA-APHIS-PPQ National Identification Services (NIS). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358469a11db5daf41" w:history="1">
+      <w:hyperlink r:id="rId414869bc88fb1dcb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://caps.ceris.purdue.edu/screening-aids</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3759,51 +3759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197-214. Paipa, Colombia, June – december 2013. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310269a11db5db172" w:history="1">
+      <w:hyperlink r:id="rId137969bc88fb1dee1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eafit.edu.co/ingciencia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tecia solanivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319369a11db5db235" w:history="1">
+      <w:hyperlink r:id="rId783669bc88fb1dfa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3998,90 +3998,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 399-401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483369a11db5db2fa" w:history="1">
+      <w:hyperlink r:id="rId884969bc88fb1e066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00859.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98314301" name="name124169a11db5db38d" descr="eu_funding_250.png"/>
+            <wp:docPr id="17114529" name="name521969bc88fb1e0d9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId283769a11db5db38c" cstate="print"/>
+                    <a:blip r:embed="rId803069bc88fb1e0d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4179,137 +4179,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94676712">
+  <w:abstractNum w:abstractNumId="49118359">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50836563">
+    <w:lvl w:ilvl="0" w:tplc="39879585">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50836563" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39879585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50836563" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39879585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50836563" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39879585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50836563" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39879585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50836563" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39879585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50836563" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39879585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50836563" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39879585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50836563" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39879585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94676711">
+  <w:abstractNum w:abstractNumId="49118358">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87738830">
+    <w:lvl w:ilvl="0" w:tplc="17439127">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5061,55 +5061,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94676711">
-    <w:abstractNumId w:val="94676711"/>
+  <w:num w:numId="49118358">
+    <w:abstractNumId w:val="49118358"/>
   </w:num>
-  <w:num w:numId="94676712">
-    <w:abstractNumId w:val="94676712"/>
+  <w:num w:numId="49118359">
+    <w:abstractNumId w:val="49118359"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16659,51 +16659,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId803395673" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId124384339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId612369a11db5d85b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId447669a11db5d861a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId125969a11db5d8d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId747669a11db5da8a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId462869a11db5da901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId347969a11db5da9aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId300969a11db5daa3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId562169a11db5daaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId607469a11db5dab2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId829469a11db5dac37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId108469a11db5dad56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId439469a11db5dad8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId823469a11db5dae26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId524269a11db5dae67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId358469a11db5daf41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId310269a11db5db172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId319369a11db5db235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId483369a11db5db2fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId436269a11db5d8c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId436269a11db5d8c1d.jpg"/><Relationship Id="rId724569a11db5d9b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId724569a11db5d9b9f.jpg"/><Relationship Id="rId283769a11db5db38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId283769a11db5db38c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId751227308" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId905294266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId296369bc88fb1b7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/" TargetMode="External"/><Relationship Id="rId675569bc88fb1b858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/categorization" TargetMode="External"/><Relationship Id="rId668169bc88fb1bfc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/photos" TargetMode="External"/><Relationship Id="rId690869bc88fb1d637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/52956#7CB8B975-5826-4FF6-8485-E86ECB9E38F3" TargetMode="External"/><Relationship Id="rId643269bc88fb1d698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/3d9eaba2-9683-495e-9432-678d9cbc5928" TargetMode="External"/><Relationship Id="rId654369bc88fb1d73c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TECASO/documents" TargetMode="External"/><Relationship Id="rId797769bc88fb1d7cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId109669bc88fb1d83c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId475169bc88fb1d8bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId672669bc88fb1d9ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5102" TargetMode="External"/><Relationship Id="rId617169bc88fb1dac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId934269bc88fb1dafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId581369bc88fb1db96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta.mendelu.cz/media/pdf/actaun_2004052010183.pdf" TargetMode="External"/><Relationship Id="rId174469bc88fb1dbd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrocabildo.org/publicaciones_detalle.asp?id=709" TargetMode="External"/><Relationship Id="rId414869bc88fb1dcb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://caps.ceris.purdue.edu/screening-aids" TargetMode="External"/><Relationship Id="rId137969bc88fb1dee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eafit.edu.co/ingciencia" TargetMode="External"/><Relationship Id="rId783669bc88fb1dfa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId884969bc88fb1e066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00859.x" TargetMode="External"/><Relationship Id="rId898769bc88fb1be8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId898769bc88fb1be8b.jpg"/><Relationship Id="rId214369bc88fb1c914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId214369bc88fb1c914.jpg"/><Relationship Id="rId803069bc88fb1e0d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803069bc88fb1e0d8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>