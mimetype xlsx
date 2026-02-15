--- v0 (2025-10-15)
+++ v1 (2026-02-15)
@@ -44,51 +44,52 @@
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
   </si>
   <si>
-    <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf
+* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
   </si>
   <si>
     <t>APRISW</t>
   </si>
   <si>
     <t>Apriona swainsoni</t>
   </si>
   <si>
     <t>* Huang J, Wang W, Zhou S, Wang S (2009) Review of the Chinese species of Apriona Chevrolat, 1852, with proposal of new synomyms (Coleoptera, Cerambicidae, Lamiinae, Batocerini). Les Cahiers Magallanes, 94, 1-23.</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Borges RCF, Fontes MG, Macedo MA, Lima F, Boiteux LS, Fonseca MEN (2019) First report of Tomato chlorosis virus infecting Tectona grandis associated with infestation of Bemisia tabaci Mediterranean in Central Brazil. Plant Disease 103(10), p 2704-2705.
 ------- In Brasilia DF, Brazil.</t>
   </si>
   <si>
     <t>PLTPPA</t>
   </si>
   <si>
     <t>Euplatypus parallelus</t>