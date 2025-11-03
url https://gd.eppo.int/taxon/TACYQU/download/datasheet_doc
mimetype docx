--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple curculio, large apple curculio, western curculio</w:t>
             </w:r>
-            <w:hyperlink r:id="rId910568ec8589ecd52" w:history="1">
+            <w:hyperlink r:id="rId347869081c455a6cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553968ec8589ecd95" w:history="1">
+            <w:hyperlink r:id="rId184269081c455a711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TACYQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25870487" name="name228868ec8589ece8d" descr="14339.jpg"/>
+                  <wp:docPr id="49071459" name="name323969081c455a7d0" descr="14339.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14339.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId213468ec8589ece8b" cstate="print"/>
+                          <a:blip r:embed="rId155669081c455a7cf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId842168ec8589ecf9d" w:history="1">
+            <w:hyperlink r:id="rId443969081c455a8d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1617,63 +1617,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is endemic in North America and widely distributed across Canada, the United States of America and Central Mexico (Burke &amp; Anderson, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30309354" name="name761068ec8589ee743" descr="TACYQU_distribution_map.jpg"/>
+            <wp:docPr id="44135637" name="name321069081c455c10c" descr="TACYQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TACYQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId805168ec8589ee740" cstate="print"/>
+                    <a:blip r:embed="rId129469081c455c109" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3419,51 +3419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392768ec8589ef5d8" w:history="1">
+      <w:hyperlink r:id="rId912669081c455cebc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CONHNE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3480,51 +3480,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5245, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326568ec8589ef645" w:history="1">
+      <w:hyperlink r:id="rId846969081c455cf29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4012,51 +4012,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 4th edition (revised). McGraw Hill, New York, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morin Y, Chouinard G &amp; Gervais S (2020) Les charançons occasionnels du fruit. Réseau-pommier, production fruitière intégrée, Fiche 88. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465668ec8589ef98d" w:history="1">
+      <w:hyperlink r:id="rId595969081c455d279" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://reseaupommier.irda.qc.ca/?p=6588</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4316,51 +4316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594768ec8589efb71" w:history="1">
+      <w:hyperlink r:id="rId409169081c455d466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4391,63 +4391,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75452761" name="name165268ec8589efc52" descr="eu_funding_250.png"/>
+            <wp:docPr id="26683164" name="name369669081c455d526" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId386868ec8589efc51" cstate="print"/>
+                    <a:blip r:embed="rId142969081c455d524" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4545,137 +4545,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42415385">
+  <w:abstractNum w:abstractNumId="51697959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43868893">
+    <w:lvl w:ilvl="0" w:tplc="51947313">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43868893" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51947313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43868893" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51947313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43868893" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51947313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43868893" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51947313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43868893" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51947313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43868893" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51947313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43868893" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51947313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43868893" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51947313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42415384">
+  <w:abstractNum w:abstractNumId="51697958">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30684989">
+    <w:lvl w:ilvl="0" w:tplc="14293500">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5427,55 +5427,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42415384">
-    <w:abstractNumId w:val="42415384"/>
+  <w:num w:numId="51697958">
+    <w:abstractNumId w:val="51697958"/>
   </w:num>
-  <w:num w:numId="42415385">
-    <w:abstractNumId w:val="42415385"/>
+  <w:num w:numId="51697959">
+    <w:abstractNumId w:val="51697959"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17025,51 +17025,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId560333926" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId659611617" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId910568ec8589ecd52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId553968ec8589ecd95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId842168ec8589ecf9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId392768ec8589ef5d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId326568ec8589ef645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId465668ec8589ef98d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId594768ec8589efb71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId213468ec8589ece8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213468ec8589ece8b.jpg"/><Relationship Id="rId805168ec8589ee740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId805168ec8589ee740.jpg"/><Relationship Id="rId386868ec8589efc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId386868ec8589efc51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId185729224" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId539136752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId347869081c455a6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId184269081c455a711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId443969081c455a8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId912669081c455cebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId846969081c455cf29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId595969081c455d279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId409169081c455d466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155669081c455a7cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155669081c455a7cf.jpg"/><Relationship Id="rId129469081c455c109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId129469081c455c109.jpg"/><Relationship Id="rId142969081c455d524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId142969081c455d524.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>