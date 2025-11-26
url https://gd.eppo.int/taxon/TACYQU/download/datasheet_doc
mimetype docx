--- v1 (2025-11-03)
+++ v2 (2025-11-26)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple curculio, large apple curculio, western curculio</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347869081c455a6cb" w:history="1">
+            <w:hyperlink r:id="rId109269277e1f201b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184269081c455a711" w:history="1">
+            <w:hyperlink r:id="rId831269277e1f201fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TACYQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49071459" name="name323969081c455a7d0" descr="14339.jpg"/>
+                  <wp:docPr id="89964447" name="name972769277e1f202e8" descr="14339.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14339.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId155669081c455a7cf" cstate="print"/>
+                          <a:blip r:embed="rId993369277e1f202e7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId443969081c455a8d6" w:history="1">
+            <w:hyperlink r:id="rId317469277e1f20425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1617,63 +1617,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is endemic in North America and widely distributed across Canada, the United States of America and Central Mexico (Burke &amp; Anderson, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44135637" name="name321069081c455c10c" descr="TACYQU_distribution_map.jpg"/>
+            <wp:docPr id="34181607" name="name636469277e1f21c0c" descr="TACYQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TACYQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId129469081c455c109" cstate="print"/>
+                    <a:blip r:embed="rId496569277e1f21c08" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3419,51 +3419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912669081c455cebc" w:history="1">
+      <w:hyperlink r:id="rId198369277e1f22978" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CONHNE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3480,51 +3480,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5245, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846969081c455cf29" w:history="1">
+      <w:hyperlink r:id="rId979969277e1f229e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4012,51 +4012,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 4th edition (revised). McGraw Hill, New York, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morin Y, Chouinard G &amp; Gervais S (2020) Les charançons occasionnels du fruit. Réseau-pommier, production fruitière intégrée, Fiche 88. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595969081c455d279" w:history="1">
+      <w:hyperlink r:id="rId839269277e1f22d2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://reseaupommier.irda.qc.ca/?p=6588</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4316,51 +4316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409169081c455d466" w:history="1">
+      <w:hyperlink r:id="rId544169277e1f22f12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4391,63 +4391,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26683164" name="name369669081c455d526" descr="eu_funding_250.png"/>
+            <wp:docPr id="25156494" name="name633269277e1f22ff5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId142969081c455d524" cstate="print"/>
+                    <a:blip r:embed="rId982869277e1f22ff3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4545,137 +4545,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51697959">
+  <w:abstractNum w:abstractNumId="59578847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51947313">
+    <w:lvl w:ilvl="0" w:tplc="85773555">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51947313" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85773555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51947313" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85773555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51947313" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85773555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51947313" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85773555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51947313" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85773555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51947313" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85773555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51947313" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85773555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51947313" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85773555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51697958">
+  <w:abstractNum w:abstractNumId="59578846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14293500">
+    <w:lvl w:ilvl="0" w:tplc="68696825">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5427,55 +5427,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51697958">
-    <w:abstractNumId w:val="51697958"/>
+  <w:num w:numId="59578846">
+    <w:abstractNumId w:val="59578846"/>
   </w:num>
-  <w:num w:numId="51697959">
-    <w:abstractNumId w:val="51697959"/>
+  <w:num w:numId="59578847">
+    <w:abstractNumId w:val="59578847"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17025,51 +17025,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId185729224" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId539136752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId347869081c455a6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId184269081c455a711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId443969081c455a8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId912669081c455cebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId846969081c455cf29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId595969081c455d279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId409169081c455d466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155669081c455a7cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155669081c455a7cf.jpg"/><Relationship Id="rId129469081c455c109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId129469081c455c109.jpg"/><Relationship Id="rId142969081c455d524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId142969081c455d524.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695832657" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId333763674" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId109269277e1f201b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId831269277e1f201fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId317469277e1f20425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId198369277e1f22978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId979969277e1f229e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId839269277e1f22d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId544169277e1f22f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId993369277e1f202e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId993369277e1f202e7.jpg"/><Relationship Id="rId496569277e1f21c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId496569277e1f21c08.jpg"/><Relationship Id="rId982869277e1f22ff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId982869277e1f22ff3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>