--- v2 (2025-11-26)
+++ v3 (2025-12-17)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple curculio, large apple curculio, western curculio</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109269277e1f201b7" w:history="1">
+            <w:hyperlink r:id="rId463969423ad53cdf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId831269277e1f201fb" w:history="1">
+            <w:hyperlink r:id="rId508869423ad53ce37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TACYQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89964447" name="name972769277e1f202e8" descr="14339.jpg"/>
+                  <wp:docPr id="17996347" name="name171569423ad53d5ee" descr="14339.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14339.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId993369277e1f202e7" cstate="print"/>
+                          <a:blip r:embed="rId159169423ad53d5ed" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId317469277e1f20425" w:history="1">
+            <w:hyperlink r:id="rId199769423ad53d72d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1617,63 +1617,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is endemic in North America and widely distributed across Canada, the United States of America and Central Mexico (Burke &amp; Anderson, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34181607" name="name636469277e1f21c0c" descr="TACYQU_distribution_map.jpg"/>
+            <wp:docPr id="79357418" name="name532469423ad53ebdd" descr="TACYQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TACYQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId496569277e1f21c08" cstate="print"/>
+                    <a:blip r:embed="rId758269423ad53ebdb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3419,51 +3419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198369277e1f22978" w:history="1">
+      <w:hyperlink r:id="rId401069423ad53fba8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CONHNE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3480,51 +3480,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5245, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979969277e1f229e3" w:history="1">
+      <w:hyperlink r:id="rId745069423ad53fc17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4012,51 +4012,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 4th edition (revised). McGraw Hill, New York, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morin Y, Chouinard G &amp; Gervais S (2020) Les charançons occasionnels du fruit. Réseau-pommier, production fruitière intégrée, Fiche 88. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839269277e1f22d2d" w:history="1">
+      <w:hyperlink r:id="rId304269423ad53ff7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://reseaupommier.irda.qc.ca/?p=6588</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4316,51 +4316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544169277e1f22f12" w:history="1">
+      <w:hyperlink r:id="rId596869423ad54016b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4391,63 +4391,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25156494" name="name633269277e1f22ff5" descr="eu_funding_250.png"/>
+            <wp:docPr id="25612816" name="name186469423ad5405b2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId982869277e1f22ff3" cstate="print"/>
+                    <a:blip r:embed="rId934169423ad5405b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4545,137 +4545,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59578847">
+  <w:abstractNum w:abstractNumId="84526712">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85773555">
+    <w:lvl w:ilvl="0" w:tplc="88452419">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85773555" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88452419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85773555" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88452419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85773555" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88452419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85773555" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88452419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85773555" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88452419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85773555" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88452419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85773555" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88452419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85773555" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88452419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59578846">
+  <w:abstractNum w:abstractNumId="84526711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68696825">
+    <w:lvl w:ilvl="0" w:tplc="20686297">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5427,55 +5427,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59578846">
-    <w:abstractNumId w:val="59578846"/>
+  <w:num w:numId="84526711">
+    <w:abstractNumId w:val="84526711"/>
   </w:num>
-  <w:num w:numId="59578847">
-    <w:abstractNumId w:val="59578847"/>
+  <w:num w:numId="84526712">
+    <w:abstractNumId w:val="84526712"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17025,51 +17025,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695832657" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId333763674" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId109269277e1f201b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId831269277e1f201fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId317469277e1f20425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId198369277e1f22978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId979969277e1f229e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId839269277e1f22d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId544169277e1f22f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId993369277e1f202e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId993369277e1f202e7.jpg"/><Relationship Id="rId496569277e1f21c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId496569277e1f21c08.jpg"/><Relationship Id="rId982869277e1f22ff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId982869277e1f22ff3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId659761555" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969080468" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId463969423ad53cdf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId508869423ad53ce37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId199769423ad53d72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId401069423ad53fba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId745069423ad53fc17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId304269423ad53ff7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId596869423ad54016b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId159169423ad53d5ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId159169423ad53d5ed.jpg"/><Relationship Id="rId758269423ad53ebdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758269423ad53ebdb.jpg"/><Relationship Id="rId934169423ad5405b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId934169423ad5405b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>