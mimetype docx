--- v3 (2025-12-17)
+++ v4 (2026-01-08)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple curculio, large apple curculio, western curculio</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463969423ad53cdf1" w:history="1">
+            <w:hyperlink r:id="rId2313695fdc9a2e641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508869423ad53ce37" w:history="1">
+            <w:hyperlink r:id="rId6469695fdc9a2e690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TACYQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17996347" name="name171569423ad53d5ee" descr="14339.jpg"/>
+                  <wp:docPr id="57486219" name="name2217695fdc9a2ef08" descr="14339.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14339.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId159169423ad53d5ed" cstate="print"/>
+                          <a:blip r:embed="rId7567695fdc9a2ef06" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId199769423ad53d72d" w:history="1">
+            <w:hyperlink r:id="rId6411695fdc9a2f02e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1617,63 +1617,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is endemic in North America and widely distributed across Canada, the United States of America and Central Mexico (Burke &amp; Anderson, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79357418" name="name532469423ad53ebdd" descr="TACYQU_distribution_map.jpg"/>
+            <wp:docPr id="37250530" name="name2983695fdc9a3015e" descr="TACYQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TACYQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId758269423ad53ebdb" cstate="print"/>
+                    <a:blip r:embed="rId3186695fdc9a3015b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3419,51 +3419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401069423ad53fba8" w:history="1">
+      <w:hyperlink r:id="rId6826695fdc9a30ed1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CONHNE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3480,51 +3480,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5245, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745069423ad53fc17" w:history="1">
+      <w:hyperlink r:id="rId5598695fdc9a30f3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4012,51 +4012,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 4th edition (revised). McGraw Hill, New York, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morin Y, Chouinard G &amp; Gervais S (2020) Les charançons occasionnels du fruit. Réseau-pommier, production fruitière intégrée, Fiche 88. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304269423ad53ff7a" w:history="1">
+      <w:hyperlink r:id="rId2177695fdc9a3128c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://reseaupommier.irda.qc.ca/?p=6588</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4294,73 +4294,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId596869423ad54016b" w:history="1">
+      <w:hyperlink r:id="rId4924695fdc9a31470" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4391,63 +4391,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25612816" name="name186469423ad5405b2" descr="eu_funding_250.png"/>
+            <wp:docPr id="97603604" name="name4998695fdc9a317b2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId934169423ad5405b1" cstate="print"/>
+                    <a:blip r:embed="rId5867695fdc9a317b0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4545,137 +4545,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84526712">
+  <w:abstractNum w:abstractNumId="44566501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88452419">
+    <w:lvl w:ilvl="0" w:tplc="13223592">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88452419" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13223592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88452419" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13223592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88452419" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13223592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88452419" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13223592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88452419" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13223592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88452419" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13223592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88452419" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13223592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88452419" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13223592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84526711">
+  <w:abstractNum w:abstractNumId="44566500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20686297">
+    <w:lvl w:ilvl="0" w:tplc="91802765">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5427,55 +5427,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84526711">
-    <w:abstractNumId w:val="84526711"/>
+  <w:num w:numId="44566500">
+    <w:abstractNumId w:val="44566500"/>
   </w:num>
-  <w:num w:numId="84526712">
-    <w:abstractNumId w:val="84526712"/>
+  <w:num w:numId="44566501">
+    <w:abstractNumId w:val="44566501"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17025,51 +17025,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId659761555" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969080468" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId463969423ad53cdf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId508869423ad53ce37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId199769423ad53d72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId401069423ad53fba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId745069423ad53fc17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId304269423ad53ff7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId596869423ad54016b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId159169423ad53d5ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId159169423ad53d5ed.jpg"/><Relationship Id="rId758269423ad53ebdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758269423ad53ebdb.jpg"/><Relationship Id="rId934169423ad5405b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId934169423ad5405b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118764454" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId471504868" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2313695fdc9a2e641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId6469695fdc9a2e690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId6411695fdc9a2f02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId6826695fdc9a30ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId5598695fdc9a30f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId2177695fdc9a3128c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId4924695fdc9a31470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7567695fdc9a2ef06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7567695fdc9a2ef06.jpg"/><Relationship Id="rId3186695fdc9a3015b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3186695fdc9a3015b.jpg"/><Relationship Id="rId5867695fdc9a317b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5867695fdc9a317b0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>