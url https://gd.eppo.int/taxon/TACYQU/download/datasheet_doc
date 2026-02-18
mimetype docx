--- v4 (2026-01-08)
+++ v5 (2026-02-18)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple curculio, large apple curculio, western curculio</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2313695fdc9a2e641" w:history="1">
+            <w:hyperlink r:id="rId8169699577b66b0a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6469695fdc9a2e690" w:history="1">
+            <w:hyperlink r:id="rId5355699577b66b0ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TACYQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57486219" name="name2217695fdc9a2ef08" descr="14339.jpg"/>
+                  <wp:docPr id="62331058" name="name2730699577b66b1ac" descr="14339.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14339.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7567695fdc9a2ef06" cstate="print"/>
+                          <a:blip r:embed="rId5118699577b66b1ab" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6411695fdc9a2f02e" w:history="1">
+            <w:hyperlink r:id="rId7303699577b66b2b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1617,63 +1617,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is endemic in North America and widely distributed across Canada, the United States of America and Central Mexico (Burke &amp; Anderson, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37250530" name="name2983695fdc9a3015e" descr="TACYQU_distribution_map.jpg"/>
+            <wp:docPr id="96322323" name="name5188699577b66c7a3" descr="TACYQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TACYQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3186695fdc9a3015b" cstate="print"/>
+                    <a:blip r:embed="rId9236699577b66c7a0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3419,51 +3419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6826695fdc9a30ed1" w:history="1">
+      <w:hyperlink r:id="rId1930699577b66d625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CONHNE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3480,51 +3480,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5245, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5598695fdc9a30f3d" w:history="1">
+      <w:hyperlink r:id="rId6928699577b66d694" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4012,51 +4012,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 4th edition (revised). McGraw Hill, New York, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morin Y, Chouinard G &amp; Gervais S (2020) Les charançons occasionnels du fruit. Réseau-pommier, production fruitière intégrée, Fiche 88. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2177695fdc9a3128c" w:history="1">
+      <w:hyperlink r:id="rId9292699577b66d9e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://reseaupommier.irda.qc.ca/?p=6588</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4316,51 +4316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4924695fdc9a31470" w:history="1">
+      <w:hyperlink r:id="rId6918699577b66dbd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4391,63 +4391,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97603604" name="name4998695fdc9a317b2" descr="eu_funding_250.png"/>
+            <wp:docPr id="60031683" name="name3953699577b66dc9a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5867695fdc9a317b0" cstate="print"/>
+                    <a:blip r:embed="rId8135699577b66dc99" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4545,137 +4545,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44566501">
+  <w:abstractNum w:abstractNumId="37427074">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13223592">
+    <w:lvl w:ilvl="0" w:tplc="42888607">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13223592" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42888607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13223592" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42888607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13223592" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42888607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13223592" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42888607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13223592" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42888607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13223592" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42888607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13223592" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42888607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13223592" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42888607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44566500">
+  <w:abstractNum w:abstractNumId="37427073">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91802765">
+    <w:lvl w:ilvl="0" w:tplc="63551444">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5427,55 +5427,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44566500">
-    <w:abstractNumId w:val="44566500"/>
+  <w:num w:numId="37427073">
+    <w:abstractNumId w:val="37427073"/>
   </w:num>
-  <w:num w:numId="44566501">
-    <w:abstractNumId w:val="44566501"/>
+  <w:num w:numId="37427074">
+    <w:abstractNumId w:val="37427074"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17025,51 +17025,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118764454" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId471504868" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2313695fdc9a2e641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId6469695fdc9a2e690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId6411695fdc9a2f02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId6826695fdc9a30ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId5598695fdc9a30f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId2177695fdc9a3128c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId4924695fdc9a31470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7567695fdc9a2ef06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7567695fdc9a2ef06.jpg"/><Relationship Id="rId3186695fdc9a3015b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3186695fdc9a3015b.jpg"/><Relationship Id="rId5867695fdc9a317b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5867695fdc9a317b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859669715" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId105119345" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8169699577b66b0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId5355699577b66b0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId7303699577b66b2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId1930699577b66d625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId6928699577b66d694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId9292699577b66d9e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId6918699577b66dbd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5118699577b66b1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5118699577b66b1ab.jpg"/><Relationship Id="rId9236699577b66c7a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9236699577b66c7a0.jpg"/><Relationship Id="rId8135699577b66dc99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8135699577b66dc99.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>