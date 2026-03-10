--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple curculio, large apple curculio, western curculio</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8169699577b66b0a7" w:history="1">
+            <w:hyperlink r:id="rId328869b0076f60fb6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5355699577b66b0ed" w:history="1">
+            <w:hyperlink r:id="rId774669b0076f60ffc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TACYQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62331058" name="name2730699577b66b1ac" descr="14339.jpg"/>
+                  <wp:docPr id="1519809" name="name171069b0076f610c9" descr="14339.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14339.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5118699577b66b1ab" cstate="print"/>
+                          <a:blip r:embed="rId715769b0076f610c8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7303699577b66b2b4" w:history="1">
+            <w:hyperlink r:id="rId536069b0076f612ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1617,63 +1617,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is endemic in North America and widely distributed across Canada, the United States of America and Central Mexico (Burke &amp; Anderson, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96322323" name="name5188699577b66c7a3" descr="TACYQU_distribution_map.jpg"/>
+            <wp:docPr id="51281170" name="name598669b0076f628d7" descr="TACYQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TACYQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9236699577b66c7a0" cstate="print"/>
+                    <a:blip r:embed="rId971569b0076f628d4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3419,51 +3419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1930699577b66d625" w:history="1">
+      <w:hyperlink r:id="rId579469b0076f63a6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CONHNE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3480,51 +3480,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5245, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6928699577b66d694" w:history="1">
+      <w:hyperlink r:id="rId530469b0076f63add" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4012,51 +4012,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 4th edition (revised). McGraw Hill, New York, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morin Y, Chouinard G &amp; Gervais S (2020) Les charançons occasionnels du fruit. Réseau-pommier, production fruitière intégrée, Fiche 88. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9292699577b66d9e8" w:history="1">
+      <w:hyperlink r:id="rId753069b0076f63f24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://reseaupommier.irda.qc.ca/?p=6588</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4316,51 +4316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6918699577b66dbd4" w:history="1">
+      <w:hyperlink r:id="rId519869b0076f64116" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4391,63 +4391,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60031683" name="name3953699577b66dc9a" descr="eu_funding_250.png"/>
+            <wp:docPr id="35530278" name="name259469b0076f641e2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8135699577b66dc99" cstate="print"/>
+                    <a:blip r:embed="rId219069b0076f641e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4545,137 +4545,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37427074">
+  <w:abstractNum w:abstractNumId="96918174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42888607">
+    <w:lvl w:ilvl="0" w:tplc="72879333">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42888607" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72879333" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42888607" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72879333" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42888607" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72879333" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42888607" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72879333" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42888607" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72879333" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42888607" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72879333" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42888607" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72879333" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42888607" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72879333" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37427073">
+  <w:abstractNum w:abstractNumId="96918173">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63551444">
+    <w:lvl w:ilvl="0" w:tplc="59677987">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5427,55 +5427,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37427073">
-    <w:abstractNumId w:val="37427073"/>
+  <w:num w:numId="96918173">
+    <w:abstractNumId w:val="96918173"/>
   </w:num>
-  <w:num w:numId="37427074">
-    <w:abstractNumId w:val="37427074"/>
+  <w:num w:numId="96918174">
+    <w:abstractNumId w:val="96918174"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17025,51 +17025,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859669715" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId105119345" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8169699577b66b0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId5355699577b66b0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId7303699577b66b2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId1930699577b66d625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId6928699577b66d694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId9292699577b66d9e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId6918699577b66dbd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5118699577b66b1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5118699577b66b1ab.jpg"/><Relationship Id="rId9236699577b66c7a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9236699577b66c7a0.jpg"/><Relationship Id="rId8135699577b66dc99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8135699577b66dc99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId901085105" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId650772419" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId328869b0076f60fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId774669b0076f60ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId536069b0076f612ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId579469b0076f63a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId530469b0076f63add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId753069b0076f63f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId519869b0076f64116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId715769b0076f610c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715769b0076f610c8.jpg"/><Relationship Id="rId971569b0076f628d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId971569b0076f628d4.jpg"/><Relationship Id="rId219069b0076f641e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId219069b0076f641e1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>