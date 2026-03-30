--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Say)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple curculio, large apple curculio, western curculio</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328869b0076f60fb6" w:history="1">
+            <w:hyperlink r:id="rId787769cab7524d0c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId774669b0076f60ffc" w:history="1">
+            <w:hyperlink r:id="rId778169cab7524d107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TACYQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1519809" name="name171069b0076f610c9" descr="14339.jpg"/>
+                  <wp:docPr id="36311576" name="name969469cab7524d1c7" descr="14339.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14339.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId715769b0076f610c8" cstate="print"/>
+                          <a:blip r:embed="rId378469cab7524d1c6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId536069b0076f612ba" w:history="1">
+            <w:hyperlink r:id="rId616869cab7524d2d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1617,63 +1617,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is endemic in North America and widely distributed across Canada, the United States of America and Central Mexico (Burke &amp; Anderson, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51281170" name="name598669b0076f628d7" descr="TACYQU_distribution_map.jpg"/>
+            <wp:docPr id="75072420" name="name468069cab7524ecaf" descr="TACYQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TACYQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId971569b0076f628d4" cstate="print"/>
+                    <a:blip r:embed="rId886669cab7524ecab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3419,51 +3419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579469b0076f63a6c" w:history="1">
+      <w:hyperlink r:id="rId227169cab7524fa6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CONHNE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3480,51 +3480,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5245, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530469b0076f63add" w:history="1">
+      <w:hyperlink r:id="rId990669cab7524fadc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5245</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4012,51 +4012,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 4th edition (revised). McGraw Hill, New York, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morin Y, Chouinard G &amp; Gervais S (2020) Les charançons occasionnels du fruit. Réseau-pommier, production fruitière intégrée, Fiche 88. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753069b0076f63f24" w:history="1">
+      <w:hyperlink r:id="rId111369cab7524fe27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://reseaupommier.irda.qc.ca/?p=6588</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4316,51 +4316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus quadrigibbus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519869b0076f64116" w:history="1">
+      <w:hyperlink r:id="rId469769cab7525002c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4391,63 +4391,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35530278" name="name259469b0076f641e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="13141924" name="name763569cab752500e7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId219069b0076f641e1" cstate="print"/>
+                    <a:blip r:embed="rId967269cab752500e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4545,137 +4545,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96918174">
+  <w:abstractNum w:abstractNumId="58534603">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72879333">
+    <w:lvl w:ilvl="0" w:tplc="63876077">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72879333" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63876077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72879333" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63876077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72879333" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63876077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72879333" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63876077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72879333" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63876077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72879333" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63876077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72879333" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63876077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72879333" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63876077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96918173">
+  <w:abstractNum w:abstractNumId="58534602">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59677987">
+    <w:lvl w:ilvl="0" w:tplc="77320506">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5427,55 +5427,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96918173">
-    <w:abstractNumId w:val="96918173"/>
+  <w:num w:numId="58534602">
+    <w:abstractNumId w:val="58534602"/>
   </w:num>
-  <w:num w:numId="96918174">
-    <w:abstractNumId w:val="96918174"/>
+  <w:num w:numId="58534603">
+    <w:abstractNumId w:val="58534603"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17025,51 +17025,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId901085105" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId650772419" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId328869b0076f60fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId774669b0076f60ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId536069b0076f612ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId579469b0076f63a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId530469b0076f63add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId753069b0076f63f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId519869b0076f64116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId715769b0076f610c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715769b0076f610c8.jpg"/><Relationship Id="rId971569b0076f628d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId971569b0076f628d4.jpg"/><Relationship Id="rId219069b0076f641e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId219069b0076f641e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId378713059" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323718705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId787769cab7524d0c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/" TargetMode="External"/><Relationship Id="rId778169cab7524d107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/categorization" TargetMode="External"/><Relationship Id="rId616869cab7524d2d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TACYQU/photos" TargetMode="External"/><Relationship Id="rId227169cab7524fa6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/datasheet" TargetMode="External"/><Relationship Id="rId990669cab7524fadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5245" TargetMode="External"/><Relationship Id="rId111369cab7524fe27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reseaupommier.irda.qc.ca/?p=6588" TargetMode="External"/><Relationship Id="rId469769cab7525002c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId378469cab7524d1c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId378469cab7524d1c6.jpg"/><Relationship Id="rId886669cab7524ecab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId886669cab7524ecab.jpg"/><Relationship Id="rId967269cab752500e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId967269cab752500e5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>