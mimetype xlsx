--- v0 (2025-10-08)
+++ v1 (2026-03-24)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.
 * He Y, Xu Y, Chen X (2023) Biology, ecology and management of Tephritid fruit flies in China: A review. Insects 14, 196. https://doi.org/10.3390/insects14020196
 -------- As Cleistocalyx operculatus.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Syzygium)</t>
   </si>
   <si>