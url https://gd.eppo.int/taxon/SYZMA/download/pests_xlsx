--- v0 (2025-10-14)
+++ v1 (2026-03-09)
@@ -54,51 +54,52 @@
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Dubey AK, Ko CC (2012) Sexual dimorphism among species of Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Taiwan, with one new species and an identification key. Zootaxa 3177, 1–23.</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Stone A (1942) The fruitflies of the genus Anastrepha. USDA Miscellaneous Publications 439, 112 pp.</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
-* Lira VL, Santos ACS, Tiago PV, Oliveira NT, Moura RM (2019) [Hyperparasitism of Fusarium spp. in Austropuccinia psidii in 'Jambo-do-Pará']. Summa Phytopathologica 45(2), 204-206 (in Portuguese).</t>
+* Lira VL, Santos ACS, Tiago PV, Oliveira NT, Moura RM (2019) [Hyperparasitism of Fusarium spp. in Austropuccinia psidii in 'Jambo-do-Pará']. Summa Phytopathologica 45(2), 204-206 (in Portuguese).
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>BCTRCB</t>
   </si>
   <si>
     <t>Bactrocera carambolae</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Drew RAI., Hamacek EL., Hancock DL., Hengsawad C, Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in South East Asia. The Raffles Bulletin of Zoology suppl 7, 1-92.  
 * Liquido NJ, McQuate GT, Nakamichi KA, Kurashima RS, Birnbaum AL, Hanlin MA (2016) Provisional list of suitable host plants of carambola fruit fly, Bactrocera (Bactrocera) carambolae Drew &amp; Hancock (Diptera: Tephritidae), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). 
 * van Sauers-Muller A (2005) Host plants of the carambola fruit fly, Bactrocera carambolae Drew &amp; Hancock (Diptera: Tephritidae) in Suriname, South America. Neotropical Entomology 34, 203-214.</t>
   </si>
   <si>
     <t>DACUCR</t>
   </si>
   <si>
     <t>Bactrocera curvipennis</t>
   </si>
   <si>