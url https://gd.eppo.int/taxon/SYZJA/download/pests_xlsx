--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -69,51 +69,52 @@
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.
 * Eskafi FM, Cunningham RT (1987) Host plants of fruit flies (Diptera: Tephritidae) of economic importance in Guatemala. Florida Entomologist 70, 116-123.</t>
   </si>
   <si>
     <t>ATHEOR</t>
   </si>
   <si>
     <t>Atherigona orientalis</t>
   </si>
   <si>
     <t xml:space="preserve">* Hibbard KL, Overholt WA, Cuda JP (2012) Pepper fruit fly Atherigona orientalis (Schiffner)(Insecta: Diptera: Muscidae). IFAS Extension. University of Florida EENY 5391.
 ------- reared from fruit of this species in Florida. </t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
 * Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.
 * Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. 
 * Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
-------- Confirmed host.</t>
+------- Confirmed host.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>BCTRCB</t>
   </si>
   <si>
     <t>Bactrocera carambolae</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Drew RAI., Hamacek EL., Hancock DL., Hengsawad C, Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in South East Asia. The Raffles Bulletin of Zoology suppl 7, 1-92.   
 * Liquido NJ, McQuate GT, Nakamichi KA, Kurashima RS, Birnbaum AL, Hanlin MA (2016) Provisional list of suitable host plants of carambola fruit fly, Bactrocera (Bactrocera) carambolae Drew &amp; Hancock (Diptera: Tephritidae), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI).   
 * van Sauers-Muller A (2005) Host plants of the carambola fruit fly, Bactrocera carambolae Drew &amp; Hancock (Diptera: Tephritidae) in Suriname, South America. Neotropical Entomology 34, 203-214.</t>
   </si>
   <si>
     <t>BCTRCR</t>
   </si>
   <si>
     <t>Bactrocera caryeae</t>
   </si>
   <si>