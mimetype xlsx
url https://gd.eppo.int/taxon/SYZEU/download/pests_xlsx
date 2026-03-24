--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -12,77 +12,81 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SYZEU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii (as Syzygium)</t>
+  </si>
+  <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Syzygium)</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2024-11). https://english.nvwa.nl/topics/pest-reporting/documents/plant/plant-health/pest-reporting/documents/close-out-report-eradication-of-meloidogyne-enterolobii-at-12-places-of-production-for-retail-in-the-netherlands</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Syzygium)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -457,79 +461,79 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">