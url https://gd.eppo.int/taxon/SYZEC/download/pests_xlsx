--- v0 (2025-10-09)
+++ v1 (2026-03-11)
@@ -36,53 +36,54 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
-* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as Syzygium eucalyptoides subsp. eucalyptoides</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Syzygium)</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2024-11). https://english.nvwa.nl/topics/pest-reporting/documents/plant/plant-health/pest-reporting/documents/close-out-report-eradication-of-meloidogyne-enterolobii-at-12-places-of-production-for-retail-in-the-netherlands</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Syzygium)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>