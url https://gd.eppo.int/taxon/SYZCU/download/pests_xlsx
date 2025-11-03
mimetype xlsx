--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -12,65 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SYZCU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>GLOMGO</t>
   </si>
   <si>
     <t>Colletotrichum gossypii</t>
   </si>
   <si>
     <t>The original publication was not available to the EPPO Secretariat. No record on this host plant since the publication of 1974.
 * Farr DF, Rossman AY (2023) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved January 3, 2023, from https://nt.ars-grin.gov/fungaldatabases/
 ------- as Eugenia jambolana based on Chandra (1974). 
 * Chandra S (1974) Some new leaf-spot diseases from Allahabad (India). Beihefte zur Nova Hedwigia (47), 35-102.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Tayyib M, Yousuf MJ, Akbar M, Mukhtar M, Khan AS (2014) Genus Aleurocanthus (Homoptera: Aleurodidae) with two new records from Pakistan. Journal of Global Innovations in Agricultural and Social Sciences 2(4), 175-177.</t>
   </si>
@@ -582,382 +592,396 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D23"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>42</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" t="s">
+        <v>70</v>
+      </c>
+      <c r="D24" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">