--- v1 (2025-11-03)
+++ v2 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SYZCU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
@@ -245,50 +245,59 @@
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Syzygium)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
   <si>
     <t>XYLBCR</t>
   </si>
   <si>
     <t>Xylosandrus crassiusculus</t>
   </si>
   <si>
     <t>* Wood SL, Bright DE (1992) A catalogue of Scolytidae and Platypodidae (Coleoptera). Great Basin Naturalist Memoirs no. 13. Part 2: Taxonomic Index, volume A, p 791.</t>
+  </si>
+  <si>
+    <t>ZAPRTU</t>
+  </si>
+  <si>
+    <t>Zaprionus tuberculatus</t>
+  </si>
+  <si>
+    <t>* Jobim K, da Rosa BR, da Luz Kaster P, Ovruski SM, Garcia FR (2025) Interactions of the Invasive Fruit Flies Drosophila suzukii, Zaprionus indianus, Zaprionus tuberculatus and Ceratitis capitata with Their Hosts in the Brazilian Pampa Biome. Insects 16(12):, 1285. https://doi.org/10.3390/insects16121285</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -592,51 +601,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -938,50 +947,64 @@
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" t="s">
+        <v>73</v>
+      </c>
+      <c r="D25" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">