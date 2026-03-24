--- v2 (2026-01-23)
+++ v3 (2026-03-24)
@@ -87,54 +87,56 @@
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>ANSTSU</t>
   </si>
   <si>
     <t>Anastrepha suspensa</t>
   </si>
   <si>
     <t>* Swanson RW, Baranowski RM (1972) Host range and infestation by the Caribbean fruit fly, Anastrepha suspensa (Diptera: Tephritidae), in south Florida. Proceedings of the Florida State Horticultural Society, 271-273.</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t xml:space="preserve">* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
 ------- As Eugenia jambolana.
 * Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.
-* Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. </t>
+* Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. 
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>BCTRCB</t>
   </si>
   <si>
     <t>Bactrocera carambolae</t>
   </si>
   <si>
     <t>*Adaime R., de Jesus-Barros CR, Bariani A, Lopes Lima A, Cruz KR, Carvalho JP (2016) Novos registros de hospedeiros da mosca-da-carambola (Bactocera carambolae) no estado do Amapà, Brasil. Comunicado Técnico Embrapa Amapà 146, 1-5.</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.</t>
   </si>