--- v0 (2025-10-04)
+++ v1 (2026-03-24)
@@ -36,51 +36,52 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Winzer LF, Carnegie AJ, Pegg GS, Leishman MR (2017) Impacts of the invasive fungus Austropuccinia psidii (myrtle rust) on three Australian Myrtaceae species of coastal swamp woodland. Austral Ecology 43(1), 56-68.
--------relatively tolerant.</t>
+-------relatively tolerant.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Syzygium)</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2024-11). https://english.nvwa.nl/topics/pest-reporting/documents/plant/plant-health/pest-reporting/documents/close-out-report-eradication-of-meloidogyne-enterolobii-at-12-places-of-production-for-retail-in-the-netherlands</t>
   </si>