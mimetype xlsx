--- v0 (2025-10-21)
+++ v1 (2026-03-10)
@@ -57,51 +57,52 @@
     <t>Ralstonia syzygii subsp. syzygii</t>
   </si>
   <si>
     <t>* Safni I, Subandiyah S, Fegan M (2018) Ecology, epidemiology and disease management of Ralstonia syzygii in Indonesia. Frontiers in Microbiology 9, 419
 ------- host when inoculated.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Zucchi RA (2000) Espécies de Anastrepha, sinonímias, plantas hospedeiras e parasitóides. In: Malavasi A, Zucchi RA (eds) Moscas-das-frutas de importância econômica no Brasil. Conhecimento básico e aplicado, 41–48. Holos Ed, Riberão Preto, Brazil.</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>BCTRCB</t>
   </si>
   <si>
     <t>Bactrocera carambolae</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Drew RAI., Hamacek EL., Hancock DL., Hengsawad C, Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in South East Asia. The Raffles Bulletin of Zoology suppl 7, 1-92. 
 * Liquido NJ, McQuate GT, Nakamichi KA, Kurashima RS, Birnbaum AL, Hanlin MA (2016) Provisional list of suitable host plants of carambola fruit fly, Bactrocera (Bactrocera) carambolae Drew &amp; Hancock (Diptera: Tephritidae), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI).</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.</t>