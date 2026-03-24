--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -36,51 +36,52 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Syzygium)</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2024-11). https://english.nvwa.nl/topics/pest-reporting/documents/plant/plant-health/pest-reporting/documents/close-out-report-eradication-of-meloidogyne-enterolobii-at-12-places-of-production-for-retail-in-the-netherlands</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Syzygium)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>